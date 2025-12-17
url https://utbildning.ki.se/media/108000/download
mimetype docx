--- v0 (2025-10-09)
+++ v1 (2025-12-17)
@@ -7,301 +7,309 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3563"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B3D73" w:rsidRPr="00156CA6" w14:paraId="5224E0E9" w14:textId="77777777" w:rsidTr="00587790">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38B8A328" w14:textId="22319572" w:rsidR="00E73D13" w:rsidRPr="00156CA6" w:rsidRDefault="007B3D73" w:rsidP="00587790">
+          <w:p w14:paraId="38B8A328" w14:textId="1264936B" w:rsidR="00E73D13" w:rsidRPr="00156CA6" w:rsidRDefault="007B3D73" w:rsidP="00587790">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk106268985"/>
             <w:r w:rsidRPr="00156CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Anmälan inför </w:t>
             </w:r>
             <w:r w:rsidR="00306947" w:rsidRPr="00156CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>höstterminen</w:t>
             </w:r>
             <w:r w:rsidRPr="00156CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
-            <w:r w:rsidR="007A5549">
+            <w:r w:rsidR="00632771">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E73D13" w:rsidRPr="00156CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Anmälan öppnar: 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00632771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00E73D13" w:rsidRPr="00156CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mars 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00632771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15BB6BD7" w14:textId="149812F2" w:rsidR="007B3D73" w:rsidRPr="00156CA6" w:rsidRDefault="007B3D73" w:rsidP="00587790">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sista anmälningsdag: 1</w:t>
+            </w:r>
+            <w:r w:rsidR="007C53F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00156CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:br/>
-[...47 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7C4B" w:rsidRPr="00156CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>april</w:t>
+            </w:r>
             <w:r w:rsidRPr="00156CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sista anmälningsdag: 1</w:t>
-[...34 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
-            <w:r w:rsidR="007A5549">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00632771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00156CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00156CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Sista kompletteringsdag: </w:t>
             </w:r>
             <w:r w:rsidR="00E73D13" w:rsidRPr="00156CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00632771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00156CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AB7C4B" w:rsidRPr="00156CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>maj</w:t>
             </w:r>
             <w:r w:rsidRPr="00156CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
-            <w:r w:rsidR="007A5549">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00632771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00156CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="776B0625" w14:textId="3D358D24" w:rsidR="00C0277E" w:rsidRPr="00B66C96" w:rsidRDefault="00C0277E" w:rsidP="00C0277E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -339,98 +347,98 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Magisterprogrammet i arbete och hälsa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BBEF3F4" w14:textId="77777777" w:rsidR="007B3D73" w:rsidRPr="00B66C96" w:rsidRDefault="007B3D73" w:rsidP="00C0277E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04C5CC93" w14:textId="5A39F85B" w:rsidR="00161B8A" w:rsidRDefault="00152507" w:rsidP="00161B8A">
+    <w:p w14:paraId="04C5CC93" w14:textId="22700646" w:rsidR="00161B8A" w:rsidRDefault="00152507" w:rsidP="00161B8A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66C96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Den här meritförteckningen gäller för Magisterprogrammet i arbete och hälsa</w:t>
       </w:r>
       <w:r w:rsidR="00AD0FBE" w:rsidRPr="00B66C96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (alla inriktningar)</w:t>
       </w:r>
       <w:r w:rsidR="00A36014" w:rsidRPr="00B66C96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> inför höstterminen 202</w:t>
       </w:r>
-      <w:r w:rsidR="00EF527F">
+      <w:r w:rsidR="00632771">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00AD0FBE" w:rsidRPr="00B66C96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00EF527F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Om</w:t>
       </w:r>
       <w:r w:rsidR="00AD0FBE" w:rsidRPr="00B66C96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
@@ -487,61 +495,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00161B8A" w:rsidRPr="00161B8A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">äs vad som gäller för uppladdning av dokument på </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00161B8A" w:rsidRPr="00F30A9D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>Anta</w:t>
-[...9 lines deleted...]
-          <w:t>gning.se</w:t>
+          <w:t>Antagning.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00161B8A" w:rsidRPr="00161B8A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003C5921" w:rsidRPr="00B66C96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Endast behöriga sökande meritvärderas på basen av uppgifterna i meritförteckningen. Endast meriter som har styrkts med dokumentation beaktas i </w:t>
       </w:r>
       <w:r w:rsidR="003C5921">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -861,73 +859,73 @@
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00D76E3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>www.antagning.se/sv/anmal-di</w:t>
+          <w:t>www.antagning.se/sv/anmal-dig-sa-har/l</w:t>
         </w:r>
         <w:r w:rsidRPr="00D76E3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>g</w:t>
+          <w:t>a</w:t>
         </w:r>
         <w:r w:rsidRPr="00D76E3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>-sa-har/ladda-upp-ratt-papper/det-har-kan-du-behova-ladda-upp/</w:t>
+          <w:t>dda-upp-ratt-papper/det-har-kan-du-behova-ladda-upp/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="32DC8620" w14:textId="024B29F9" w:rsidR="00A01194" w:rsidRPr="00D76E3D" w:rsidRDefault="00A01194" w:rsidP="00A01194">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76E3D">
         <w:rPr>
@@ -964,127 +962,127 @@
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="007C53F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>www.universityadmissions</w:t>
+          <w:t>www.universityadmissions.se/en/appl</w:t>
         </w:r>
         <w:r w:rsidRPr="007C53F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>.</w:t>
+          <w:t>y</w:t>
         </w:r>
         <w:r w:rsidRPr="007C53F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>se/en/apply-to-bachelors/provide-application-documents-bachelors/</w:t>
+          <w:t>-to-bachelors/provide-application-documents-bachelors/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0B8B4736" w14:textId="214A7F16" w:rsidR="00A01194" w:rsidRPr="007C53F3" w:rsidRDefault="00AE54D5" w:rsidP="00A10ED0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="007C53F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>www.universityadmissions.se/en/a</w:t>
+          <w:t>www.universityadmissions.se/en/app</w:t>
         </w:r>
         <w:r w:rsidRPr="007C53F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>p</w:t>
+          <w:t>l</w:t>
         </w:r>
         <w:r w:rsidRPr="007C53F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>ply-to-masters/provide-application-documents-masters/</w:t>
+          <w:t>y-to-masters/provide-application-documents-masters/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6C15E7AE" w14:textId="6C37B7E6" w:rsidR="00812CEC" w:rsidRDefault="00812CEC" w:rsidP="00A10ED0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1094,73 +1092,73 @@
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Språkkravet i svenska:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="003B276B" w:rsidRPr="00205DBB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>www.antagning.se/sv/betyg-o</w:t>
+          <w:t>www.antagning.se/sv/betyg-oc</w:t>
         </w:r>
         <w:r w:rsidR="003B276B" w:rsidRPr="00205DBB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>c</w:t>
+          <w:t>h</w:t>
         </w:r>
         <w:r w:rsidR="003B276B" w:rsidRPr="00205DBB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>h-behorighet/utlandsk-gymnasieutbildning/det-har-behover-du-ha/behorighet-i-svenska/</w:t>
+          <w:t>-behorighet/utlandsk-gymnasieutbildning/det-har-behover-du-ha/behorighet-i-svenska/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1E454F6B" w14:textId="67275C89" w:rsidR="00267FC3" w:rsidRDefault="00812CEC" w:rsidP="00A10ED0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1181,73 +1179,73 @@
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00205DBB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>www.antagning.se/sv/betyg-o</w:t>
+          <w:t>www.antagning.se/sv/betyg-och-b</w:t>
         </w:r>
         <w:r w:rsidRPr="00205DBB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>c</w:t>
+          <w:t>e</w:t>
         </w:r>
         <w:r w:rsidRPr="00205DBB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>h-behorighet/utlandsk-gymnasieutbildning/det-har-behover-du-ha/behorighet-i-engelska/</w:t>
+          <w:t>horighet/utlandsk-gymnasieutbildning/det-har-behover-du-ha/behorighet-i-engelska/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="19391A9E" w14:textId="77777777" w:rsidR="00267FC3" w:rsidRDefault="00267FC3" w:rsidP="00A10ED0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0599A493" w14:textId="77777777" w:rsidR="00542721" w:rsidRPr="00B66C96" w:rsidRDefault="00542721" w:rsidP="00C0277E">
       <w:pPr>
@@ -1936,73 +1934,73 @@
               <w:t>Anvisningar för hur du ska styrka din utbildning finns på:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01AC7E51" w14:textId="7066363E" w:rsidR="007F2986" w:rsidRPr="00B66C96" w:rsidRDefault="000F5D90" w:rsidP="007F2986">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="00205DBB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
-                <w:t>www.antagning.se/sv/anmal-dig-sa-har</w:t>
+                <w:t>www.antagning.se/sv/anmal-dig-sa-</w:t>
               </w:r>
               <w:r w:rsidRPr="00205DBB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
-                <w:t>/</w:t>
+                <w:t>h</w:t>
               </w:r>
               <w:r w:rsidRPr="00205DBB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
-                <w:t>ladda-upp-ratt-papper/det-har-kan-du-behova-ladda-upp/</w:t>
+                <w:t>ar/ladda-upp-ratt-papper/det-har-kan-du-behova-ladda-upp/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4F0D27AE" w14:textId="2A79F179" w:rsidR="00CD1533" w:rsidRPr="00B66C96" w:rsidRDefault="00CD1533" w:rsidP="00CD1533">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66C96">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>Ifall</w:t>
@@ -2019,166 +2017,122 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>nedan. Bifoga även officiella översättningar (ifall tillämpligt).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D910824" w14:textId="06122302" w:rsidR="00036649" w:rsidRPr="00FF0F85" w:rsidRDefault="00EF527F" w:rsidP="002637A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="004C3C0C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>https://www.universityadmissions.se/en/apply-to-bachelors/provide-application-documents-bache</w:t>
+                <w:t>https://www.universityadmissions.se/en/apply-to-bachelo</w:t>
               </w:r>
               <w:r w:rsidRPr="004C3C0C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>l</w:t>
+                <w:t>r</w:t>
               </w:r>
               <w:r w:rsidRPr="004C3C0C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>ors/</w:t>
+                <w:t>s/provide-application-documents-bachelors/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidR="000F5D90" w:rsidRPr="00205DBB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
-                <w:t>www.universit</w:t>
+                <w:t>www.universityadmissions.se/en/apply-to-masters/provide-app</w:t>
               </w:r>
               <w:r w:rsidR="000F5D90" w:rsidRPr="00205DBB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
-                <w:t>y</w:t>
+                <w:t>l</w:t>
               </w:r>
               <w:r w:rsidR="000F5D90" w:rsidRPr="00205DBB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
-                <w:t>admissions.s</w:t>
-[...43 lines deleted...]
-                <w:t>provide-application-documents-masters/</w:t>
+                <w:t>ication-documents-masters/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="002637A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00434B9B" w:rsidRPr="00B66C96" w14:paraId="249C8537" w14:textId="77777777" w:rsidTr="00266565">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
@@ -7944,89 +7898,89 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> antagning till </w:t>
       </w:r>
       <w:r w:rsidR="00034186" w:rsidRPr="00B66C96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>magisterprogrammet i arbete och hälsa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5155084E" w14:textId="77777777" w:rsidR="00E97A11" w:rsidRPr="00B66C96" w:rsidRDefault="00E97A11" w:rsidP="00E75034">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF5D846" w14:textId="21581DC6" w:rsidR="00E75034" w:rsidRPr="00B66C96" w:rsidRDefault="00E75034" w:rsidP="00E75034">
+    <w:p w14:paraId="3BF5D846" w14:textId="1EE1DC24" w:rsidR="00E75034" w:rsidRPr="00B66C96" w:rsidRDefault="00E75034" w:rsidP="00E75034">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66C96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Denna meritvärderingsmodell gäller för antagning inför </w:t>
       </w:r>
       <w:r w:rsidR="00034186" w:rsidRPr="00B66C96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">höstterminen </w:t>
       </w:r>
       <w:r w:rsidRPr="00B66C96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00EF527F">
+      <w:r w:rsidR="00632771">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00402DC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48720B89" w14:textId="77777777" w:rsidR="008A4483" w:rsidRPr="008A4483" w:rsidRDefault="008A4483" w:rsidP="008A4483">
       <w:pPr>
         <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A4483">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Total: 18p</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A3164F4" w14:textId="77777777" w:rsidR="008A4483" w:rsidRPr="008A4483" w:rsidRDefault="008A4483" w:rsidP="008A4483">
@@ -8680,162 +8634,162 @@
     </w:p>
     <w:p w14:paraId="25E2E5B2" w14:textId="77777777" w:rsidR="008C5769" w:rsidRPr="00B66C96" w:rsidRDefault="008C5769" w:rsidP="00E97A11">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008C5769" w:rsidRPr="00B66C96" w:rsidSect="00391BF8">
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="425" w:right="720" w:bottom="403" w:left="720" w:header="567" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="55D1BECA" w14:textId="77777777" w:rsidR="000B0002" w:rsidRDefault="000B0002" w:rsidP="00B5656F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6041CB5D" w14:textId="77777777" w:rsidR="000B0002" w:rsidRDefault="000B0002" w:rsidP="00B5656F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="00AB98A8" w14:textId="77777777" w:rsidR="000B0002" w:rsidRDefault="000B0002" w:rsidP="00B5656F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="33014AA9" w14:textId="77777777" w:rsidR="000B0002" w:rsidRDefault="000B0002" w:rsidP="00B5656F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="159F2CBA" w14:textId="4E80D30B" w:rsidR="00A31ACF" w:rsidRDefault="00D301DE" w:rsidP="00306947">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="006805C8">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00520891">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
@@ -8909,51 +8863,51 @@
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="006805C8">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00520891">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidR="00A41844">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00520891">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6F56D98C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F2D2E6E4"/>
     <w:lvl w:ilvl="0">
@@ -9635,54 +9589,54 @@
   <w:num w:numId="9" w16cid:durableId="243611474">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="232471471">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1842161510">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1485658880">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1040059307">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="780076216">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1040785856">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="x39PYUxywTzt9b29cL2CpM1ZYcWDeFB/q4M9ip6F86i6WruHnIW/YEi/KHIhMiRctpRJS2onPzW5/A9TZ/mLPw==" w:salt="ynRl1mF9ONLXH4gvr+mzlg=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="KKnOA31MaOPOsHCZS4G2hOsDuZTGfmHPmlWtoKpyf77u1uXrjzuzNLc7fJEzyIM6Kvuvceu3LzRixGEEDdMVOQ==" w:salt="fuCaT4/+q+ZL9sbt1Aih8w=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
@@ -9734,61 +9688,63 @@
     <w:rsid w:val="00094189"/>
     <w:rsid w:val="00096499"/>
     <w:rsid w:val="00097C0C"/>
     <w:rsid w:val="000A1945"/>
     <w:rsid w:val="000A2ADC"/>
     <w:rsid w:val="000B0002"/>
     <w:rsid w:val="000B0800"/>
     <w:rsid w:val="000B65D3"/>
     <w:rsid w:val="000B6E31"/>
     <w:rsid w:val="000B7C8D"/>
     <w:rsid w:val="000C03C6"/>
     <w:rsid w:val="000D43F6"/>
     <w:rsid w:val="000D72DB"/>
     <w:rsid w:val="000D7DB9"/>
     <w:rsid w:val="000E146C"/>
     <w:rsid w:val="000E2E7E"/>
     <w:rsid w:val="000E3646"/>
     <w:rsid w:val="000E5146"/>
     <w:rsid w:val="000E63DD"/>
     <w:rsid w:val="000E7B20"/>
     <w:rsid w:val="000F0AD3"/>
     <w:rsid w:val="000F0B98"/>
     <w:rsid w:val="000F5D90"/>
     <w:rsid w:val="001015C6"/>
     <w:rsid w:val="00104471"/>
+    <w:rsid w:val="0010615E"/>
     <w:rsid w:val="00107F98"/>
     <w:rsid w:val="00110CA0"/>
     <w:rsid w:val="0011298D"/>
     <w:rsid w:val="0011622F"/>
     <w:rsid w:val="001168F1"/>
     <w:rsid w:val="00117601"/>
     <w:rsid w:val="0011786C"/>
     <w:rsid w:val="00117F44"/>
     <w:rsid w:val="00120FE0"/>
     <w:rsid w:val="001211DD"/>
     <w:rsid w:val="001233CC"/>
+    <w:rsid w:val="0013184D"/>
     <w:rsid w:val="00132AB6"/>
     <w:rsid w:val="001367A4"/>
     <w:rsid w:val="00137B5F"/>
     <w:rsid w:val="001419EE"/>
     <w:rsid w:val="00143E86"/>
     <w:rsid w:val="00144438"/>
     <w:rsid w:val="0014462D"/>
     <w:rsid w:val="001476F5"/>
     <w:rsid w:val="00150854"/>
     <w:rsid w:val="00152507"/>
     <w:rsid w:val="00156CA6"/>
     <w:rsid w:val="00157ABB"/>
     <w:rsid w:val="001602C3"/>
     <w:rsid w:val="00160668"/>
     <w:rsid w:val="00161B8A"/>
     <w:rsid w:val="00162C23"/>
     <w:rsid w:val="00166935"/>
     <w:rsid w:val="00167029"/>
     <w:rsid w:val="00171097"/>
     <w:rsid w:val="0017144E"/>
     <w:rsid w:val="00174BA4"/>
     <w:rsid w:val="00183B84"/>
     <w:rsid w:val="001854A4"/>
     <w:rsid w:val="001918A5"/>
     <w:rsid w:val="00191DC2"/>
@@ -10056,50 +10012,51 @@
     <w:rsid w:val="005D648B"/>
     <w:rsid w:val="005E0FC0"/>
     <w:rsid w:val="005E2C22"/>
     <w:rsid w:val="005E2D26"/>
     <w:rsid w:val="005E53B9"/>
     <w:rsid w:val="005E7728"/>
     <w:rsid w:val="005F06E9"/>
     <w:rsid w:val="005F2CE1"/>
     <w:rsid w:val="005F5346"/>
     <w:rsid w:val="005F5C79"/>
     <w:rsid w:val="005F790F"/>
     <w:rsid w:val="006002F1"/>
     <w:rsid w:val="00600505"/>
     <w:rsid w:val="00602023"/>
     <w:rsid w:val="006029C1"/>
     <w:rsid w:val="00606797"/>
     <w:rsid w:val="00611299"/>
     <w:rsid w:val="00611D4C"/>
     <w:rsid w:val="0061412D"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00617239"/>
     <w:rsid w:val="00623359"/>
     <w:rsid w:val="0062532F"/>
     <w:rsid w:val="006266E0"/>
     <w:rsid w:val="006277BE"/>
+    <w:rsid w:val="00632771"/>
     <w:rsid w:val="006365A7"/>
     <w:rsid w:val="006420CF"/>
     <w:rsid w:val="00644509"/>
     <w:rsid w:val="00644608"/>
     <w:rsid w:val="006502E6"/>
     <w:rsid w:val="00655AB8"/>
     <w:rsid w:val="00656038"/>
     <w:rsid w:val="00671307"/>
     <w:rsid w:val="006716A7"/>
     <w:rsid w:val="00674DE6"/>
     <w:rsid w:val="006805C8"/>
     <w:rsid w:val="00690691"/>
     <w:rsid w:val="00691E9C"/>
     <w:rsid w:val="006923D9"/>
     <w:rsid w:val="006A43C2"/>
     <w:rsid w:val="006A74F9"/>
     <w:rsid w:val="006B1BC7"/>
     <w:rsid w:val="006B274A"/>
     <w:rsid w:val="006B556B"/>
     <w:rsid w:val="006C03FF"/>
     <w:rsid w:val="006C142F"/>
     <w:rsid w:val="006C1D75"/>
     <w:rsid w:val="006C2660"/>
     <w:rsid w:val="006C740B"/>
     <w:rsid w:val="006C75E1"/>
@@ -10654,51 +10611,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4DEE0F61"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DFED8F36-5921-4A7C-97FF-57D85F539584}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:locked="1"/>
     <w:lsdException w:name="toc 2" w:locked="1"/>
     <w:lsdException w:name="toc 3" w:locked="1"/>
     <w:lsdException w:name="toc 4" w:locked="1"/>
     <w:lsdException w:name="toc 5" w:locked="1"/>
@@ -11264,51 +11221,51 @@
     <w:rsid w:val="00E73D13"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BC1037"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -11659,63 +11616,69 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101007B2275CE61024E43B0F8A96EFF83DEF0" ma:contentTypeVersion="2" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="ca6a8852dffe3bbd97d0fd9e3b08d14b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a220ae91-8b8f-49d8-ab2e-176f551502c1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e78579ce1199094d41d54dc22fab2ed5" ns2:_="">
     <xsd:import namespace="a220ae91-8b8f-49d8-ab2e-176f551502c1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a220ae91-8b8f-49d8-ab2e-176f551502c1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
@@ -11803,129 +11766,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{964E8AE7-5446-4676-BCC1-B96E213C0B7A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF36CD00-95F8-4FD3-8675-0ACDB9FAAAD6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{964E8AE7-5446-4676-BCC1-B96E213C0B7A}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24064E7D-A79B-4B99-96E0-C55E97AC9245}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CF2547E-8F8E-43DB-9391-A5672DB1ED91}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a220ae91-8b8f-49d8-ab2e-176f551502c1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1411</Words>
-  <Characters>7481</Characters>
+  <Characters>7482</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>62</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>(personnr)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Gothenburg</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8875</CharactersWithSpaces>
+  <CharactersWithSpaces>8876</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="42" baseType="variant">
       <vt:variant>
         <vt:i4>90</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>90</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.antagning.se/sv/Hur-du-anmaler-dig-och-haller-koll/ladda-upp-ratt-papper/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>90</vt:i4>
       </vt:variant>
       <vt:variant>