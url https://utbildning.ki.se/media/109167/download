--- v0 (2025-10-08)
+++ v1 (2026-03-10)
@@ -1,35 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0071825E" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -64,51 +69,51 @@
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="960755" cy="401955"/>
                           <a:chOff x="2287" y="76"/>
                           <a:chExt cx="1513" cy="633"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1572885557" name="Picture 16"/>
                           <pic:cNvPicPr>
                             <a:picLocks/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4">
+                          <a:blip r:embed="rId7">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="2287" y="113"/>
                             <a:ext cx="326" cy="270"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -904,51 +909,51 @@
                           <a:extLst>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="980936006" name="Picture 12"/>
                           <pic:cNvPicPr>
                             <a:picLocks/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5">
+                          <a:blip r:embed="rId8">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="3148" y="166"/>
                             <a:ext cx="148" cy="213"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -957,51 +962,51 @@
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="245990436" name="Picture 11"/>
                           <pic:cNvPicPr>
                             <a:picLocks/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6">
+                          <a:blip r:embed="rId9">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="3328" y="167"/>
                             <a:ext cx="120" cy="216"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -1010,51 +1015,51 @@
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1531654084" name="Picture 10"/>
                           <pic:cNvPicPr>
                             <a:picLocks/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7">
+                          <a:blip r:embed="rId10">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="3482" y="76"/>
                             <a:ext cx="317" cy="307"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -1096,51 +1101,51 @@
                               <a:srgbClr val="861354"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:noFill/>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr/>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1241754516" name="Picture 8"/>
                           <pic:cNvPicPr>
                             <a:picLocks/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8">
+                          <a:blip r:embed="rId11">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="2387" y="492"/>
                             <a:ext cx="147" cy="213"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -1149,51 +1154,51 @@
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="971721065" name="Picture 7"/>
                           <pic:cNvPicPr>
                             <a:picLocks/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9">
+                          <a:blip r:embed="rId12">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="2567" y="436"/>
                             <a:ext cx="242" cy="273"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -1628,51 +1633,51 @@
                           <a:extLst>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="268076225" name="Picture 5"/>
                           <pic:cNvPicPr>
                             <a:picLocks/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10">
+                          <a:blip r:embed="rId13">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="3061" y="496"/>
                             <a:ext cx="146" cy="213"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -1681,51 +1686,51 @@
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="340675704" name="Picture 4"/>
                           <pic:cNvPicPr>
                             <a:picLocks/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11">
+                          <a:blip r:embed="rId14">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="3242" y="436"/>
                             <a:ext cx="398" cy="273"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -1738,162 +1743,162 @@
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns="">
+          <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="78290D39" id="Group 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:114.35pt;margin-top:3.8pt;width:75.65pt;height:31.65pt;z-index:251659264;mso-position-horizontal-relative:page" coordorigin="2287,76" coordsize="1513,633" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDAWLZrcBYAAP2EAAAOAAAAZHJzL2Uyb0RvYy54bWzsXW1vIzly/h4g/0HQ&#10;xwS7FtmtfjF25hDs3C0O2CSDnPIDZFm2hZMlRdKMZ/Pr8xRfullUVav3btc5A/4wI3u6xH74FFlk&#10;FYs1P/zh2/N28nV9PG32uw9T8/1sOlnvVvv7ze7xw/S/F3/6rplOTufl7n653e/WH6a/rE/TP3z8&#10;53/64eVwu7b7p/32fn2coJHd6fbl8GH6dD4fbm9uTqun9fPy9P3+sN7h4cP++Lw849fj4839cfmC&#10;1p+3N3Y2q25e9sf7w3G/Wp9O+NdP/uH0o2v/4WG9Ov/nw8NpfZ5sP0yB7ez+Prq/7+jvm48/LG8f&#10;j8vD02YVYCz/BhTPy80OL+2a+rQ8LydfjpuLpp43q+P+tH84f7/aP9/sHx42q7XrA3pjZllvfjru&#10;vxxcXx5vXx4PHU2gNuPpb2529R9ffzoe/nL4fPTo8ePP+9VfT+Dl5uXweJs+p98fvfDk7uXf9/fQ&#10;5/LLee86/u3h+ExNoEuTb47fXzp+19/OkxX+sa1m9Xw+nazwqJyZFj87/ldPUBJ9y9qmnk7wtK7i&#10;kz+G75q5Kfw3q6KghzfLW/9OhzPg+vjDYbO6xZ/AFX664Or6mMK3zl+O62lo5HlUG8/L41+/HL6D&#10;Wg/L8+Zus92cf3FDFPQQqN3Xz5sV0Uy/gNbPx8nmHlNmXtummc/n6Phu+QxKIUZvnxjHQZT2311S&#10;3zoF8Wc39Ct7y912c/jTZrslvdDPoT8Y/tnwESjxQ/PTfvXleb07+7l2XG/Rtf3u9LQ5nKaT4+36&#10;+W6NPhz/fG+8vk7H1X9hzjmtns7H9Xn1RC9/AIjw71Bb98Ah7kES/hNG4tXB1Q0TgzHh3hVHWGEr&#10;P0hs7eZ2N0hA3PF0/mm9f57QD8AMmG7gLr/+fCLAEI0iBHm3J+Zc49sd+wcI0r848AQ3/Aj0ZHVg&#10;xk6RaPx2QfWvmql/eVoe1kBJzfZDpmhns6YwM8wkP2L+DZPQiU6Mm1FBPM7qUzqlXUP+CYmN47ui&#10;0YlpaaowLyPftoJRpelsTc0m5fJ29cXzTdxFjmEf78E2/dPjfQC/QAsPz1tY3X/9bjKb2HpuJ5Ze&#10;6LjvxUwU+5ebyWI2eYFQNN9dUzbKuKaAFpMoIO4bghnx70NDJPI0CeBTUGUUCqBMK4KCCrq2FqUM&#10;CiMy6Z8CCvx2DamgsJYmLdmqLUVQbRQjphoZlOGsm6qVqDIp6SQjcmU47baqCxEXGfCukwtjFWSc&#10;elOXIrKUeZKRkXHuaVjJyFL6F6ZSkHH+TWNEZCn9JCMis5x/FZlNNbCw2rjnGijqRkJmU/5JRkbG&#10;+YchlTmzqQYWVhn8ZI+TMashS/nXkXH+dWSpBhZWmQFFpgF0UzIWKf8WMiJnBeff1kbmDDuXZAYU&#10;ygwoMg3MChFZyr+FjIyM82/rAiZWsK5FqoFFocyAItPAzIrIUv4tZERkZcZ/Xcp2v0w1sCiVGVBm&#10;GpiJM6BM+beQkZFl/NelbM/KVAOLUpkBZaYBmbMy5V/nLONfWyvLVAOLUpkBc64BZWWap/yrS9M8&#10;479VZsA81cACS724js9zDcylcUauRLeeYN8ga3Oe8d9i4ZFmAG1xutYWc2UGzDMNYA4LVmOe8m8h&#10;I44z2jslttFiWyciq1INLCplBlSZBmbiulml/FvIyMgy/pu2kZGlGlhUygzAFiztp0FjAmdVyj/J&#10;yMgy/hss/ZI2q1QDi0qZAXASGDKMIQFZnfJvtHFWZ/w3lbwG1KkGFrUyA2quAWUXVKf8q7sgONNp&#10;L62KLNXAolZmQJ1pAJs9ibOUf6w6sjYbzr+KrEk1sGiUGdBkGpC12aT8q1aj4fwDWSWOsybVwKJR&#10;ZkDDNVDMxJ0jxT46C0Qy4gxoMv6bSrZnTaqBRaPMgJZroLCiPWtT/klGRNZm/DdzeW62qQYWrTID&#10;Wq6BohD3Z23KP8nIyDj/tsE2QrIabaqBRavMgJZroMDGRZgBbco/yYjIzIwrwDZWNhtmlupgge/J&#10;S6eZcS0ovJlZqgSVODPjWrCN4gi7aEQ3eAFPmQlmxlWhDDgzSzWhjjgz46oAvLmoWDNLtQF4ynQw&#10;mV9cgGZBt4Y5xiQkKzf3jBsjzwiKY/VTf2FU39hk6pCNr0EYqG9Otb4GEUa+MGjsIbjTtwd4ysQw&#10;JlNHKQZgjEmVYSEks5f7yOrY406y0bxkY/nUsHBaJeUyP5mEFHiZLhorLxGGe8pGc5VN5ivbmRyT&#10;sakySEiBl+lCs3nGptpAWEabGhcOs8xekdopdYdpcpdZWywM95nxPcXuXXjNMnsFmxoqe0U+NZRV&#10;1nDH2Wies8ldZytuNU2RKsNCSFZu7jxr2xPDvWejuc8m959LcbU13IGGkAIvnxrKXthwF9poPrTJ&#10;nWjF7nEvWtt1mjKfGiq8VBsLfE8Ze7knrcUs06mhbtdN7kurM5c70/ieBo+rw6C7kt1j/jQJycrN&#10;Hepmptg97lEbzaU2mU9t4HmI8FJlkJAML/eq60beHxvuVhvNrzaZY624r4Z51qr/aiquC1vDN5W2&#10;oqZKDRVi0tqGKvOuKdogscfcazUkYapsatSVHPvCYQDbEmgetslcbHK4JHjMx1a9MpM72Sp73MvG&#10;95SpkfnZhRFjE3D6k96SkDz2ck+7bhT26nQNX9BgFuNgJnO2C0xxkb1UGSQkw7twt5XQPk4tku4u&#10;jOZwm8zjLhTlMpebhBR42dRQ7R53uo3mdZvc7YY2JPa43w0hBV42NbTQk+Get9Fcb5P73gp73PlW&#10;2bvwvpWYneHut9H8b5M74MrY4x64OvbabEPVIg4u2j3ugxvNCYeFjWPUHdEqXrgZ54YjlYi1ZrUo&#10;MbJ0oiCdruJ78sxFCD/KeXiyYcG5TRRDc6phwTY6ivnzaC28bikpoHfDafstGhabueGKWcaBV9Ic&#10;M8vIgujO8pdPPoUCh/7fduF8Hz9NlpQENnNZFof9iRJ8FmAP2QKLmMEDKUoGUITRFxKOmQXDwjCB&#10;JAzP3CdzDEuTw+3EXcIEOnNFHDw48XZU6+SQkjg8yTFgyEF04uN6Sg4bicPTGtM6OVBOfFxXyaFx&#10;4uO6Sg4GicMzGAOGNvxOfFxX6SCLxHEINaZ12hA78XFdDVktCxzXjGmdNozUOnZ6o8RDV7HzGiUe&#10;uoqd0Bhx2uAQGOxMRokHrdbjukobAGodK/eY1mlBduLjukoLJIljZRvTOi1YTnxcV2kBceLjuuoC&#10;qyRPIdExcFyo039hXHdd8NF9Yaxx6qyTz+e6bp4oQOffMLLT0UKZkSbKBbHcGxB+GsVStFJmpJly&#10;gR73BoRoRr0hWioKmoz6QrRVFMYY94Uwrg0CC+O+EEY2slXHfSFaLONzYa9rOtosM9JoOTfX0TrS&#10;bDnH039hZKfJFXRfGGm6TLRd5FaNopXcJf+GkZqO9suMNGAmWjADZ2AUpGjDzEgj5rbdrg/YMI96&#10;Q7RjtIUd8wW3NaU30KZy3BfC8KZtXvIFPwjDPo7yZPPk+eN0guT5O/oOkmaXZ9r+xR8nL0gGpRjM&#10;k08KpX9/3n9dL/ZO4ky7QHIZADRm6PaPt7tUjAIviVh8GD8Prq1gBGKP48P46YXooAMtNaGX8WH8&#10;9ELADJnO4saH8TMVsjjY8YTFp/HTS1E8EG2NFINZGmqMyERj6OiQVJhTiFsPSYVhjmjvoJSn60pb&#10;mRYjA702PRduMBCxOILzL+0l4neCJAUgIelTdjEK4+P4GcQoCE2EDKvTBmuPg4ahvlLuL7UWwcV3&#10;xc/wTjoXhNSVVwYpOr0cfmcYax0l8W3xM7yVTi3xVtOtiPF5/IxynjiEWAffa4JJMZ2hju3ET98e&#10;WU33Xn8NQ9WEC+4RvmvthZl8FR9Fgl1/y+F+hEXwGs8uskxai5YmdjN+hu4GeHj7kNZcyBOtdZuH&#10;2Er85ORdGZ5RF1dacw49Xtqt9vFl8TOOAD9SsO4NdcH+ygF6hZA4TAbfaYIPh1cPQYsbzCvT1Z28&#10;g48rNsKlGUCsNzqRr/gZlEUH+SSHM5dhdN4kUkhxUC5a/iszO86w/tpExBU/g16DdcIx7+B7o7G7&#10;hs8G/xsR5+H2gim+xsulcff4YTJoX+Bv1cQNAu0rkkshp/12cx+vJ52Oj3c/bo+Tr0tc1GsqWLxo&#10;ApiYchUn3mTxN2Xu9ve/4BbRce9v++F2In542h//dzp5wU2/D9PT/3xZ0vWu7Z93uKDT4tgR9vjs&#10;filxHQu/HNMnd+mT5W6Fpj5Mz1OEt+jHH8/4DV/5cjhuHp/wJuMCXrs93cp52LirRYTPowIj9Avu&#10;CL3SZSFrbW1tSxm1/rLQz5vdeoI8EgxjQoJrRT/u/O0/hMDY7b/kYST4+tWsNmy9/QBb3sabQmCI&#10;7gkV3d40XhiMl67Cvawt4DkC450hGkrh6hbtINm9LNpsFrZAFhA9YiNl5ICipj8tT09+4LkWiJnl&#10;La5e7u7dT0/r5f0fw8/n5Wbrf3aLYtCmvwXWK5ksxOtqGXYOST+WguwXV8Lc1jio+je7ElbMKC8c&#10;CvUrTq9nMhzuQhj2GsRDvKXJ535UbhJE7i9oYagkadHFrC0m7nVOG70Y3t9HuikM713o9BYXj8Ej&#10;V2OCE6usGWx1umZIAoc/HnraEA+/FzOcikqQ0PeuLXcd7BISNJR0ToaEHWnXjAopO/6APkRI2Bd0&#10;bbnLYJeQaFOQYrKlQBPLeKMcJpGnLOGNOBJRZfludDor4OKs47bbpfZYphskZFScdFV9WZobHcoK&#10;qDjxyC4QUKWsQ0JERetMQrs6znl2m0tuu0SVpbaJqFhem4qKk07XTEUN8qQ2jAeJqyyjDRP5kiuW&#10;zgYJmStOuo4qJd5f/brkKktkw85TgMXS2EhExJVlsak65ElsLodNwMWpl20Dy19TjUOWvga+ZINF&#10;0ZPePLjkNQFXRn7dSnylzBcQEfnK8tZgH2Rc5Lv3uFzW2iWuLGeNXno5vChY0LWk4+LU67i4hZdH&#10;fZasBu9YwpUyTyIyXxn1mh6FC1+XfF1kqUm4+HUvDVeWoqaOL56hhuQAyUpkt71kPaI7ih6xxXg/&#10;idaO0OM5z8hjnveTaI3I3+QkGkMVTtbfEVmnWUCBdexQyUnpI6k+XEAWEXtyP/Xxsv45DyvQNi2V&#10;i0/jp28N+xMIXYkVe6Er8fDwvuEIUAA/LES2AqC6g9SIOH565EHqSmwtZyu2sdruT2vnJfT8hXY9&#10;b8FBGCA4l4tNx0/fnJfCSZJ3lOLD+MneOU6qRxYbiZ0B2PeIzLWIDFWgwZ83UzyobeAcVyiDFd3+&#10;z7F2kHNzqTtUNuYfvHZQcMlfp3ZQ4bL/yYT4EHIfuXAPfC2beJqoxKh+n9pBpC38eTODD7Hktp2V&#10;5GpkhavcIcQbGXxO1YgdHl+jcFVRWGzo3eBz0bFk8FE0wA++GJl/H3w0hFhBs74GlpkXSFQpZ3RP&#10;Oxt9bgPxRkafC8O/2ugr4R7T6Mtj8wUFvnx0Pg/axtD726+ahku1VDHLUi5RchLiNl8hOv6bHoRg&#10;ofH7Z5+d1k/1ONG7I0xlov/6k5CiCX7BP+ZJCM1J/HkzCxyi3MhQK+eUPcRtjDsXfyMmxmWbvZaJ&#10;sUUo4FniOopzoeL5H6VQhgXufXc1oi5oixpiSNegW4B87DkL/UbGntvKvNrYm9MdRyxvtCVlY8+S&#10;p+82V8iS8762YnN/n519OAsOhg+//S5VQefNnCqDYnnxA6avCuro+K1PgFFExZ8Alz43pV/g3L07&#10;RzfuaHG60/yPX3EGbBsqddn4UFR6LsuOCegMOCTApDLQfXLMVrb1pPS5SKlQekpAIhSNd+BTIX5I&#10;ADwyqDRS7U6BBVD8RFIBheHcHV2ooPgJgQoqPZ5x58ACqOwguMbRn0AVOwkmGZGr7CRY12DKvC8K&#10;KiHj1GvIUuZ1ZJx7HVlKvy8KKiHj/CuaZBVPVFVmJ8JAhpv1wqgXToQFZNmRcGmNpE12KEwyojYt&#10;5x8Vq3GxWUKWasAXBZWQcQ1gjInIUv5JRkbG+bcwgjIyNgFckRMBWXY0rCBjZ8MqsuxsmOgSkQln&#10;wxIyroESRbjwZr/O9Tkx7HSYZETOstNhHVmqAV8UVELGNYD9sogs5Z9kRGTZ+bCqTeF8WEBGy35q&#10;+pG1I3DGTohLyMjIOP+YAbLx5xVNXEETCVk2AxRkKf86Ms6/ajWEM2IBWXZIrGiTnRKr2sxOiVVk&#10;wimxhIxrQLFn7JxYtWdZDZNiZlF1TbBnvISJq2AiIeMaUNYAVhRUXQPy8iVti8rjAjJevcQVLxGQ&#10;ZbVLFGSsdImOjPNvVWRsDXB1SyRk2QxA7okwN1nVEuzr5bmZFy1pS4Wz1Ab5oqACsqxiSYmsBQEZ&#10;rjwkmzNf9uByx5jXK9GQ0e2dbqvni4JKyLgGFG2yWiWqNhEDTG2jbQsjjjNeqcQVKpGQjZoBuHzc&#10;91JFllcp0ZBRonHPmatRIiCjkGeyBsyLUtIm3WTo2iIZcQ3Ii4Jq2uT1SVx5EgkZ14CGLF0DdGSc&#10;f6siSzXgi4IKyLLCJBXqXgkzgNUlIRmRs7wsSavsz3hVEleURELGZ0CFuj4SstQCkYyMjPOP5Gl5&#10;54iYaj82fFFQCRnXQNWKuyBWjYRkRGQXRUFbpLZJi4BYFFQAlxcFrZEOKPDGi4KSkAKPawH1L+Wd&#10;rVgUVITHVUH/5YAIL9UECSnwuCpQSVdWrLuX3836hS8KKsG78ItleJljrMHLPGPsPeSdpFgUVITH&#10;1aE5xyxVWveOs6KggCc7oSbLlnZFQUV4XB01ChtLymUuMgnJys18ZB0ed5J9UVAJXuYmV6h7J8Fj&#10;fjIJKfC4LgbgpTYKcQ9KJRXh8alRoQ61CC+dGiSkwOO6ADx51ReLgkrwModZY495zDp7mcsMw6KM&#10;Pe4z+6KgIjyuDhVeqowBeFwX6g4YadnpkuGLgorwuDqqSp4arCgoCcnKzZ1nbYMuFgWV4GX+s7JD&#10;4UVB1S0KbtlFUnxFLM3nEouCivC4OlR4qTIG4HFdYGrILqG7z5qsGtj4yDM396TlwDNVCum3F2xT&#10;jJS998RmLR/3PbFZY+a9xJbGTCxU05UrGC76FsvUjKxSE4vUvJfYuij6R0UTcTCLLXY8fx1m/r3E&#10;lj82vcLSe4ktd8HYsYTFEp9/x9UK2mH4uxX+NrmS+9/Vh+qfx1R7ltQfE+niw/iZCuFafjgfj0/j&#10;p5ei+DmmzUixDllspEcYmsMGDM11dyf65/EbXi6c6w9fxCBnF40NC426HOKF8FI/5iOW+Okxhdfh&#10;pGBIijasAHVFKt4OGX6jdtOkZy0gCzWVOvp7gawLoWpNJxgfx8/QXhDD3dmhrrr/IQV99TkRGP2x&#10;lfgZWqMKrhC78tJQzWycFJzVUdDGyiFpbLi9oHyL04xBSsKeEP8LzLBcqBmGmPewXKi8dXmpJuOY&#10;zgLA8VW5kH57bT6joHVo70o/ohxGzCAvndyVIUXxeerHtfaohv0YuTiS4eIM4gtyV8dLmGlj5bLR&#10;/H4DakRNmreWo2urZlZX+I9SYtbb53ADyq2sbyRN0k3f10qTRPULb65KVIvBtEzy9ujiur+DEg3j&#10;q6ZJvrWxV5Szqp7XVJudp+i65fGNjL2Q5PhK959cJi6WjosU3YLK+f8/puiiXtPj7csjqnJR1A1V&#10;wp42q0/L8zL9HT+/HG7Xdv+0396vjx//DwAA//8DAFBLAwQKAAAAAAAAACEAFrjj5rQGAAC0BgAA&#10;FAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAAACsAAAAkCAYAAAAQC8MV&#10;AAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAGVElEQVRYhbWYaVBTVxTH&#10;bxJC2JckQNi3ILtGQGQRUMpSt1EBS2esQwGdVqFqsaJ1ptaZ2lZsZ1wAqQsyiriLgGiRKkVR9n3f&#10;wyZJgBAkIQtZXj8oHSbeFxLA/6fk/O+57/fOu8k972J+I0UhACJ1HU3u4YEbejAPAAD+OZ51vvby&#10;0wMwb2vGd7vddgbeRMtdrLCLSRJwuMSmnJJ4mEe0N+t2ifC/vTQsuBYFW3e1KFE8I9SGef6HI05h&#10;cTjp0rDgUhlWLBBp1mUWJcI8Q3vTHpfIdbeWjgWXyrDNt0tj+RPTRjDPPynyk1UVABVhZVIpriaj&#10;MAnmGdpRel2j1uUsDxZcKsF2Pa6K5NCZ9jDvU1cVAADUVBlclVZwBBY3tKX0uUYFKFVVLnPSbOhN&#10;2/rRut61E10jLgIOlyTk8Ih4bQ2eoS2ll2hn2mPsbtPossPvjvzNKw07UNYSzGjs84J5fkkRp7Bq&#10;OAlaLoIgmO6n1dvrrxXvHyxrDUZkMugTnegcdp37XJVWcCQ8JT7BYq3Tm7mY0sugKrUgGRY3tKX0&#10;LbQBNOeUxOXG/Jk78LI5BA1UXmOtA6uyt5woKz+be1wl2LG2wZX9JY3hMM/v+4hfFVUVAABsN6wq&#10;BhgMdKdUKATBvP7j/s/s3reOSsNWpuZDq2pgY9Lv9kVg9kL5eubkYdPV9jWqkb6XdFaiXnz0WhoA&#10;SqzZdyPjVh155dEwT5mqzslpq89DRn2vtyZRl00N8yw09aBWE+0oPQR97Sn++Dvj0boen5q/nhya&#10;nRHqyOcOvGwOoZc2hS4IW51RmCSTSD8aZ2BtTHePDrqhDCgAADhv97ura0Yccd7mdw92g9Qwzyeu&#10;UQE51zYkN0iEsxryPqtlYLXCZSCY4hk23SzZA/N8D0X8pmxVAQBA39Jo0DUy4JaiHJKDeSctJuQS&#10;zOPQmVSFsPWZzxJgDYu+lfGA+5dB15UFVUUmbjaNsPhkH8MBFVYqlqjXXoH3q9Qwj0IcXk28XIDz&#10;pU3WH4PFOXQmFYPWfKtpqAs1iboT3FG2hbynSdRl72+4aK2urTGzFDCpWIIfbx9yZzT2eTGb+r0Y&#10;jX1e4x3DbjKxBP/RYAwGQf2BYdVw4tUxoZde/X7nF3lPMMklNWW/2Lvm283nFgMpmOSSaq8WJdZl&#10;FiUK2NNkpZIQBKNwzdJ2f3YFi/K4qzMKk6SwCigQl8E2Lz6WmZpO2zf0+sy9k0qDfpBCWG1jA5bj&#10;Fu9cmDf9dsKy7UHZLmUvxGdPk3O2nSytu1qUKOaLtNDGYbBY2aJgAQDAM+7zdDSvMrUgGUEQzEJz&#10;SISzGg++Sing9DOpMN/Cx+l12Jk9CV8/P+0Vcf2HCLR5FtwULH2dy4xcrFrG24fc5T1294hzz981&#10;21Zs8s5TNMfjhLQbb2u6feXjmiS9iU1nv9k7P5/H4pihzaNUb+ARG5aB5lVcyD+qKJfPniZ35lfs&#10;hHnyoAAAgEhlOLS5lIJ12xmYTdDVmoZ5o7XdPoNv2taj5TIa+tbA4jZBK5/DnohsqbDqOpo8Rd1V&#10;5fm8Y2geo6EXCmvibtMAiy+5sgAA4BEXdhHN6y9pDGe10GkwD62yJAfzTlh8yZUFAACyo2W7lb9r&#10;KZpfcQFeXbQfDKyTAwAARLYMsAAA4BEXjlrdzoLKKNibL4lqBq0gp5/pAIsjMgSVSSVYx83ej3RM&#10;DBnQi0hlONjbL9nJsg02vvX+q92zPMFHjfayrFkAAMCq4SS0mJDLaH7L3ZcxPBaHogzszNiUSd7e&#10;c3dnxt8Zz48r2sJRuy60I08uc9LsIm3/INqa8zmwPWXDiV3/r1+JSEzICk6un+gacYGNx2sR+GQn&#10;y1YDa2O6kMMjjlR3+aNtxyqfdelSiKMOG9fko/kNWcX7hNMz+nPf1Qh40Zb0xBi0NwQxX6TFqO/1&#10;7nhUHk0vbQ5V1Dcs6sjTMz4ctV8Qcfl6DVnF++bHTGn2tYE/Rv+0qNfxD8JgscodOMjLep3bv6QV&#10;Fh1ofs3lpwclIjFhfsz34I7TsS9SPG0C3V+oCmkXTHsWW5LigalKL4CeCuIIeJFnPHrHNVzREYC2&#10;OwEAgONWn4f6lkaDMI9e2hQ6VN4eNDXAsufQWfZTgyw7EVegp65FmMFra/B0zUgjRk4WbZRVdnUr&#10;Nnrn6VDe/wP9B5x/mydiUcN2AAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQBZtXLnqgEAAKoBAAAU&#10;AAAAZHJzL21lZGlhL2ltYWdlMi5wbmeJUE5HDQoaCgAAAA1JSERSAAAAEwAAABwIBgAAAIMGhBkA&#10;AAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAAAFKSURBVEiJY/z//z8DAwMD&#10;w5+fv9kfHr7i9PT0TavX1x/rvL3zTP3nx68CP7985/v35y8Ln7TwY34Z0Yd8sqIPhVWkburHOM3h&#10;FOR9x4AEGF/ffKx5csqm0hubToT8+vKdl4FIwM7L9cksy6fXNNOnn52H8zMDAwMDY5tI6D+G//8Z&#10;iTUEHQgqS95O3t9twMrF/o2JEoMYGBgY3t99rnqgZVk7xGXCIf9xKWThZPvOysn+Dcb//e0n958f&#10;vzgwFDIy/o/d2mzDgssgw3jXme7dKVmMTEz/YGJPz9yyWOJTd/jfn7+o+v7/Z7yz84wvEy7DhFSk&#10;biIbxMDAwCBtonZC1cNkEzb1b+88U8dpGC7AxMr8G6tht59pkGwYLvD+/gsVqhn27/cfVqoZxsDA&#10;wDBq2Khho4aNGjZcDMNZO+ECnIK8b3klhZ5ikwMAWGhxVWPUeTEAAAAASUVORK5CYIJQSwMECgAA&#10;AAAAAAAhAB5aNMmLAwAAiwMAABQAAABkcnMvbWVkaWEvaW1hZ2UzLnBuZ4lQTkcNChoKAAAADUlI&#10;RFIAAAAQAAAAHQgGAAAAo23svwAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsO&#10;GwAAAytJREFUOI2VlGtIk2EYhu/v25e6Wi6XszadIzcdU4uZZY0gEjO1ohNG2Z/IsiOVkBjYAYMO&#10;iD8GSZEdFREprBQ7aJIks6mVmlpqOs1czM3Vmi7z0PTrT8qqvZr3r5fnfu7rfR54eSmWZeGswT7b&#10;gsb8ir3md90q87tu1YDBInX3nN3PW+DVK1oqfyWLCnsaGLesmOZwxgCAcga0FldvL0u9eXXo64A3&#10;ppCnr7chJnPfIfm68MeTAG3G3XNVmYVnpwo6y4M/x3b8wy0hDQCW1p5QneZh2v+GAUCxaWUhzXAc&#10;NACUpty4Nu4YY2YCCN2+Og8AGLvJKv5c27bKVZNPiLRp6+0T8TRDOwBgxD7k+Tr7cXJP1ftIiVqp&#10;BQDG0moIJd0SpzmQJJCJOpxrG7OO7LHqjUEURbEAQH9pM4SQAG48rt1VXSAXt0+c6dHBYR4JYPto&#10;lpG8ScD8QN82klmf8+zQtACfYP9mktlZXr++8kLBhWknWLRmSTmpQad5kPbo6JU7P4dGuK58imVZ&#10;GOs6VuTGnqoGy1IkkDDYv3lbTso2QYBI/8cEACAOD6xdczphypdoaelZnLsu7VVXxdsY5zonPT0d&#10;ACBZqawa+moX9jboI0gQx/Aot+X+y13eCr8Wb4WkZXIFZ1VfLjpZeb7gIjs+TpNAHPdZIwmFZ6Il&#10;aqX2HwAA6MvqNpYczsob7h+cR4IIZOL2/dUapUsAAHzrNgfc23nxiVVvVJAgm68nJxABAGA3WcV3&#10;ok7WDZptC135QRsiHhL3BIC5CwVG9dEtGST/20eTfEoAAIjD5bUkz/apL2BagDt/jo3k8SXCbhoA&#10;arKKUzufN8S6auo3WKQkgF+EQscAQGN+RaJVb1RI1EqtbG3YE/z+LBzDo9zaKyUpJIDv8iAdZWrq&#10;Ut2OTG2YbpW/5SUTdSQ+z1hKtxbpdsw0zHFjRjdnH09w43G/020lNfEzCdMMxxF9KfGYSCWrAwA6&#10;TnMwiS8RfvqfsESt1Ca+yFSF7Y7OnqhRLMti3DHGdJS+2aQvr99gauwK/26yikcGfvA9vHhWH6V/&#10;szBY2uS3QvEyaH1E0cRvPKFfcrk4kKfusQIAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAEP/qcd8&#10;BgAAfAYAABQAAABkcnMvbWVkaWEvaW1hZ2U0LnBuZ4lQTkcNChoKAAAADUlIRFIAAAArAAAAKQgG&#10;AAAArJXQywAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAABhxJREFUWIXt&#10;mGlQU1cYhs+NpEjYhbCDhB2RXYGKSt0QpTJORS11KRYFq21xqp2iVadSRaUi1VFb7TB1AatYFilY&#10;BopGlE0gEgiLLMFQCEmAAAGCIcm9/YF08HJuSEDG/uD9w/C+5zs88/FxDicIhmFgTJIBsU4rvXpN&#10;Sz4jWNwzYLg55dsQ8D+SmrCZ69CczwhuyWcEt5XUL0elMjIAAJh62pW/azi81K76Rb941xDKivSu&#10;AVTRLOxMaRZ2pjQLO1OahZ0pqU21sDbtaRgqk5PxvoaeltBurXc2rAZDURK3ssm3o7zxfe7zZp8B&#10;rtBiuHdwnkQk1tWk6gj0aSbN+jSTZjNv+zKH9T6ZbwW2Nu1pWFbUhduwbF3i3j14b5Dfa1Jx7UE0&#10;K7Vwx0Cn0BxWN8gTmvFrXnqMfW/h61S0Jm7XVybuNowxT+UxkA5LNOg/pJyBZRa+TkXu21cm4f2U&#10;kO8fl1zIjCECham9rMH/+prD5RW//vXllGGfXck+KGrvtsL7JLKaNCghMgpBEAyf2QZ65aj6cwAY&#10;HZtHscln+9oE1irDDvJ6TUsuZsbAMt99HyZQnSxrYZlziN89lUlfSzY8opEXk3QJABVnln7qdpx0&#10;6JUm3tebb9Tqfyg0lqjObJFDqbaZQfsAt8eC6mzFslnpkWvsRmNom87rIFPUxaKObkt2QVUQM+Vh&#10;BCZH5+DrW/IYwZynrBVKw/KYbC/W3cKdsCwwfvc+sob6MFEtgiDY6lPhB+bZmjYaLZhfg89NPWwr&#10;HIN9M+wCvXL+2B5/H7YHv7rVU+kx+PvYjUQMRSesd964JNV2lWfuZPVOG/zSYKDjZR+0OMt6uWsB&#10;LBO2dDooBduQVRL6T3Hdcryvrk0RrT4ZfkCZPZSVsSvtOcwXsjvtJ4WVSaTqj04kx8OygKNhR7RM&#10;9DunCzheFKqOAOb3snn2k85s+dWcA30cAQ3vm3rZPfPaFfjzdMBeiYZ0+dWtXjwm25vHHP0qZHfa&#10;w9aKuD0WCmGHuvqNShIzjuB9ZA5Jvi4hMgohkdCpQHZWtXg/u5J9sCGrZDMqkyv3R45hiMKFhafv&#10;nJQMiHXw/uKo9ReMXWlVqkK2FDwPKr2YGdNWVBegai0ACs7ZvjYBjcdke8My920Tr9TJxEp9vOPP&#10;/ZdvAAxDFK1DSCQUduoAoOAG07OkvjRysaqGZcXn079TBZT9iBmYE/1LEgwUIZFQl01Lb2+48sXO&#10;yNKfnD449slhon2ITwMEwYhupdr0ojAuo8lHGVBBLcctI/xc2tgnPeNl7uNYHFF4zi3kavS2hVsC&#10;bhnYmb8g6qpiWACAw3qfTGNX64mziWFIwbGb55WBrb5DDx8ZeqWF9ymGOl2brh/6CP//BAq5bpWC&#10;RRR0t72swb/+fsnmyWC5lU2+MH9ZzNbjmkZ6fLyPodjUOgvAaHeNFlozYRk9NvmsTCJVJ6pFZXI1&#10;fk2rJywzcaMxYD6GTrGzAIx2dylBd/s4AlrFtQfRRLWCWo6bbHhEA5YZ2Js3QGGnOgZjcgj2ySDq&#10;bnFi+hFxdz8Vlg3ye02J9iT6dU95ZsekqLsSkVj3ydnUE7CMqHsAANDbyrOD+dPuLACvu+syH3ru&#10;Vt0q2NPd2O6M9/WsjdlkiroYVsP4Le9zmD/tzgKg+GRAZXK1guM3E2A1ho7wp07NHfqnpZfuf4PK&#10;5W/AwZ73/+0XZxA64YEHwOjH9OH5p984+DEMQ5ICDjG76tpcYTVb7x1da7PCPW+8V59ZvCVzd+Jd&#10;IgAKVVdAdbJkaVJ1BaKOHsuOikY/olFQ6cGoaHYBAODh8ZsJ+E45b1yS6hK6LIWoRtzVb8R5wlpZ&#10;l170cXtZg/9bmdkxOW7wS6MusII+T7rq2xYykx/uxvuB8RH7DQlevsoKIZGI72HCokm6W3jmbqxk&#10;cFh7vDdXR7M/gv6jR1BC5F4tY9VeFsgcktwu0Dv7M3q8B1J2Oetr2CJNY/1Ol01Lf4dlGIYhlUm5&#10;+9ER2Xuw3GaVR66ho2UdLJOKJRTWvcLtPU0dzn0v+TZ9HIFNX5uAhkplZLLm3EF1LY0BHUsqh+po&#10;UWviblNpH7Qoi2Ko2wUAAP8CCqWKMu8d7hoAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAI0es6Kv&#10;AQAArwEAABQAAABkcnMvbWVkaWEvaW1hZ2U1LnBuZ4lQTkcNChoKAAAADUlIRFIAAAAUAAAAHAgG&#10;AAAAYdqfYAAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAAU9JREFUSIlj&#10;/P//PwMDAwPD/3//mJ6euW3x+Pg1u9c3nmi/vfVE89vbT6K/vvzg/fX1Bw8HP9cHPmmRR3zSIo95&#10;pYUfSxmpnNIKtF7BxML8hwEJML69/VTt9Kxt+dc3HAv//u6zMAMJQEBe7L5lQVCbboT9QmZWlt8M&#10;DAwMjG0iof8Y/v9nJMUgdCBrpXUoekO9IyMT0z9mZ06tBkoMY2BgYPj0+LU8EyvLbzlLrcOMbcIh&#10;/3GqZGT8zynI8w5Z6Pv7L0LYfMTEwvwnfmebOQsus3glhZ4m7O4w5ZEQfI4sfrhzZeOR7jV16Or/&#10;/fnLcnvnGT8mXAZyCvG+RTeMgYGBwaY0tJGNh/MzNj1vbj7RwmkgLsDIxPSPiZnpL9UMxAfe33uu&#10;SlUD//76w0ZVAxkYGBhGDRw1cNTAUQNHDYQAnLUePsAjKfSUlYv9KzY5AN4JbytWpRAOAAAAAElF&#10;TkSuQmCCUEsDBAoAAAAAAAAAIQAbQyp63wQAAN8EAAAUAAAAZHJzL21lZGlhL2ltYWdlNi5wbmeJ&#10;UE5HDQoaCgAAAA1JSERSAAAAIAAAACQIBgAAAOjrOOIAAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZ&#10;cwAADsQAAA7EAZUrDhsAAAR/SURBVFiF7ZZtTFN3FMbPbW9bWixgASkCIyAgFQSlZMNhpoAgblFB&#10;2IaaLQHjzDIiDBPMPuDcQhgLLHFLBho2gsOB2RwbEXBRQBhgZrsNGK92UkaVt5ZSSt9f//uwyWpz&#10;bymz/bYn6Yee5znn/O7NP/deQAiBu3/K2aVgYV1HYVP2B50TrfdybT0c3CTZhCRW1CHMEnUIshaG&#10;xfwn9biTqV/a5twCMNU5eOibvIoOZ7IUdwAgi5XqbNYtABvR/wCkh9CkMzBlk49i1fPLQQxvzxU2&#10;lzPL2Rb4h6NhyGqlIIQwhKwOLgxhVotl7YxgCKGn7MGrd84IL7cXL0/NRyHr04OYHLY8IoPflnj6&#10;0Gfc+PDf7Ec3H/uw88+fRtIcQdprDWB1Th7ccbamfrrn9/T1uzD0wjuHq1MvvlH6rAA4wN+3ruXN&#10;qu/nh6YSnepCCFNKpGEbWUQmCgDAr1/8WOj08n8U+9pLja4AwM0GE6O34no5IR1ONYen7b6FYYAA&#10;ADRLq1vmfhElMTlseXja7lv2eQ8fTwXL31tqNVtwvULNIZrJ8GIpqQyaYQ1ALnrMM6p1bKLwgYr8&#10;In7BwRrb2szA2H5J/2gKlYab7PPZ9edeBQBYHJneVZ9SOkg082DV6bdjcvY2rwHIJiQ7iYIAANGH&#10;k27Y10KTY3pCk2N6yHo2Ksry1HwUmWnS6j1dtYgUgOXvvUhmSu6N73M7gN/24HEys6e86SPVwvJW&#10;twIE8aN+Zvl7S4lMzeIK99orZf3yh7Pb3QZAYzG0LxZnV5AFVmakYQ0H3hOOtwzkuQUAACAhP6M2&#10;OCm6nyxkVOvYrW9dau66cPUT2xeJywCodJox99r5I37RIWOOwoKatpJvT1S2mfVGD5cCAAAwfTYp&#10;TrZe3P9c8o5eRw3irqHM1jOfNtm/KZ8ZAACA5eu1lHejLJ1/KvNzR02idkF2f/V3ZS4HAACg0nBT&#10;xsenCo9cKTqBe9D1ZI3C2rYS3Yp6s8sBnigmZ29zTmPpUQpONRP5BpXWa6Tpbr7bAAAAwlPib+88&#10;vr+BzJc9eBzjVgAAgLB9cXfIPIV4PpLQwDBEWP8vAEwOW07m4Qwa4Rlh+bKXNgQw/HV3gWzyEeHt&#10;1Cs1PmTNW/mR94nqm7icOZxJ1xF5BpXW2/Y/DgAgvNJeLBfN8njZydfDU+Ju/xvWefWWN5M+pgMT&#10;IgREdQzDkE9ogHiJ4KK632+s1kiVAVQ6btTIVgIw2aRkR11yicMnIJE2h3MfFtyt2kX39NAQ+V0X&#10;vqoW1Nw8t94cynjLwPGNLqfScWNW3buvky0HANhTlFXJYLNW152VpAq6rFOofJ1djlEplvTKgrOR&#10;mYk3HeVoLIYWZ9J14u6hTIcAlxpqp2b6RlONGj3hh6mtQvbw+nIbzx+NyOC3OwMblBh1nxsXNjjd&#10;O5Ju1hlYRBkMIQQWo4n+oE1wTNw9lLkwLOarFxWBBpXOy9PPS+oXHTLmzwsZDUni9UW9/PwPziy2&#10;l0am3DLdM5whHZ2Jl47PxBlWtd4MNnN1W3pC+1/miwppNSs4CgAAAABJRU5ErkJgglBLAwQKAAAA&#10;AAAAACEAM3Z4d5ABAACQAQAAFAAAAGRycy9tZWRpYS9pbWFnZTcucG5niVBORw0KGgoAAAANSUhE&#10;UgAAABMAAAAcCAYAAACDBoQZAAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4b&#10;AAABMElEQVRIiWOcrJP2hAELMIh3nWlTEtKMLr4hpX/l9Q3HwrDpYfn8/J00Nomfn74KYBPHB5hI&#10;1TBq2Khho4aNGjZYDWNiYf5DNcP45cXuU80wISXJ21QzTFBJAqthHx6+UiTVMBZhFamb2CRubT0V&#10;eLhrdb2ctdZBBgYGhv///jG9vPTA8P7BSy64DGP8/uGLwCyrgutfX36QINUlqCYx/mfi4Of+4NqW&#10;lEeRQQwMDIxMjP+YGBgYGDT9LVer+5ivo8QwVg6274z///9nYGCAhMmVVYdiD7WvbP709I0ssYaw&#10;cXN80Qy0WmlTGtoINwwG/vz4xXFx6b7kl1ceGHx89Frh46NXip+evpFlYmX5zcbD8ZmDj/uDoJLk&#10;bVFN2SvSpmrHFe31drNwsP1gYGBgAACkUGaMsdmKYQAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEA&#10;v5mtgZUGAACVBgAAFAAAAGRycy9tZWRpYS9pbWFnZTgucG5niVBORw0KGgoAAAANSUhEUgAAADUA&#10;AAAkCAYAAAApbHJOAAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAGNUlE&#10;QVRYhe1Ye1RTdRz/3W13u26yOWFAsPH0MSUg3iCBHV/4QEDFkkqzNE/qqYyMzNexc9TMkjTRo5Wl&#10;RZopKqLiUbEUUJRAUEAejg0Y74FzL8a2e2//NM6a926Di6nn9DlnZ/d+X7/PZ7/Xfj+A4zgg+nRW&#10;ywILvzqx6ccpGWUPmzp9yOKe1kfZ0uVVevD8B78mb7lan387ydLHAP8AQ1G6/FZdbH1+aUpDfmmy&#10;UtbpZ/YBHIfAM4Cu6qag+gu3U+rzS1M670pDzPbQZQn7LOMGRF3bemx7yd7cjP+S5GBQc7r4tdx3&#10;d//mSCzN/IChKMNW4NMGhmIO86PZD3n+8L+o5wVPfB6Z9AakrfxBZFtZQ7STx2i5MEpcxBMKmp9k&#10;m9AXgldRAADAcRwiW7ohGg0zP7sH+ZYvvbIjwlZRk96A3Nh9er3s+r2pHRWScNRgYlr6uZ4uLcIo&#10;cVHwm1MO+cQHFtiqdXjautKOu9JQR/kBAAADxzC7Q9AyBsMwuq3YPqWGn7N4Z27LzftxZDGqVoWo&#10;5lRRWm1eSWrK92sWjU+MOkUWi2EY3R5Ha/+wzilVq0KUnbi50JYgS2BGE3xm+TfHq3MKXx9OHsM2&#10;p/p61c4/z9p4Q93WIxxMHmZCGXkrs36BaDR04rzY48PBhcbkIBomB9HQYIaRLAjmIFpzHMxmaYli&#10;yg5dXE0oCIJwYZS4OP6zRZv8poXkQ3Qaah2CYxiteFfOJsK22Swtk4NoGAhTT8aPgTD1Zn5MDqKB&#10;cBwHAABQsPnIrtv7z6UTJa0sy/Ib5e0mJStq0huQfSGrmnTdj1ytfVM+X7I2avXcXeb3kqzcT/7Y&#10;kr2TqM7bBV+GuQf7lRP5qk4WvpH33rfZRL55P32cKp4bnWN+H5Y5de/4tSVEgvynh16wFAQAAFGr&#10;k752C/K9Q1Sn6sT1xcPBh7IoHMeh0gPnPyLyhS2bmWVtgyAIHzMj7BxRfM2p4jQMRW2uro6AsihV&#10;q0LU09AqtrYzR45Qe8e9eJUoxyc+8AqRXduldGu5eT+eKifqoloU3kR2z4hxNxksuJ/IxxMJmsjq&#10;aTqV7lQ5URb1SN5NKIrtzO0my7HlM2j6nKhyoi6quduHyI7wR/YS2fUqLe+hrMOfzmQYiPwGjZ6y&#10;KMqbL1lPKWWd/sWZORtUcoWXqq1HpJIrvFRyhZe9njBoqfcUZVHq9l5PIrvkcvlsyeXy2YOt90wM&#10;vxF8px6qNSzxTAw/ntBl0GcjmINoeSKBbJSXq5TnZf52lfG8XKV8XzcJVU6URXGFLoTLMwNh6r0m&#10;TbzGEwlkPG9XqaUAtguPdPUbDlDvKZI9B6JB2MKj6xJpDLqJahuDBeU5xSUZfkZdP7uruimIav2h&#10;gLIonlDQRHZskRTcmUW1/lAwIAoZRbxZ2gPMZukCFrx8lMh3a+/ZDC3Bv/ehYMQg+A2I4vu4k646&#10;pn4jYqtIzIcpOwAE4db2frWOe2Z55u/q9h7CvQwAAFCjCa7OKUrrqGwMtdUG34d8VbTmN7BQ8P3c&#10;H5Al5a7Ycyxixew9AAAAcxDNhOSYE5Z+57GetePnRJ6uO3drvnVuc3HN5B/i1t4LWBiXLRCLqrge&#10;zvJ+dR9X3d7r2VHZGCb9s3JGX6/aOfSdhP1kB0QAAOB5u0ohOg3F0ccvfgo2Hck0avUcOswwaruV&#10;bgMnX6Oun70/dJVMp1AJyAoDAMDYmeFnU7M/Tba2t1dIwg9PW1dqK9cW2AJe1/tVBz1odPpjx30z&#10;suduvu7Ipc7A8IPZLF1s+oKtQyX1wkv+f8WvX7SRaBg6Al33I9fm4ppXbMVM3pC23pFa/1r9QpZO&#10;P+A8Tnh/KKQAACA2fcG21OyMZJYTWzWU/NqzJam2/KLoCUXipOiT9ur8SxSdCRuWXNwaM2HepCFf&#10;VY1NCM9769L2qNFjPOoczYHZLF3I0hkH4jIWbrEXm/zdmrRJ6fO3Wd/KWmJgTlnjwaWyOS0ltXFd&#10;1bLgnoY2MWY0wVyhS3PkysRMcVKM3V8LNZrg7prmwI7KxrD2Ckl4R2VjmKJOHkCHGQYWj63kCl2a&#10;3QJ97wgjxt8YkxCWx+QghFdvZGgrb4iUXKmY1VUtC1bUygOMOj0H4Y/s9Z8akv835g79IoyQ1ywA&#10;AAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAIfs1KbkAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j81qwzAQhO+FvoPYQm+NZIcmrmM5hPTnFApNCqW3jb2xTSzJWIrtvH23p/ayMMzu7HzZejKtGKj3&#10;jbMaopkCQbZwZWMrDZ+H14cEhA9oS2ydJQ1X8rDOb28yTEs32g8a9qESHGJ9ihrqELpUSl/UZNDP&#10;XEeWvZPrDQaWfSXLHkcON62MlVpIg43lDzV2tK2pOO8vRsPbiONmHr0Mu/Npe/0+PL5/7SLS+v5u&#10;el7x2KxABJrC3wX8MnB/yLnY0V1s6UWrIY6TJa9qWC5AsD9PFAMeWasnkHkm/1PkPwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAP4KeZPrAAAAvQQAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzvNTP&#10;agMhEAbwe6HvIHPvurtJNiHEzSUUci3pA4jOutL1D2pD8/YVSqGBYG8enWG+73fycPwyC7liiNpZ&#10;Bl3TAkErnNRWMXi/vL7sgMTEreSLs8jghhGO4/PT4Q0XnvJRnLWPJKfYyGBOye8pjWJGw2PjPNq8&#10;mVwwPOVnUNRz8cEV0r5tBxr+ZsB4l0nOkkE4y9x/ufnc/H+2myYt8OTEp0GbHlRQbXJ3DuRBYWJg&#10;UGr+M9w13iqgjw2rOoZVybCtY9iWDH0dQ18ydHUMXckw1DEMJcOmjmFTMqzrGNa/Bnr36YzfAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMBYtmtwFgAA/YQAAA4AAAAAAAAAAAAAAAAAOgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhABa44+a0BgAAtAYAABQAAAAAAAAAAAAAAAAA&#10;1hgAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0ACgAAAAAAAAAhAFm1cueqAQAAqgEAABQAAAAA&#10;AAAAAAAAAAAAvB8AAGRycy9tZWRpYS9pbWFnZTIucG5nUEsBAi0ACgAAAAAAAAAhAB5aNMmLAwAA&#10;iwMAABQAAAAAAAAAAAAAAAAAmCEAAGRycy9tZWRpYS9pbWFnZTMucG5nUEsBAi0ACgAAAAAAAAAh&#10;AEP/qcd8BgAAfAYAABQAAAAAAAAAAAAAAAAAVSUAAGRycy9tZWRpYS9pbWFnZTQucG5nUEsBAi0A&#10;CgAAAAAAAAAhAI0es6KvAQAArwEAABQAAAAAAAAAAAAAAAAAAywAAGRycy9tZWRpYS9pbWFnZTUu&#10;cG5nUEsBAi0ACgAAAAAAAAAhABtDKnrfBAAA3wQAABQAAAAAAAAAAAAAAAAA5C0AAGRycy9tZWRp&#10;YS9pbWFnZTYucG5nUEsBAi0ACgAAAAAAAAAhADN2eHeQAQAAkAEAABQAAAAAAAAAAAAAAAAA9TIA&#10;AGRycy9tZWRpYS9pbWFnZTcucG5nUEsBAi0ACgAAAAAAAAAhAL+ZrYGVBgAAlQYAABQAAAAAAAAA&#10;AAAAAAAAtzQAAGRycy9tZWRpYS9pbWFnZTgucG5nUEsBAi0AFAAGAAgAAAAhAIfs1KbkAAAADQEA&#10;AA8AAAAAAAAAAAAAAAAAfjsAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQD+CnmT6wAA&#10;AL0EAAAZAAAAAAAAAAAAAAAAAI88AABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAN&#10;AA0ASgMAALE9AAAAAA==&#10;">
+              <v:group w14:anchorId="78290D39" id="Group 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:114.35pt;margin-top:3.8pt;width:75.65pt;height:31.65pt;z-index:251659264;mso-position-horizontal-relative:page" coordorigin="2287,76" coordsize="1513,633" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#13;&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#13;&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#13;&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#13;&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#13;&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#13;&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#13;&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#13;&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#13;&#10;UEsDBBQABgAIAAAAIQDAWLZrcBYAAP2EAAAOAAAAZHJzL2Uyb0RvYy54bWzsXW1vIzly/h4g/0HQ&#13;&#10;xwS7FtmtfjF25hDs3C0O2CSDnPIDZFm2hZMlRdKMZ/Pr8xRfullUVav3btc5A/4wI3u6xH74FFlk&#13;&#10;FYs1P/zh2/N28nV9PG32uw9T8/1sOlnvVvv7ze7xw/S/F3/6rplOTufl7n653e/WH6a/rE/TP3z8&#13;&#10;53/64eVwu7b7p/32fn2coJHd6fbl8GH6dD4fbm9uTqun9fPy9P3+sN7h4cP++Lw849fj4839cfmC&#13;&#10;1p+3N3Y2q25e9sf7w3G/Wp9O+NdP/uH0o2v/4WG9Ov/nw8NpfZ5sP0yB7ez+Prq/7+jvm48/LG8f&#13;&#10;j8vD02YVYCz/BhTPy80OL+2a+rQ8LydfjpuLpp43q+P+tH84f7/aP9/sHx42q7XrA3pjZllvfjru&#13;&#10;vxxcXx5vXx4PHU2gNuPpb2529R9ffzoe/nL4fPTo8ePP+9VfT+Dl5uXweJs+p98fvfDk7uXf9/fQ&#13;&#10;5/LLee86/u3h+ExNoEuTb47fXzp+19/OkxX+sa1m9Xw+nazwqJyZFj87/ldPUBJ9y9qmnk7wtK7i&#13;&#10;kz+G75q5Kfw3q6KghzfLW/9OhzPg+vjDYbO6xZ/AFX664Or6mMK3zl+O62lo5HlUG8/L41+/HL6D&#13;&#10;Wg/L8+Zus92cf3FDFPQQqN3Xz5sV0Uy/gNbPx8nmHlNmXtummc/n6Phu+QxKIUZvnxjHQZT2311S&#13;&#10;3zoF8Wc39Ct7y912c/jTZrslvdDPoT8Y/tnwESjxQ/PTfvXleb07+7l2XG/Rtf3u9LQ5nKaT4+36&#13;&#10;+W6NPhz/fG+8vk7H1X9hzjmtns7H9Xn1RC9/AIjw71Bb98Ah7kES/hNG4tXB1Q0TgzHh3hVHWGEr&#13;&#10;P0hs7eZ2N0hA3PF0/mm9f57QD8AMmG7gLr/+fCLAEI0iBHm3J+Zc49sd+wcI0r848AQ3/Aj0ZHVg&#13;&#10;xk6RaPx2QfWvmql/eVoe1kBJzfZDpmhns6YwM8wkP2L+DZPQiU6Mm1FBPM7qUzqlXUP+CYmN47ui&#13;&#10;0YlpaaowLyPftoJRpelsTc0m5fJ29cXzTdxFjmEf78E2/dPjfQC/QAsPz1tY3X/9bjKb2HpuJ5Ze&#13;&#10;6LjvxUwU+5ebyWI2eYFQNN9dUzbKuKaAFpMoIO4bghnx70NDJPI0CeBTUGUUCqBMK4KCCrq2FqUM&#13;&#10;CiMy6Z8CCvx2DamgsJYmLdmqLUVQbRQjphoZlOGsm6qVqDIp6SQjcmU47baqCxEXGfCukwtjFWSc&#13;&#10;elOXIrKUeZKRkXHuaVjJyFL6F6ZSkHH+TWNEZCn9JCMis5x/FZlNNbCw2rjnGijqRkJmU/5JRkbG&#13;&#10;+YchlTmzqQYWVhn8ZI+TMashS/nXkXH+dWSpBhZWmQFFpgF0UzIWKf8WMiJnBeff1kbmDDuXZAYU&#13;&#10;ygwoMg3MChFZyr+FjIyM82/rAiZWsK5FqoFFocyAItPAzIrIUv4tZERkZcZ/Xcp2v0w1sCiVGVBm&#13;&#10;GpiJM6BM+beQkZFl/NelbM/KVAOLUpkBZaYBmbMy5V/nLONfWyvLVAOLUpkBc64BZWWap/yrS9M8&#13;&#10;479VZsA81cACS724js9zDcylcUauRLeeYN8ga3Oe8d9i4ZFmAG1xutYWc2UGzDMNYA4LVmOe8m8h&#13;&#10;I44z2jslttFiWyciq1INLCplBlSZBmbiulml/FvIyMgy/pu2kZGlGlhUygzAFiztp0FjAmdVyj/J&#13;&#10;yMgy/hss/ZI2q1QDi0qZAXASGDKMIQFZnfJvtHFWZ/w3lbwG1KkGFrUyA2quAWUXVKf8q7sgONNp&#13;&#10;L62KLNXAolZmQJ1pAJs9ibOUf6w6sjYbzr+KrEk1sGiUGdBkGpC12aT8q1aj4fwDWSWOsybVwKJR&#13;&#10;ZkDDNVDMxJ0jxT46C0Qy4gxoMv6bSrZnTaqBRaPMgJZroLCiPWtT/klGRNZm/DdzeW62qQYWrTID&#13;&#10;Wq6BohD3Z23KP8nIyDj/tsE2QrIabaqBRavMgJZroMDGRZgBbco/yYjIzIwrwDZWNhtmlupgge/J&#13;&#10;S6eZcS0ovJlZqgSVODPjWrCN4gi7aEQ3eAFPmQlmxlWhDDgzSzWhjjgz46oAvLmoWDNLtQF4ynQw&#13;&#10;mV9cgGZBt4Y5xiQkKzf3jBsjzwiKY/VTf2FU39hk6pCNr0EYqG9Otb4GEUa+MGjsIbjTtwd4ysQw&#13;&#10;JlNHKQZgjEmVYSEks5f7yOrY406y0bxkY/nUsHBaJeUyP5mEFHiZLhorLxGGe8pGc5VN5ivbmRyT&#13;&#10;sakySEiBl+lCs3nGptpAWEabGhcOs8xekdopdYdpcpdZWywM95nxPcXuXXjNMnsFmxoqe0U+NZRV&#13;&#10;1nDH2Wies8ldZytuNU2RKsNCSFZu7jxr2xPDvWejuc8m959LcbU13IGGkAIvnxrKXthwF9poPrTJ&#13;&#10;nWjF7nEvWtt1mjKfGiq8VBsLfE8Ze7knrcUs06mhbtdN7kurM5c70/ieBo+rw6C7kt1j/jQJycrN&#13;&#10;Hepmptg97lEbzaU2mU9t4HmI8FJlkJAML/eq60beHxvuVhvNrzaZY624r4Z51qr/aiquC1vDN5W2&#13;&#10;oqZKDRVi0tqGKvOuKdogscfcazUkYapsatSVHPvCYQDbEmgetslcbHK4JHjMx1a9MpM72Sp73MvG&#13;&#10;95SpkfnZhRFjE3D6k96SkDz2ck+7bhT26nQNX9BgFuNgJnO2C0xxkb1UGSQkw7twt5XQPk4tku4u&#13;&#10;jOZwm8zjLhTlMpebhBR42dRQ7R53uo3mdZvc7YY2JPa43w0hBV42NbTQk+Get9Fcb5P73gp73PlW&#13;&#10;2bvwvpWYneHut9H8b5M74MrY4x64OvbabEPVIg4u2j3ugxvNCYeFjWPUHdEqXrgZ54YjlYi1ZrUo&#13;&#10;MbJ0oiCdruJ78sxFCD/KeXiyYcG5TRRDc6phwTY6ivnzaC28bikpoHfDafstGhabueGKWcaBV9Ic&#13;&#10;M8vIgujO8pdPPoUCh/7fduF8Hz9NlpQENnNZFof9iRJ8FmAP2QKLmMEDKUoGUITRFxKOmQXDwjCB&#13;&#10;JAzP3CdzDEuTw+3EXcIEOnNFHDw48XZU6+SQkjg8yTFgyEF04uN6Sg4bicPTGtM6OVBOfFxXyaFx&#13;&#10;4uO6Sg4GicMzGAOGNvxOfFxX6SCLxHEINaZ12hA78XFdDVktCxzXjGmdNozUOnZ6o8RDV7HzGiUe&#13;&#10;uoqd0Bhx2uAQGOxMRokHrdbjukobAGodK/eY1mlBduLjukoLJIljZRvTOi1YTnxcV2kBceLjuuoC&#13;&#10;qyRPIdExcFyo039hXHdd8NF9Yaxx6qyTz+e6bp4oQOffMLLT0UKZkSbKBbHcGxB+GsVStFJmpJly&#13;&#10;gR73BoRoRr0hWioKmoz6QrRVFMYY94Uwrg0CC+O+EEY2slXHfSFaLONzYa9rOtosM9JoOTfX0TrS&#13;&#10;bDnH039hZKfJFXRfGGm6TLRd5FaNopXcJf+GkZqO9suMNGAmWjADZ2AUpGjDzEgj5rbdrg/YMI96&#13;&#10;Q7RjtIUd8wW3NaU30KZy3BfC8KZtXvIFPwjDPo7yZPPk+eN0guT5O/oOkmaXZ9r+xR8nL0gGpRjM&#13;&#10;k08KpX9/3n9dL/ZO4ky7QHIZADRm6PaPt7tUjAIviVh8GD8Prq1gBGKP48P46YXooAMtNaGX8WH8&#13;&#10;9ELADJnO4saH8TMVsjjY8YTFp/HTS1E8EG2NFINZGmqMyERj6OiQVJhTiFsPSYVhjmjvoJSn60pb&#13;&#10;mRYjA702PRduMBCxOILzL+0l4neCJAUgIelTdjEK4+P4GcQoCE2EDKvTBmuPg4ahvlLuL7UWwcV3&#13;&#10;xc/wTjoXhNSVVwYpOr0cfmcYax0l8W3xM7yVTi3xVtOtiPF5/IxynjiEWAffa4JJMZ2hju3ET98e&#13;&#10;WU33Xn8NQ9WEC+4RvmvthZl8FR9Fgl1/y+F+hEXwGs8uskxai5YmdjN+hu4GeHj7kNZcyBOtdZuH&#13;&#10;2Er85ORdGZ5RF1dacw49Xtqt9vFl8TOOAD9SsO4NdcH+ygF6hZA4TAbfaYIPh1cPQYsbzCvT1Z28&#13;&#10;g48rNsKlGUCsNzqRr/gZlEUH+SSHM5dhdN4kUkhxUC5a/iszO86w/tpExBU/g16DdcIx7+B7o7G7&#13;&#10;hs8G/xsR5+H2gim+xsulcff4YTJoX+Bv1cQNAu0rkkshp/12cx+vJ52Oj3c/bo+Tr0tc1GsqWLxo&#13;&#10;ApiYchUn3mTxN2Xu9ve/4BbRce9v++F2In542h//dzp5wU2/D9PT/3xZ0vWu7Z93uKDT4tgR9vjs&#13;&#10;filxHQu/HNMnd+mT5W6Fpj5Mz1OEt+jHH8/4DV/5cjhuHp/wJuMCXrs93cp52LirRYTPowIj9Avu&#13;&#10;CL3SZSFrbW1tSxm1/rLQz5vdeoI8EgxjQoJrRT/u/O0/hMDY7b/kYST4+tWsNmy9/QBb3sabQmCI&#13;&#10;7gkV3d40XhiMl67Cvawt4DkC450hGkrh6hbtINm9LNpsFrZAFhA9YiNl5ICipj8tT09+4LkWiJnl&#13;&#10;La5e7u7dT0/r5f0fw8/n5Wbrf3aLYtCmvwXWK5ksxOtqGXYOST+WguwXV8Lc1jio+je7ElbMKC8c&#13;&#10;CvUrTq9nMhzuQhj2GsRDvKXJ535UbhJE7i9oYagkadHFrC0m7nVOG70Y3t9HuikM713o9BYXj8Ej&#13;&#10;V2OCE6usGWx1umZIAoc/HnraEA+/FzOcikqQ0PeuLXcd7BISNJR0ToaEHWnXjAopO/6APkRI2Bd0&#13;&#10;bbnLYJeQaFOQYrKlQBPLeKMcJpGnLOGNOBJRZfludDor4OKs47bbpfZYphskZFScdFV9WZobHcoK&#13;&#10;qDjxyC4QUKWsQ0JERetMQrs6znl2m0tuu0SVpbaJqFhem4qKk07XTEUN8qQ2jAeJqyyjDRP5kiuW&#13;&#10;zgYJmStOuo4qJd5f/brkKktkw85TgMXS2EhExJVlsak65ElsLodNwMWpl20Dy19TjUOWvga+ZINF&#13;&#10;0ZPePLjkNQFXRn7dSnylzBcQEfnK8tZgH2Rc5Lv3uFzW2iWuLGeNXno5vChY0LWk4+LU67i4hZdH&#13;&#10;fZasBu9YwpUyTyIyXxn1mh6FC1+XfF1kqUm4+HUvDVeWoqaOL56hhuQAyUpkt71kPaI7ih6xxXg/&#13;&#10;idaO0OM5z8hjnveTaI3I3+QkGkMVTtbfEVmnWUCBdexQyUnpI6k+XEAWEXtyP/Xxsv45DyvQNi2V&#13;&#10;i0/jp28N+xMIXYkVe6Er8fDwvuEIUAA/LES2AqC6g9SIOH565EHqSmwtZyu2sdruT2vnJfT8hXY9&#13;&#10;b8FBGCA4l4tNx0/fnJfCSZJ3lOLD+MneOU6qRxYbiZ0B2PeIzLWIDFWgwZ83UzyobeAcVyiDFd3+&#13;&#10;z7F2kHNzqTtUNuYfvHZQcMlfp3ZQ4bL/yYT4EHIfuXAPfC2beJqoxKh+n9pBpC38eTODD7Hktp2V&#13;&#10;5GpkhavcIcQbGXxO1YgdHl+jcFVRWGzo3eBz0bFk8FE0wA++GJl/H3w0hFhBs74GlpkXSFQpZ3RP&#13;&#10;Oxt9bgPxRkafC8O/2ugr4R7T6Mtj8wUFvnx0Pg/axtD726+ahku1VDHLUi5RchLiNl8hOv6bHoRg&#13;&#10;ofH7Z5+d1k/1ONG7I0xlov/6k5CiCX7BP+ZJCM1J/HkzCxyi3MhQK+eUPcRtjDsXfyMmxmWbvZaJ&#13;&#10;sUUo4FniOopzoeL5H6VQhgXufXc1oi5oixpiSNegW4B87DkL/UbGntvKvNrYm9MdRyxvtCVlY8+S&#13;&#10;p+82V8iS8762YnN/n519OAsOhg+//S5VQefNnCqDYnnxA6avCuro+K1PgFFExZ8Alz43pV/g3L07&#13;&#10;RzfuaHG60/yPX3EGbBsqddn4UFR6LsuOCegMOCTApDLQfXLMVrb1pPS5SKlQekpAIhSNd+BTIX5I&#13;&#10;ADwyqDRS7U6BBVD8RFIBheHcHV2ooPgJgQoqPZ5x58ACqOwguMbRn0AVOwkmGZGr7CRY12DKvC8K&#13;&#10;KiHj1GvIUuZ1ZJx7HVlKvy8KKiHj/CuaZBVPVFVmJ8JAhpv1wqgXToQFZNmRcGmNpE12KEwyojYt&#13;&#10;5x8Vq3GxWUKWasAXBZWQcQ1gjInIUv5JRkbG+bcwgjIyNgFckRMBWXY0rCBjZ8MqsuxsmOgSkQln&#13;&#10;wxIyroESRbjwZr/O9Tkx7HSYZETOstNhHVmqAV8UVELGNYD9sogs5Z9kRGTZ+bCqTeF8WEBGy35q&#13;&#10;+pG1I3DGTohLyMjIOP+YAbLx5xVNXEETCVk2AxRkKf86Ms6/ajWEM2IBWXZIrGiTnRKr2sxOiVVk&#13;&#10;wimxhIxrQLFn7JxYtWdZDZNiZlF1TbBnvISJq2AiIeMaUNYAVhRUXQPy8iVti8rjAjJevcQVLxGQ&#13;&#10;ZbVLFGSsdImOjPNvVWRsDXB1SyRk2QxA7okwN1nVEuzr5bmZFy1pS4Wz1Ab5oqACsqxiSYmsBQEZ&#13;&#10;rjwkmzNf9uByx5jXK9GQ0e2dbqvni4JKyLgGFG2yWiWqNhEDTG2jbQsjjjNeqcQVKpGQjZoBuHzc&#13;&#10;91JFllcp0ZBRonHPmatRIiCjkGeyBsyLUtIm3WTo2iIZcQ3Ii4Jq2uT1SVx5EgkZ14CGLF0DdGSc&#13;&#10;f6siSzXgi4IKyLLCJBXqXgkzgNUlIRmRs7wsSavsz3hVEleURELGZ0CFuj4SstQCkYyMjPOP5Gl5&#13;&#10;54iYaj82fFFQCRnXQNWKuyBWjYRkRGQXRUFbpLZJi4BYFFQAlxcFrZEOKPDGi4KSkAKPawH1L+Wd&#13;&#10;rVgUVITHVUH/5YAIL9UECSnwuCpQSVdWrLuX3836hS8KKsG78ItleJljrMHLPGPsPeSdpFgUVITH&#13;&#10;1aE5xyxVWveOs6KggCc7oSbLlnZFQUV4XB01ChtLymUuMgnJys18ZB0ed5J9UVAJXuYmV6h7J8Fj&#13;&#10;fjIJKfC4LgbgpTYKcQ9KJRXh8alRoQ61CC+dGiSkwOO6ADx51ReLgkrwModZY495zDp7mcsMw6KM&#13;&#10;Pe4z+6KgIjyuDhVeqowBeFwX6g4YadnpkuGLgorwuDqqSp4arCgoCcnKzZ1nbYMuFgWV4GX+s7JD&#13;&#10;4UVB1S0KbtlFUnxFLM3nEouCivC4OlR4qTIG4HFdYGrILqG7z5qsGtj4yDM396TlwDNVCum3F2xT&#13;&#10;jJS998RmLR/3PbFZY+a9xJbGTCxU05UrGC76FsvUjKxSE4vUvJfYuij6R0UTcTCLLXY8fx1m/r3E&#13;&#10;lj82vcLSe4ktd8HYsYTFEp9/x9UK2mH4uxX+NrmS+9/Vh+qfx1R7ltQfE+niw/iZCuFafjgfj0/j&#13;&#10;p5ei+DmmzUixDllspEcYmsMGDM11dyf65/EbXi6c6w9fxCBnF40NC426HOKF8FI/5iOW+Okxhdfh&#13;&#10;pGBIijasAHVFKt4OGX6jdtOkZy0gCzWVOvp7gawLoWpNJxgfx8/QXhDD3dmhrrr/IQV99TkRGP2x&#13;&#10;lfgZWqMKrhC78tJQzWycFJzVUdDGyiFpbLi9oHyL04xBSsKeEP8LzLBcqBmGmPewXKi8dXmpJuOY&#13;&#10;zgLA8VW5kH57bT6joHVo70o/ohxGzCAvndyVIUXxeerHtfaohv0YuTiS4eIM4gtyV8dLmGlj5bLR&#13;&#10;/H4DakRNmreWo2urZlZX+I9SYtbb53ADyq2sbyRN0k3f10qTRPULb65KVIvBtEzy9ujiur+DEg3j&#13;&#10;q6ZJvrWxV5Szqp7XVJudp+i65fGNjL2Q5PhK959cJi6WjosU3YLK+f8/puiiXtPj7csjqnJR1A1V&#13;&#10;wp42q0/L8zL9HT+/HG7Xdv+0396vjx//DwAA//8DAFBLAwQKAAAAAAAAACEAFrjj5rQGAAC0BgAA&#13;&#10;FAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAAACsAAAAkCAYAAAAQC8MV&#13;&#10;AAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAGVElEQVRYhbWYaVBTVxTH&#13;&#10;bxJC2JckQNi3ILtGQGQRUMpSt1EBS2esQwGdVqFqsaJ1ptaZ2lZsZ1wAqQsyiriLgGiRKkVR9n3f&#13;&#10;wyZJgBAkIQtZXj8oHSbeFxLA/6fk/O+57/fOu8k972J+I0UhACJ1HU3u4YEbejAPAAD+OZ51vvby&#13;&#10;0wMwb2vGd7vddgbeRMtdrLCLSRJwuMSmnJJ4mEe0N+t2ifC/vTQsuBYFW3e1KFE8I9SGef6HI05h&#13;&#10;cTjp0rDgUhlWLBBp1mUWJcI8Q3vTHpfIdbeWjgWXyrDNt0tj+RPTRjDPPynyk1UVABVhZVIpriaj&#13;&#10;MAnmGdpRel2j1uUsDxZcKsF2Pa6K5NCZ9jDvU1cVAADUVBlclVZwBBY3tKX0uUYFKFVVLnPSbOhN&#13;&#10;2/rRut61E10jLgIOlyTk8Ih4bQ2eoS2ll2hn2mPsbtPossPvjvzNKw07UNYSzGjs84J5fkkRp7Bq&#13;&#10;OAlaLoIgmO6n1dvrrxXvHyxrDUZkMugTnegcdp37XJVWcCQ8JT7BYq3Tm7mY0sugKrUgGRY3tKX0&#13;&#10;LbQBNOeUxOXG/Jk78LI5BA1UXmOtA6uyt5woKz+be1wl2LG2wZX9JY3hMM/v+4hfFVUVAABsN6wq&#13;&#10;BhgMdKdUKATBvP7j/s/s3reOSsNWpuZDq2pgY9Lv9kVg9kL5eubkYdPV9jWqkb6XdFaiXnz0WhoA&#13;&#10;SqzZdyPjVh155dEwT5mqzslpq89DRn2vtyZRl00N8yw09aBWE+0oPQR97Sn++Dvj0boen5q/nhya&#13;&#10;nRHqyOcOvGwOoZc2hS4IW51RmCSTSD8aZ2BtTHePDrqhDCgAADhv97ura0Yccd7mdw92g9Qwzyeu&#13;&#10;UQE51zYkN0iEsxryPqtlYLXCZSCY4hk23SzZA/N8D0X8pmxVAQBA39Jo0DUy4JaiHJKDeSctJuQS&#13;&#10;zOPQmVSFsPWZzxJgDYu+lfGA+5dB15UFVUUmbjaNsPhkH8MBFVYqlqjXXoH3q9Qwj0IcXk28XIDz&#13;&#10;pU3WH4PFOXQmFYPWfKtpqAs1iboT3FG2hbynSdRl72+4aK2urTGzFDCpWIIfbx9yZzT2eTGb+r0Y&#13;&#10;jX1e4x3DbjKxBP/RYAwGQf2BYdVw4tUxoZde/X7nF3lPMMklNWW/2Lvm283nFgMpmOSSaq8WJdZl&#13;&#10;FiUK2NNkpZIQBKNwzdJ2f3YFi/K4qzMKk6SwCigQl8E2Lz6WmZpO2zf0+sy9k0qDfpBCWG1jA5bj&#13;&#10;Fu9cmDf9dsKy7UHZLmUvxGdPk3O2nSytu1qUKOaLtNDGYbBY2aJgAQDAM+7zdDSvMrUgGUEQzEJz&#13;&#10;SISzGg++Sing9DOpMN/Cx+l12Jk9CV8/P+0Vcf2HCLR5FtwULH2dy4xcrFrG24fc5T1294hzz981&#13;&#10;21Zs8s5TNMfjhLQbb2u6feXjmiS9iU1nv9k7P5/H4pihzaNUb+ARG5aB5lVcyD+qKJfPniZ35lfs&#13;&#10;hHnyoAAAgEhlOLS5lIJ12xmYTdDVmoZ5o7XdPoNv2taj5TIa+tbA4jZBK5/DnohsqbDqOpo8Rd1V&#13;&#10;5fm8Y2geo6EXCmvibtMAiy+5sgAA4BEXdhHN6y9pDGe10GkwD62yJAfzTlh8yZUFAACyo2W7lb9r&#13;&#10;KZpfcQFeXbQfDKyTAwAARLYMsAAA4BEXjlrdzoLKKNibL4lqBq0gp5/pAIsjMgSVSSVYx83ej3RM&#13;&#10;DBnQi0hlONjbL9nJsg02vvX+q92zPMFHjfayrFkAAMCq4SS0mJDLaH7L3ZcxPBaHogzszNiUSd7e&#13;&#10;c3dnxt8Zz48r2sJRuy60I08uc9LsIm3/INqa8zmwPWXDiV3/r1+JSEzICk6un+gacYGNx2sR+GQn&#13;&#10;y1YDa2O6kMMjjlR3+aNtxyqfdelSiKMOG9fko/kNWcX7hNMz+nPf1Qh40Zb0xBi0NwQxX6TFqO/1&#13;&#10;7nhUHk0vbQ5V1Dcs6sjTMz4ctV8Qcfl6DVnF++bHTGn2tYE/Rv+0qNfxD8JgscodOMjLep3bv6QV&#13;&#10;Fh1ofs3lpwclIjFhfsz34I7TsS9SPG0C3V+oCmkXTHsWW5LigalKL4CeCuIIeJFnPHrHNVzREYC2&#13;&#10;OwEAgONWn4f6lkaDMI9e2hQ6VN4eNDXAsufQWfZTgyw7EVegp65FmMFra/B0zUgjRk4WbZRVdnUr&#13;&#10;Nnrn6VDe/wP9B5x/mydiUcN2AAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQBZtXLnqgEAAKoBAAAU&#13;&#10;AAAAZHJzL21lZGlhL2ltYWdlMi5wbmeJUE5HDQoaCgAAAA1JSERSAAAAEwAAABwIBgAAAIMGhBkA&#13;&#10;AAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAAAFKSURBVEiJY/z//z8DAwMD&#13;&#10;w5+fv9kfHr7i9PT0TavX1x/rvL3zTP3nx68CP7985/v35y8Ln7TwY34Z0Yd8sqIPhVWkburHOM3h&#13;&#10;FOR9x4AEGF/ffKx5csqm0hubToT8+vKdl4FIwM7L9cksy6fXNNOnn52H8zMDAwMDY5tI6D+G//8Z&#13;&#10;iTUEHQgqS95O3t9twMrF/o2JEoMYGBgY3t99rnqgZVk7xGXCIf9xKWThZPvOysn+Dcb//e0n958f&#13;&#10;vzgwFDIy/o/d2mzDgssgw3jXme7dKVmMTEz/YGJPz9yyWOJTd/jfn7+o+v7/Z7yz84wvEy7DhFSk&#13;&#10;biIbxMDAwCBtonZC1cNkEzb1b+88U8dpGC7AxMr8G6tht59pkGwYLvD+/gsVqhn27/cfVqoZxsDA&#13;&#10;wDBq2Khho4aNGjZcDMNZO+ECnIK8b3klhZ5ikwMAWGhxVWPUeTEAAAAASUVORK5CYIJQSwMECgAA&#13;&#10;AAAAAAAhAB5aNMmLAwAAiwMAABQAAABkcnMvbWVkaWEvaW1hZ2UzLnBuZ4lQTkcNChoKAAAADUlI&#13;&#10;RFIAAAAQAAAAHQgGAAAAo23svwAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsO&#13;&#10;GwAAAytJREFUOI2VlGtIk2EYhu/v25e6Wi6XszadIzcdU4uZZY0gEjO1ohNG2Z/IsiOVkBjYAYMO&#13;&#10;iD8GSZEdFREprBQ7aJIks6mVmlpqOs1czM3Vmi7z0PTrT8qqvZr3r5fnfu7rfR54eSmWZeGswT7b&#13;&#10;gsb8ir3md90q87tu1YDBInX3nN3PW+DVK1oqfyWLCnsaGLesmOZwxgCAcga0FldvL0u9eXXo64A3&#13;&#10;ppCnr7chJnPfIfm68MeTAG3G3XNVmYVnpwo6y4M/x3b8wy0hDQCW1p5QneZh2v+GAUCxaWUhzXAc&#13;&#10;NACUpty4Nu4YY2YCCN2+Og8AGLvJKv5c27bKVZNPiLRp6+0T8TRDOwBgxD7k+Tr7cXJP1ftIiVqp&#13;&#10;BQDG0moIJd0SpzmQJJCJOpxrG7OO7LHqjUEURbEAQH9pM4SQAG48rt1VXSAXt0+c6dHBYR4JYPto&#13;&#10;lpG8ScD8QN82klmf8+zQtACfYP9mktlZXr++8kLBhWknWLRmSTmpQad5kPbo6JU7P4dGuK58imVZ&#13;&#10;GOs6VuTGnqoGy1IkkDDYv3lbTso2QYBI/8cEACAOD6xdczphypdoaelZnLsu7VVXxdsY5zonPT0d&#13;&#10;ACBZqawa+moX9jboI0gQx/Aot+X+y13eCr8Wb4WkZXIFZ1VfLjpZeb7gIjs+TpNAHPdZIwmFZ6Il&#13;&#10;aqX2HwAA6MvqNpYczsob7h+cR4IIZOL2/dUapUsAAHzrNgfc23nxiVVvVJAgm68nJxABAGA3WcV3&#13;&#10;ok7WDZptC135QRsiHhL3BIC5CwVG9dEtGST/20eTfEoAAIjD5bUkz/apL2BagDt/jo3k8SXCbhoA&#13;&#10;arKKUzufN8S6auo3WKQkgF+EQscAQGN+RaJVb1RI1EqtbG3YE/z+LBzDo9zaKyUpJIDv8iAdZWrq&#13;&#10;Ut2OTG2YbpW/5SUTdSQ+z1hKtxbpdsw0zHFjRjdnH09w43G/020lNfEzCdMMxxF9KfGYSCWrAwA6&#13;&#10;TnMwiS8RfvqfsESt1Ca+yFSF7Y7OnqhRLMti3DHGdJS+2aQvr99gauwK/26yikcGfvA9vHhWH6V/&#13;&#10;szBY2uS3QvEyaH1E0cRvPKFfcrk4kKfusQIAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAEP/qcd8&#13;&#10;BgAAfAYAABQAAABkcnMvbWVkaWEvaW1hZ2U0LnBuZ4lQTkcNChoKAAAADUlIRFIAAAArAAAAKQgG&#13;&#10;AAAArJXQywAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAABhxJREFUWIXt&#13;&#10;mGlQU1cYhs+NpEjYhbCDhB2RXYGKSt0QpTJORS11KRYFq21xqp2iVadSRaUi1VFb7TB1AatYFilY&#13;&#10;BopGlE0gEgiLLMFQCEmAAAGCIcm9/YF08HJuSEDG/uD9w/C+5zs88/FxDicIhmFgTJIBsU4rvXpN&#13;&#10;Sz4jWNwzYLg55dsQ8D+SmrCZ69CczwhuyWcEt5XUL0elMjIAAJh62pW/azi81K76Rb941xDKivSu&#13;&#10;AVTRLOxMaRZ2pjQLO1OahZ0pqU21sDbtaRgqk5PxvoaeltBurXc2rAZDURK3ssm3o7zxfe7zZp8B&#13;&#10;rtBiuHdwnkQk1tWk6gj0aSbN+jSTZjNv+zKH9T6ZbwW2Nu1pWFbUhduwbF3i3j14b5Dfa1Jx7UE0&#13;&#10;K7Vwx0Cn0BxWN8gTmvFrXnqMfW/h61S0Jm7XVybuNowxT+UxkA5LNOg/pJyBZRa+TkXu21cm4f2U&#13;&#10;kO8fl1zIjCECham9rMH/+prD5RW//vXllGGfXck+KGrvtsL7JLKaNCghMgpBEAyf2QZ65aj6cwAY&#13;&#10;HZtHscln+9oE1irDDvJ6TUsuZsbAMt99HyZQnSxrYZlziN89lUlfSzY8opEXk3QJABVnln7qdpx0&#13;&#10;6JUm3tebb9Tqfyg0lqjObJFDqbaZQfsAt8eC6mzFslnpkWvsRmNom87rIFPUxaKObkt2QVUQM+Vh&#13;&#10;BCZH5+DrW/IYwZynrBVKw/KYbC/W3cKdsCwwfvc+sob6MFEtgiDY6lPhB+bZmjYaLZhfg89NPWwr&#13;&#10;HIN9M+wCvXL+2B5/H7YHv7rVU+kx+PvYjUQMRSesd964JNV2lWfuZPVOG/zSYKDjZR+0OMt6uWsB&#13;&#10;LBO2dDooBduQVRL6T3Hdcryvrk0RrT4ZfkCZPZSVsSvtOcwXsjvtJ4WVSaTqj04kx8OygKNhR7RM&#13;&#10;9DunCzheFKqOAOb3snn2k85s+dWcA30cAQ3vm3rZPfPaFfjzdMBeiYZ0+dWtXjwm25vHHP0qZHfa&#13;&#10;w9aKuD0WCmGHuvqNShIzjuB9ZA5Jvi4hMgohkdCpQHZWtXg/u5J9sCGrZDMqkyv3R45hiMKFhafv&#13;&#10;nJQMiHXw/uKo9ReMXWlVqkK2FDwPKr2YGdNWVBegai0ACs7ZvjYBjcdke8My920Tr9TJxEp9vOPP&#13;&#10;/ZdvAAxDFK1DSCQUduoAoOAG07OkvjRysaqGZcXn079TBZT9iBmYE/1LEgwUIZFQl01Lb2+48sXO&#13;&#10;yNKfnD449slhon2ITwMEwYhupdr0ojAuo8lHGVBBLcctI/xc2tgnPeNl7uNYHFF4zi3kavS2hVsC&#13;&#10;bhnYmb8g6qpiWACAw3qfTGNX64mziWFIwbGb55WBrb5DDx8ZeqWF9ymGOl2brh/6CP//BAq5bpWC&#13;&#10;RRR0t72swb/+fsnmyWC5lU2+MH9ZzNbjmkZ6fLyPodjUOgvAaHeNFlozYRk9NvmsTCJVJ6pFZXI1&#13;&#10;fk2rJywzcaMxYD6GTrGzAIx2dylBd/s4AlrFtQfRRLWCWo6bbHhEA5YZ2Js3QGGnOgZjcgj2ySDq&#13;&#10;bnFi+hFxdz8Vlg3ye02J9iT6dU95ZsekqLsSkVj3ydnUE7CMqHsAANDbyrOD+dPuLACvu+syH3ru&#13;&#10;Vt0q2NPd2O6M9/WsjdlkiroYVsP4Le9zmD/tzgKg+GRAZXK1guM3E2A1ho7wp07NHfqnpZfuf4PK&#13;&#10;5W/AwZ73/+0XZxA64YEHwOjH9OH5p984+DEMQ5ICDjG76tpcYTVb7x1da7PCPW+8V59ZvCVzd+Jd&#13;&#10;IgAKVVdAdbJkaVJ1BaKOHsuOikY/olFQ6cGoaHYBAODh8ZsJ+E45b1yS6hK6LIWoRtzVb8R5wlpZ&#13;&#10;l170cXtZg/9bmdkxOW7wS6MusII+T7rq2xYykx/uxvuB8RH7DQlevsoKIZGI72HCokm6W3jmbqxk&#13;&#10;cFh7vDdXR7M/gv6jR1BC5F4tY9VeFsgcktwu0Dv7M3q8B1J2Oetr2CJNY/1Ol01Lf4dlGIYhlUm5&#13;&#10;+9ER2Xuw3GaVR66ho2UdLJOKJRTWvcLtPU0dzn0v+TZ9HIFNX5uAhkplZLLm3EF1LY0BHUsqh+po&#13;&#10;UWviblNpH7Qoi2Ko2wUAAP8CCqWKMu8d7hoAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAI0es6Kv&#13;&#10;AQAArwEAABQAAABkcnMvbWVkaWEvaW1hZ2U1LnBuZ4lQTkcNChoKAAAADUlIRFIAAAAUAAAAHAgG&#13;&#10;AAAAYdqfYAAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAAU9JREFUSIlj&#13;&#10;/P//PwMDAwPD/3//mJ6euW3x+Pg1u9c3nmi/vfVE89vbT6K/vvzg/fX1Bw8HP9cHPmmRR3zSIo95&#13;&#10;pYUfSxmpnNIKtF7BxML8hwEJML69/VTt9Kxt+dc3HAv//u6zMAMJQEBe7L5lQVCbboT9QmZWlt8M&#13;&#10;DAwMjG0iof8Y/v9nJMUgdCBrpXUoekO9IyMT0z9mZ06tBkoMY2BgYPj0+LU8EyvLbzlLrcOMbcIh&#13;&#10;/3GqZGT8zynI8w5Z6Pv7L0LYfMTEwvwnfmebOQsus3glhZ4m7O4w5ZEQfI4sfrhzZeOR7jV16Or/&#13;&#10;/fnLcnvnGT8mXAZyCvG+RTeMgYGBwaY0tJGNh/MzNj1vbj7RwmkgLsDIxPSPiZnpL9UMxAfe33uu&#13;&#10;SlUD//76w0ZVAxkYGBhGDRw1cNTAUQNHDYQAnLUePsAjKfSUlYv9KzY5AN4JbytWpRAOAAAAAElF&#13;&#10;TkSuQmCCUEsDBAoAAAAAAAAAIQAbQyp63wQAAN8EAAAUAAAAZHJzL21lZGlhL2ltYWdlNi5wbmeJ&#13;&#10;UE5HDQoaCgAAAA1JSERSAAAAIAAAACQIBgAAAOjrOOIAAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZ&#13;&#10;cwAADsQAAA7EAZUrDhsAAAR/SURBVFiF7ZZtTFN3FMbPbW9bWixgASkCIyAgFQSlZMNhpoAgblFB&#13;&#10;2IaaLQHjzDIiDBPMPuDcQhgLLHFLBho2gsOB2RwbEXBRQBhgZrsNGK92UkaVt5ZSSt9f//uwyWpz&#13;&#10;bymz/bYn6Yee5znn/O7NP/deQAiBu3/K2aVgYV1HYVP2B50TrfdybT0c3CTZhCRW1CHMEnUIshaG&#13;&#10;xfwn9biTqV/a5twCMNU5eOibvIoOZ7IUdwAgi5XqbNYtABvR/wCkh9CkMzBlk49i1fPLQQxvzxU2&#13;&#10;lzPL2Rb4h6NhyGqlIIQwhKwOLgxhVotl7YxgCKGn7MGrd84IL7cXL0/NRyHr04OYHLY8IoPflnj6&#13;&#10;0Gfc+PDf7Ec3H/uw88+fRtIcQdprDWB1Th7ccbamfrrn9/T1uzD0wjuHq1MvvlH6rAA4wN+3ruXN&#13;&#10;qu/nh6YSnepCCFNKpGEbWUQmCgDAr1/8WOj08n8U+9pLja4AwM0GE6O34no5IR1ONYen7b6FYYAA&#13;&#10;ADRLq1vmfhElMTlseXja7lv2eQ8fTwXL31tqNVtwvULNIZrJ8GIpqQyaYQ1ALnrMM6p1bKLwgYr8&#13;&#10;In7BwRrb2szA2H5J/2gKlYab7PPZ9edeBQBYHJneVZ9SOkg082DV6bdjcvY2rwHIJiQ7iYIAANGH&#13;&#10;k27Y10KTY3pCk2N6yHo2Ksry1HwUmWnS6j1dtYgUgOXvvUhmSu6N73M7gN/24HEys6e86SPVwvJW&#13;&#10;twIE8aN+Zvl7S4lMzeIK99orZf3yh7Pb3QZAYzG0LxZnV5AFVmakYQ0H3hOOtwzkuQUAACAhP6M2&#13;&#10;OCm6nyxkVOvYrW9dau66cPUT2xeJywCodJox99r5I37RIWOOwoKatpJvT1S2mfVGD5cCAAAwfTYp&#13;&#10;TrZe3P9c8o5eRw3irqHM1jOfNtm/KZ8ZAACA5eu1lHejLJ1/KvNzR02idkF2f/V3ZS4HAACg0nBT&#13;&#10;xsenCo9cKTqBe9D1ZI3C2rYS3Yp6s8sBnigmZ29zTmPpUQpONRP5BpXWa6Tpbr7bAAAAwlPib+88&#13;&#10;vr+BzJc9eBzjVgAAgLB9cXfIPIV4PpLQwDBEWP8vAEwOW07m4Qwa4Rlh+bKXNgQw/HV3gWzyEeHt&#13;&#10;1Cs1PmTNW/mR94nqm7icOZxJ1xF5BpXW2/Y/DgAgvNJeLBfN8njZydfDU+Ju/xvWefWWN5M+pgMT&#13;&#10;IgREdQzDkE9ogHiJ4KK632+s1kiVAVQ6btTIVgIw2aRkR11yicMnIJE2h3MfFtyt2kX39NAQ+V0X&#13;&#10;vqoW1Nw8t94cynjLwPGNLqfScWNW3buvky0HANhTlFXJYLNW152VpAq6rFOofJ1djlEplvTKgrOR&#13;&#10;mYk3HeVoLIYWZ9J14u6hTIcAlxpqp2b6RlONGj3hh6mtQvbw+nIbzx+NyOC3OwMblBh1nxsXNjjd&#13;&#10;O5Ju1hlYRBkMIQQWo4n+oE1wTNw9lLkwLOarFxWBBpXOy9PPS+oXHTLmzwsZDUni9UW9/PwPziy2&#13;&#10;l0am3DLdM5whHZ2Jl47PxBlWtd4MNnN1W3pC+1/miwppNSs4CgAAAABJRU5ErkJgglBLAwQKAAAA&#13;&#10;AAAAACEAM3Z4d5ABAACQAQAAFAAAAGRycy9tZWRpYS9pbWFnZTcucG5niVBORw0KGgoAAAANSUhE&#13;&#10;UgAAABMAAAAcCAYAAACDBoQZAAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4b&#13;&#10;AAABMElEQVRIiWOcrJP2hAELMIh3nWlTEtKMLr4hpX/l9Q3HwrDpYfn8/J00Nomfn74KYBPHB5hI&#13;&#10;1TBq2Khho4aNGjZYDWNiYf5DNcP45cXuU80wISXJ21QzTFBJAqthHx6+UiTVMBZhFamb2CRubT0V&#13;&#10;eLhrdb2ctdZBBgYGhv///jG9vPTA8P7BSy64DGP8/uGLwCyrgutfX36QINUlqCYx/mfi4Of+4NqW&#13;&#10;lEeRQQwMDIxMjP+YGBgYGDT9LVer+5ivo8QwVg6274z///9nYGCAhMmVVYdiD7WvbP709I0ssYaw&#13;&#10;cXN80Qy0WmlTGtoINwwG/vz4xXFx6b7kl1ceGHx89Frh46NXip+evpFlYmX5zcbD8ZmDj/uDoJLk&#13;&#10;bVFN2SvSpmrHFe31drNwsP1gYGBgAACkUGaMsdmKYQAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEA&#13;&#10;v5mtgZUGAACVBgAAFAAAAGRycy9tZWRpYS9pbWFnZTgucG5niVBORw0KGgoAAAANSUhEUgAAADUA&#13;&#10;AAAkCAYAAAApbHJOAAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAGNUlE&#13;&#10;QVRYhe1Ye1RTdRz/3W13u26yOWFAsPH0MSUg3iCBHV/4QEDFkkqzNE/qqYyMzNexc9TMkjTRo5Wl&#13;&#10;RZopKqLiUbEUUJRAUEAejg0Y74FzL8a2e2//NM6a926Di6nn9DlnZ/d+X7/PZ7/Xfj+A4zgg+nRW&#13;&#10;ywILvzqx6ccpGWUPmzp9yOKe1kfZ0uVVevD8B78mb7lan387ydLHAP8AQ1G6/FZdbH1+aUpDfmmy&#13;&#10;UtbpZ/YBHIfAM4Cu6qag+gu3U+rzS1M670pDzPbQZQn7LOMGRF3bemx7yd7cjP+S5GBQc7r4tdx3&#13;&#10;d//mSCzN/IChKMNW4NMGhmIO86PZD3n+8L+o5wVPfB6Z9AakrfxBZFtZQ7STx2i5MEpcxBMKmp9k&#13;&#10;m9AXgldRAADAcRwiW7ohGg0zP7sH+ZYvvbIjwlZRk96A3Nh9er3s+r2pHRWScNRgYlr6uZ4uLcIo&#13;&#10;cVHwm1MO+cQHFtiqdXjautKOu9JQR/kBAAADxzC7Q9AyBsMwuq3YPqWGn7N4Z27LzftxZDGqVoWo&#13;&#10;5lRRWm1eSWrK92sWjU+MOkUWi2EY3R5Ha/+wzilVq0KUnbi50JYgS2BGE3xm+TfHq3MKXx9OHsM2&#13;&#10;p/p61c4/z9p4Q93WIxxMHmZCGXkrs36BaDR04rzY48PBhcbkIBomB9HQYIaRLAjmIFpzHMxmaYli&#13;&#10;yg5dXE0oCIJwYZS4OP6zRZv8poXkQ3Qaah2CYxiteFfOJsK22Swtk4NoGAhTT8aPgTD1Zn5MDqKB&#13;&#10;cBwHAABQsPnIrtv7z6UTJa0sy/Ib5e0mJStq0huQfSGrmnTdj1ytfVM+X7I2avXcXeb3kqzcT/7Y&#13;&#10;kr2TqM7bBV+GuQf7lRP5qk4WvpH33rfZRL55P32cKp4bnWN+H5Y5de/4tSVEgvynh16wFAQAAFGr&#13;&#10;k752C/K9Q1Sn6sT1xcPBh7IoHMeh0gPnPyLyhS2bmWVtgyAIHzMj7BxRfM2p4jQMRW2uro6AsihV&#13;&#10;q0LU09AqtrYzR45Qe8e9eJUoxyc+8AqRXduldGu5eT+eKifqoloU3kR2z4hxNxksuJ/IxxMJmsjq&#13;&#10;aTqV7lQ5URb1SN5NKIrtzO0my7HlM2j6nKhyoi6quduHyI7wR/YS2fUqLe+hrMOfzmQYiPwGjZ6y&#13;&#10;KMqbL1lPKWWd/sWZORtUcoWXqq1HpJIrvFRyhZe9njBoqfcUZVHq9l5PIrvkcvlsyeXy2YOt90wM&#13;&#10;vxF8px6qNSzxTAw/ntBl0GcjmINoeSKBbJSXq5TnZf52lfG8XKV8XzcJVU6URXGFLoTLMwNh6r0m&#13;&#10;TbzGEwlkPG9XqaUAtguPdPUbDlDvKZI9B6JB2MKj6xJpDLqJahuDBeU5xSUZfkZdP7uruimIav2h&#13;&#10;gLIonlDQRHZskRTcmUW1/lAwIAoZRbxZ2gPMZukCFrx8lMh3a+/ZDC3Bv/ehYMQg+A2I4vu4k646&#13;&#10;pn4jYqtIzIcpOwAE4db2frWOe2Z55u/q9h7CvQwAAFCjCa7OKUrrqGwMtdUG34d8VbTmN7BQ8P3c&#13;&#10;H5Al5a7Ycyxixew9AAAAcxDNhOSYE5Z+57GetePnRJ6uO3drvnVuc3HN5B/i1t4LWBiXLRCLqrge&#13;&#10;zvJ+dR9X3d7r2VHZGCb9s3JGX6/aOfSdhP1kB0QAAOB5u0ohOg3F0ccvfgo2Hck0avUcOswwaruV&#13;&#10;bgMnX6Oun70/dJVMp1AJyAoDAMDYmeFnU7M/Tba2t1dIwg9PW1dqK9cW2AJe1/tVBz1odPpjx30z&#13;&#10;suduvu7Ipc7A8IPZLF1s+oKtQyX1wkv+f8WvX7SRaBg6Al33I9fm4ppXbMVM3pC23pFa/1r9QpZO&#13;&#10;P+A8Tnh/KKQAACA2fcG21OyMZJYTWzWU/NqzJam2/KLoCUXipOiT9ur8SxSdCRuWXNwaM2HepCFf&#13;&#10;VY1NCM9769L2qNFjPOoczYHZLF3I0hkH4jIWbrEXm/zdmrRJ6fO3Wd/KWmJgTlnjwaWyOS0ltXFd&#13;&#10;1bLgnoY2MWY0wVyhS3PkysRMcVKM3V8LNZrg7prmwI7KxrD2Ckl4R2VjmKJOHkCHGQYWj63kCl2a&#13;&#10;3QJ97wgjxt8YkxCWx+QghFdvZGgrb4iUXKmY1VUtC1bUygOMOj0H4Y/s9Z8akv835g79IoyQ1ywA&#13;&#10;AAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAIfs1KbkAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxM&#13;&#10;j81qwzAQhO+FvoPYQm+NZIcmrmM5hPTnFApNCqW3jb2xTSzJWIrtvH23p/ayMMzu7HzZejKtGKj3&#13;&#10;jbMaopkCQbZwZWMrDZ+H14cEhA9oS2ydJQ1X8rDOb28yTEs32g8a9qESHGJ9ihrqELpUSl/UZNDP&#13;&#10;XEeWvZPrDQaWfSXLHkcON62MlVpIg43lDzV2tK2pOO8vRsPbiONmHr0Mu/Npe/0+PL5/7SLS+v5u&#13;&#10;el7x2KxABJrC3wX8MnB/yLnY0V1s6UWrIY6TJa9qWC5AsD9PFAMeWasnkHkm/1PkPwAAAP//AwBQ&#13;&#10;SwMEFAAGAAgAAAAhAP4KeZPrAAAAvQQAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzvNTP&#13;&#10;agMhEAbwe6HvIHPvurtJNiHEzSUUci3pA4jOutL1D2pD8/YVSqGBYG8enWG+73fycPwyC7liiNpZ&#13;&#10;Bl3TAkErnNRWMXi/vL7sgMTEreSLs8jghhGO4/PT4Q0XnvJRnLWPJKfYyGBOye8pjWJGw2PjPNq8&#13;&#10;mVwwPOVnUNRz8cEV0r5tBxr+ZsB4l0nOkkE4y9x/ufnc/H+2myYt8OTEp0GbHlRQbXJ3DuRBYWJg&#13;&#10;UGr+M9w13iqgjw2rOoZVybCtY9iWDH0dQ18ydHUMXckw1DEMJcOmjmFTMqzrGNa/Bnr36YzfAAAA&#13;&#10;//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#13;&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEA&#13;&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMBYtmtwFgAA/YQAAA4AAAAAAAAAAAAAAAAAOgIA&#13;&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhABa44+a0BgAAtAYAABQAAAAAAAAAAAAAAAAA&#13;&#10;1hgAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0ACgAAAAAAAAAhAFm1cueqAQAAqgEAABQAAAAA&#13;&#10;AAAAAAAAAAAAvB8AAGRycy9tZWRpYS9pbWFnZTIucG5nUEsBAi0ACgAAAAAAAAAhAB5aNMmLAwAA&#13;&#10;iwMAABQAAAAAAAAAAAAAAAAAmCEAAGRycy9tZWRpYS9pbWFnZTMucG5nUEsBAi0ACgAAAAAAAAAh&#13;&#10;AEP/qcd8BgAAfAYAABQAAAAAAAAAAAAAAAAAVSUAAGRycy9tZWRpYS9pbWFnZTQucG5nUEsBAi0A&#13;&#10;CgAAAAAAAAAhAI0es6KvAQAArwEAABQAAAAAAAAAAAAAAAAAAywAAGRycy9tZWRpYS9pbWFnZTUu&#13;&#10;cG5nUEsBAi0ACgAAAAAAAAAhABtDKnrfBAAA3wQAABQAAAAAAAAAAAAAAAAA5C0AAGRycy9tZWRp&#13;&#10;YS9pbWFnZTYucG5nUEsBAi0ACgAAAAAAAAAhADN2eHeQAQAAkAEAABQAAAAAAAAAAAAAAAAA9TIA&#13;&#10;AGRycy9tZWRpYS9pbWFnZTcucG5nUEsBAi0ACgAAAAAAAAAhAL+ZrYGVBgAAlQYAABQAAAAAAAAA&#13;&#10;AAAAAAAAtzQAAGRycy9tZWRpYS9pbWFnZTgucG5nUEsBAi0AFAAGAAgAAAAhAIfs1KbkAAAADQEA&#13;&#10;AA8AAAAAAAAAAAAAAAAAfjsAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQD+CnmT6wAA&#13;&#10;AL0EAAAZAAAAAAAAAAAAAAAAAI88AABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAN&#13;&#10;AA0ASgMAALE9AAAAAA==&#13;&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="Picture 16" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:2287;top:113;width:326;height:270;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxqw4mzQAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvQt9hmUJvuqkQE6KrSEXopWK1hx6H7DQJyc6mu1sT394VhF4GZn7+b/hWm9F04kLON5YVvM4S&#10;EMSl1Q1XCr7O+2kOwgdkjZ1lUnAlD5v102SFhbYDf9LlFCoRIewLVFCH0BdS+rImg35me+KY/Vhn&#10;MMTVVVI7HCLcdHKeJAtpsOH4ocae3moq29OfUdDuTeLcb6u3u2uWfQ8ffDxIVurledwt49guQQQa&#10;w3/jgXjX0SHN5nmepmkGd7F4ALm+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHGrDibN&#10;AAAA6AAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#10;AwAAAAA=&#10;">
-[...23 lines deleted...]
-                <v:shape id="Picture 10" o:spid="_x0000_s1033" type="#_x0000_t75" style="position:absolute;left:3482;top:76;width:317;height:307;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBcd/UCzgAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BagIx&#10;EIbvhb5DmIKXUhOtiqxGaZWClF7UQnucbsbN0s1kTaKub98UCr0MzPz83/DNl51rxJlCrD1rGPQV&#10;COLSm5orDe/7l4cpiJiQDTaeScOVIiwXtzdzLIy/8JbOu1SJDOFYoAabUltIGUtLDmPft8Q5O/jg&#10;MOU1VNIEvGS4a+RQqYl0WHP+YLGllaXye3dyGuTrYfVln9WJ4vHz7eM+GKI2ad2769azPJ5mIBJ1&#10;6b/xh9iY7DB+HEzGIzUdwa9YPoBc/AAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBcd/UC&#10;zgAAAOgAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#10;AgMAAAAA&#10;">
+                <v:shape id="Picture 16" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:2287;top:113;width:326;height:270;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxqw4mzQAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#13;&#10;EIbvQt9hmUJvuqkQE6KrSEXopWK1hx6H7DQJyc6mu1sT394VhF4GZn7+b/hWm9F04kLON5YVvM4S&#13;&#10;EMSl1Q1XCr7O+2kOwgdkjZ1lUnAlD5v102SFhbYDf9LlFCoRIewLVFCH0BdS+rImg35me+KY/Vhn&#13;&#10;MMTVVVI7HCLcdHKeJAtpsOH4ocae3moq29OfUdDuTeLcb6u3u2uWfQ8ffDxIVurledwt49guQQQa&#13;&#10;w3/jgXjX0SHN5nmepmkGd7F4ALm+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#13;&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#13;&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHGrDibN&#13;&#10;AAAA6AAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#13;&#10;AwAAAAA=&#13;&#10;">
                   <v:imagedata r:id="rId15" o:title=""/>
                   <v:path arrowok="t"/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                 </v:shape>
-                <v:line id="Line 9" o:spid="_x0000_s1034" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2314,439" to="2314,705" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFKbFOzQAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dSgMx&#10;EEbvBd8hjOCdzTZIV7dNi2j9Aa+MPsCwme5um0yWJLbbtzeC4M3AzMd3hrPaTN6JI8U0BNYwn1Ug&#10;iNtgB+40fH0+39yBSBnZogtMGs6UYLO+vFhhY8OJP+hocicKhFODGvqcx0bK1PbkMc3CSFyyXYge&#10;c1ljJ23EU4F7J1VVLaTHgcuHHkd67Kk9mG+vwe3HV1TObevt7vwSo4nG1O9aX19NT8syHpYgMk35&#10;v/GHeLPFYa7U4v5W1TX8ipUDyPUPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAUpsU7N&#10;AAAA6AAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#10;AwAAAAA=&#10;" strokecolor="#861354" strokeweight=".94158mm">
+                <v:shape id="AutoShape 15" o:spid="_x0000_s1028" style="position:absolute;left:2657;top:166;width:260;height:217;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="260,217" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQAk1QRsywAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#13;&#10;EETvhf6D2EAvpZFk02A7UUKoKZTemuQDFmtrmViSkdTE+fuoUOhlYBjmDbPZzXZkFwpx8E6BXApg&#13;&#10;5DqvB9crOB3fXypgMaHTOHpHCm4UYbd9fNhgo/3VfdHlkHqWIS42qMCkNDWcx86Qxbj0E7mcfftg&#13;&#10;MWUbeq4DXjPcjrwQYsUtDi4vGJzozVB3PvxYBUVb772QnytpChna8lnzUNVKPS3mdp1lvwaWaE7/&#13;&#10;jT/Eh1ZQ1kJUpRSv8PsrfwK+vQMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#13;&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#13;&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAk1QRsywAA&#13;&#10;AOcAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#13;&#10;AAAA&#13;&#10;" path="m95,l62,,37,3,16,8,,15,,212r50,l50,41,60,37,73,36r12,6l86,36,95,m260,109l255,66,243,38r-2,-6l217,9,210,8r,99l210,109r-1,26l205,156r-8,15l183,176r-13,-5l162,156r-4,-22l157,107r1,-27l162,58r7,-15l183,38r14,5l205,59r4,22l210,107r,-99l183,1r-34,9l125,32,111,66r-5,43l111,152r15,34l150,209r33,8l217,209r24,-23l245,176r10,-24l260,109e" fillcolor="#861354" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="95,166;62,166;37,169;16,174;0,181;0,378;50,378;50,207;60,203;73,202;85,208;86,202;95,166;260,275;255,232;243,204;241,198;217,175;210,174;210,273;210,275;209,301;205,322;197,337;183,342;170,337;162,322;158,300;157,273;158,246;162,224;169,209;183,204;197,209;205,225;209,247;210,273;210,174;183,167;149,176;125,198;111,232;106,275;111,318;126,352;150,375;183,383;217,375;241,352;245,342;255,318;260,275" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:line id="Line 14" o:spid="_x0000_s1029" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2981,76" to="2981,379" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQBk2wq1zwAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#13;&#10;FITvgv8hPMGL1Kyh1boaRRTBHoTWFoq35+a5u7h5WTaprv/eFAq9DAzDfMPMl62txJUaXzrWMBom&#13;&#10;IIgzZ0rONXx9bp9eQfiAbLByTBru5GG56HbmmBp34w+6HkIuIoR9ihqKEOpUSp8VZNEPXU0cs7Nr&#13;&#10;LIZom1yaBm8RbiupkmQsLZYcFwqsaV1Qdjn8WA0rtz0lb+PqXX1P74NWTfaj89Fo3e+1m1mU1QxE&#13;&#10;oDb8N/4QO6NBKTVRavryDL+/4ieQiwcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEA&#13;&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQs&#13;&#10;W78AAAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZNsK&#13;&#10;tc8AAADnAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAA&#13;&#10;AAMDAAAAAA==&#13;&#10;" strokecolor="#861354" strokeweight=".89744mm">
                   <o:lock v:ext="edit" shapetype="f"/>
                 </v:line>
-                <v:shape id="Picture 8" o:spid="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:2387;top:492;width:147;height:213;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB7tXipywAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvBd9hGaG3uokYbaOrBEXwalrwOs1Ok2B2NmQ3MX17VxC8DMz8/N/wbXajacRAnastK4hnEQji&#10;wuqaSwU/38ePTxDOI2tsLJOCf3Kw207eNphqe+MzDbkvRYCwS1FB5X2bSumKigy6mW2JQ/ZnO4M+&#10;rF0pdYe3ADeNnEfRUhqsOXyosKV9RcU1742CLBmibM/y69fF+WU4Jn1T971S79PxsA4jW4PwNPpX&#10;44k46eAwX8SrZJHES3iIhQPI7R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB7tXipywAA&#10;AOgAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                <v:shape id="AutoShape 13" o:spid="_x0000_s1030" style="position:absolute;left:3051;top:81;width:55;height:297;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="55,297" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCVGk8XzgAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;FITvQv/D8gq91U0CahNdxSqt9dBDreL1kX1Ngtm3Ibsx6b/vCgUvA8Mw3zCL1WBqcaXWVZYVxOMI&#13;&#10;BHFudcWFguP32/MLCOeRNdaWScEvOVgtH0YLzLTt+YuuB1+IAGGXoYLS+yaT0uUlGXRj2xCH7Me2&#13;&#10;Bn2wbSF1i32Am1omUTSVBisOCyU2tCkpvxw6o2C27Xbd/pN3tV2f+9Pxfbhw8qrU0+OwnQdZz0F4&#13;&#10;Gvy98Y/40OFDlMbxJEmncPsVPMjlHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#13;&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#13;&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCVGk8X&#13;&#10;zgAAAOcAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#13;&#10;AgMAAAAA&#13;&#10;" path="m42,55r-30,l,42,,12,12,,42,,54,11r,32l42,55xm52,297r-50,l2,89r50,l52,297xe" fillcolor="#861354" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="42,137;12,137;0,124;0,94;12,82;42,82;54,93;54,125;42,137;52,379;2,379;2,171;52,171;52,379" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="Picture 12" o:spid="_x0000_s1031" type="#_x0000_t75" style="position:absolute;left:3148;top:166;width:148;height:213;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQAimNhBzQAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#13;&#10;FMTvBb/D8gq9BN1US4jRVaSl0IMg/rs/ss8kNvs2zW41+uldQfAyMAzzG2Y670wtTtS6yrKC90EM&#13;&#10;gji3uuJCwW773U9BOI+ssbZMCi7kYD7rvUwx0/bMazptfCEChF2GCkrvm0xKl5dk0A1sQxyyg20N&#13;&#10;+mDbQuoWzwFuajmM40QarDgslNjQZ0n57+bfKKC1qVyRLKNrutIff8Mo2h+XkVJvr93XJMhiAsJT&#13;&#10;55+NB+JHKxin8XiUBDbcf4VPIGc3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#13;&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#13;&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACKY2EHN&#13;&#10;AAAA5wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#13;&#10;AwAAAAA=&#13;&#10;">
                   <v:imagedata r:id="rId16" o:title=""/>
                   <v:path arrowok="t"/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                 </v:shape>
-                <v:shape id="Picture 7" o:spid="_x0000_s1036" type="#_x0000_t75" style="position:absolute;left:2567;top:436;width:242;height:273;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBEIuyIzgAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9ba8JA&#10;FITfC/0Pyyn0rW4iXqOrFG2LYCHewNdD9piEZs+G7KrJv+8WhL4MDMN8w8yXranEjRpXWlYQ9yIQ&#10;xJnVJecKTsfPtwkI55E1VpZJQUcOlovnpzkm2t55T7eDz0WAsEtQQeF9nUjpsoIMup6tiUN2sY1B&#10;H2yTS93gPcBNJftRNJIGSw4LBda0Kij7OVyNgmH39TFYTb93Nu3onG5bSv3xqtTrS7ueBXmfgfDU&#10;+v/GA7HRCqbjeNyPo9EQ/n6FTyAXvwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBEIuyI&#10;zgAAAOcAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#10;AgMAAAAA&#10;">
+                <v:shape id="Picture 11" o:spid="_x0000_s1032" type="#_x0000_t75" style="position:absolute;left:3328;top:167;width:120;height:216;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCaibaJzgAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;FITvBf/D8oTe6q5WQxNdRSyFQulBTfH6yD6TYPZtyK4m/vtuoeBlYBjmG2a1GWwjbtT52rGG6USB&#13;&#10;IC6cqbnUkB8/Xt5A+IBssHFMGu7kYbMePa0wM67nPd0OoRQRwj5DDVUIbSalLyqy6CeuJY7Z2XUW&#13;&#10;Q7RdKU2HfYTbRs6USqTFmuNChS3tKiouh6vVcKqnP/fTPkn73WDyxfcxT75SpfXzeHhfRtkuQQQa&#13;&#10;wqPxj/g0GmbzRZqq+WsCf7/iJ5DrXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#13;&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#13;&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCaibaJ&#13;&#10;zgAAAOcAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#13;&#10;AgMAAAAA&#13;&#10;">
                   <v:imagedata r:id="rId17" o:title=""/>
                   <v:path arrowok="t"/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                 </v:shape>
-                <v:shape id="AutoShape 6" o:spid="_x0000_s1037" style="position:absolute;left:2841;top:409;width:186;height:298;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="186,298" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBieB6UzgAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNJlor7bZpKRVBpBdr0fY2bMbdpZvJuhm78d+bg+Bl4DG87/EtVsm36kx9bAJbuB0Z&#10;UMRlcA1XFvZvTzdTUFGQHbaBycIPRVgtLy8WWLgw8Cudd1KpDOFYoIVapCu0jmVNHuModMT59xl6&#10;j5JjX2nX45DhvtV3xjxojw3nhRo72tRUnnbf3oJ5/9pu93JCeRnS8SPdrzeHQ2Xt9VV6nOeznoMS&#10;SvLf+EM8OwvjyXQynhmTTbJXdgK9/AUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBieB6U&#10;zgAAAOcAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#10;AgMAAAAA&#10;" path="m52,87l2,87r,208l52,295,52,87m54,11l41,,11,,,12,,41,11,53r31,l54,41r,-30m185,87r-28,l157,26,107,42r,45l89,87r,37l107,124r,114l111,262r10,19l137,293r23,4l171,297r11,-2l184,291r,-34l184,256r-5,1l164,257r-7,-6l157,124r28,l185,87e" fillcolor="#861354" stroked="f">
-[...2 lines deleted...]
-                <v:shape id="Picture 5" o:spid="_x0000_s1038" type="#_x0000_t75" style="position:absolute;left:3061;top:496;width:146;height:213;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKSOXJzwAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PS8NA&#10;FMTvQr/D8gpexG4aMJa021IapIJQsfXg8SX78odk34bsNo3f3hUELwPDML9hNrvJdGKkwTWWFSwX&#10;EQjiwuqGKwWfl5fHFQjnkTV2lknBNznYbWd3G0y1vfEHjWdfiQBhl6KC2vs+ldIVNRl0C9sTh6y0&#10;g0Ef7FBJPeAtwE0n4yhKpMGGw0KNPR1qKtrz1Sg45afyK7twVvp8376PLR3ztwel7udTtg6yX4Pw&#10;NPn/xh/iVSuIk1X0nMTxE/z+Cp9Abn8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQs&#10;W78AAAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACkjl&#10;yc8AAADnAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAA&#10;AAMDAAAAAA==&#10;">
+                <v:shape id="Picture 10" o:spid="_x0000_s1033" type="#_x0000_t75" style="position:absolute;left:3482;top:76;width:317;height:307;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQBcd/UCzgAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BagIx&#13;&#10;EIbvhb5DmIKXUhOtiqxGaZWClF7UQnucbsbN0s1kTaKub98UCr0MzPz83/DNl51rxJlCrD1rGPQV&#13;&#10;COLSm5orDe/7l4cpiJiQDTaeScOVIiwXtzdzLIy/8JbOu1SJDOFYoAabUltIGUtLDmPft8Q5O/jg&#13;&#10;MOU1VNIEvGS4a+RQqYl0WHP+YLGllaXye3dyGuTrYfVln9WJ4vHz7eM+GKI2ad2769azPJ5mIBJ1&#13;&#10;6b/xh9iY7DB+HEzGIzUdwa9YPoBc/AAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#13;&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#13;&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBcd/UC&#13;&#10;zgAAAOgAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#13;&#10;AgMAAAAA&#13;&#10;">
                   <v:imagedata r:id="rId18" o:title=""/>
                   <v:path arrowok="t"/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                 </v:shape>
-                <v:shape id="Picture 4" o:spid="_x0000_s1039" type="#_x0000_t75" style="position:absolute;left:3242;top:436;width:398;height:273;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDVssXKzgAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvhX6H8Aq91aTWalmNYi2iFw+69tDbY/P2D928LEmqq5++KRS8DAzD/IaZLXrbihP50DjW8DxQ&#10;IIgLZxquNBzz9dMbiBCRDbaOScOFAizm93czzIw7855Oh1iJBOGQoYY6xi6TMhQ1WQwD1xGnrHTe&#10;YkzWV9J4PCe4beVQqbG02HBaqLGjVU3F9+HHanjH8rjcho0v13zZ0dcqH+afV60fH/qPaZLlFESk&#10;Pt4a/4it0fAyUuPJ60SN4O9X+gRy/gsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDVssXK&#10;zgAAAOcAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#10;AgMAAAAA&#10;">
+                <v:line id="Line 9" o:spid="_x0000_s1034" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2314,439" to="2314,705" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFKbFOzQAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dSgMx&#13;&#10;EEbvBd8hjOCdzTZIV7dNi2j9Aa+MPsCwme5um0yWJLbbtzeC4M3AzMd3hrPaTN6JI8U0BNYwn1Ug&#13;&#10;iNtgB+40fH0+39yBSBnZogtMGs6UYLO+vFhhY8OJP+hocicKhFODGvqcx0bK1PbkMc3CSFyyXYge&#13;&#10;c1ljJ23EU4F7J1VVLaTHgcuHHkd67Kk9mG+vwe3HV1TObevt7vwSo4nG1O9aX19NT8syHpYgMk35&#13;&#10;v/GHeLPFYa7U4v5W1TX8ipUDyPUPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#13;&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#13;&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAUpsU7N&#13;&#10;AAAA6AAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#13;&#10;AwAAAAA=&#13;&#10;" strokecolor="#861354" strokeweight=".94158mm">
+                  <o:lock v:ext="edit" shapetype="f"/>
+                </v:line>
+                <v:shape id="Picture 8" o:spid="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:2387;top:492;width:147;height:213;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQB7tXipywAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#13;&#10;EIbvBd9hGaG3uokYbaOrBEXwalrwOs1Ok2B2NmQ3MX17VxC8DMz8/N/wbXajacRAnastK4hnEQji&#13;&#10;wuqaSwU/38ePTxDOI2tsLJOCf3Kw207eNphqe+MzDbkvRYCwS1FB5X2bSumKigy6mW2JQ/ZnO4M+&#13;&#10;rF0pdYe3ADeNnEfRUhqsOXyosKV9RcU1742CLBmibM/y69fF+WU4Jn1T971S79PxsA4jW4PwNPpX&#13;&#10;44k46eAwX8SrZJHES3iIhQPI7R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#13;&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#13;&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB7tXipywAA&#13;&#10;AOgAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#13;&#10;AAAA&#13;&#10;">
                   <v:imagedata r:id="rId19" o:title=""/>
+                  <v:path arrowok="t"/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                </v:shape>
+                <v:shape id="Picture 7" o:spid="_x0000_s1036" type="#_x0000_t75" style="position:absolute;left:2567;top:436;width:242;height:273;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQBEIuyIzgAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9ba8JA&#13;&#10;FITfC/0Pyyn0rW4iXqOrFG2LYCHewNdD9piEZs+G7KrJv+8WhL4MDMN8w8yXranEjRpXWlYQ9yIQ&#13;&#10;xJnVJecKTsfPtwkI55E1VpZJQUcOlovnpzkm2t55T7eDz0WAsEtQQeF9nUjpsoIMup6tiUN2sY1B&#13;&#10;H2yTS93gPcBNJftRNJIGSw4LBda0Kij7OVyNgmH39TFYTb93Nu3onG5bSv3xqtTrS7ueBXmfgfDU&#13;&#10;+v/GA7HRCqbjeNyPo9EQ/n6FTyAXvwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#13;&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#13;&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBEIuyI&#13;&#10;zgAAAOcAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#13;&#10;AgMAAAAA&#13;&#10;">
+                  <v:imagedata r:id="rId20" o:title=""/>
+                  <v:path arrowok="t"/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                </v:shape>
+                <v:shape id="AutoShape 6" o:spid="_x0000_s1037" style="position:absolute;left:2841;top:409;width:186;height:298;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="186,298" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQBieB6UzgAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#13;&#10;EIXvgv8hjODNJlor7bZpKRVBpBdr0fY2bMbdpZvJuhm78d+bg+Bl4DG87/EtVsm36kx9bAJbuB0Z&#13;&#10;UMRlcA1XFvZvTzdTUFGQHbaBycIPRVgtLy8WWLgw8Cudd1KpDOFYoIVapCu0jmVNHuModMT59xl6&#13;&#10;j5JjX2nX45DhvtV3xjxojw3nhRo72tRUnnbf3oJ5/9pu93JCeRnS8SPdrzeHQ2Xt9VV6nOeznoMS&#13;&#10;SvLf+EM8OwvjyXQynhmTTbJXdgK9/AUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#13;&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#13;&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBieB6U&#13;&#10;zgAAAOcAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#13;&#10;AgMAAAAA&#13;&#10;" path="m52,87l2,87r,208l52,295,52,87m54,11l41,,11,,,12,,41,11,53r31,l54,41r,-30m185,87r-28,l157,26,107,42r,45l89,87r,37l107,124r,114l111,262r10,19l137,293r23,4l171,297r11,-2l184,291r,-34l184,256r-5,1l164,257r-7,-6l157,124r28,l185,87e" fillcolor="#861354" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="52,497;2,497;2,705;52,705;52,497;54,421;41,410;11,410;0,422;0,451;11,463;42,463;54,451;54,421;185,497;157,497;157,436;107,452;107,497;89,497;89,534;107,534;107,648;111,672;121,691;137,703;160,707;171,707;182,705;184,701;184,667;184,666;179,667;164,667;157,661;157,534;185,534;185,497" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="Picture 5" o:spid="_x0000_s1038" type="#_x0000_t75" style="position:absolute;left:3061;top:496;width:146;height:213;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKSOXJzwAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PS8NA&#13;&#10;FMTvQr/D8gpexG4aMJa021IapIJQsfXg8SX78odk34bsNo3f3hUELwPDML9hNrvJdGKkwTWWFSwX&#13;&#10;EQjiwuqGKwWfl5fHFQjnkTV2lknBNznYbWd3G0y1vfEHjWdfiQBhl6KC2vs+ldIVNRl0C9sTh6y0&#13;&#10;g0Ef7FBJPeAtwE0n4yhKpMGGw0KNPR1qKtrz1Sg45afyK7twVvp8376PLR3ztwel7udTtg6yX4Pw&#13;&#10;NPn/xh/iVSuIk1X0nMTxE/z+Cp9Abn8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEA&#13;&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQs&#13;&#10;W78AAAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACkjl&#13;&#10;yc8AAADnAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAA&#13;&#10;AAMDAAAAAA==&#13;&#10;">
+                  <v:imagedata r:id="rId21" o:title=""/>
+                  <v:path arrowok="t"/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                </v:shape>
+                <v:shape id="Picture 4" o:spid="_x0000_s1039" type="#_x0000_t75" style="position:absolute;left:3242;top:436;width:398;height:273;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQDVssXKzgAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#13;&#10;FMTvhX6H8Aq91aTWalmNYi2iFw+69tDbY/P2D928LEmqq5++KRS8DAzD/IaZLXrbihP50DjW8DxQ&#13;&#10;IIgLZxquNBzz9dMbiBCRDbaOScOFAizm93czzIw7855Oh1iJBOGQoYY6xi6TMhQ1WQwD1xGnrHTe&#13;&#10;YkzWV9J4PCe4beVQqbG02HBaqLGjVU3F9+HHanjH8rjcho0v13zZ0dcqH+afV60fH/qPaZLlFESk&#13;&#10;Pt4a/4it0fAyUuPJ60SN4O9X+gRy/gsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#13;&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#13;&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDVssXK&#13;&#10;zgAAAOcAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#13;&#10;AgMAAAAA&#13;&#10;">
+                  <v:imagedata r:id="rId22" o:title=""/>
                   <v:path arrowok="t"/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B80D933" wp14:editId="19196BA5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>612874</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-107084</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="732383" cy="731087"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="image9.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="image9.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20" cstate="print"/>
+                    <a:blip r:embed="rId23" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="732383" cy="731087"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="4F0433"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Kursanalys psykologprogrammet</w:t>
@@ -1926,488 +1931,561 @@
     <w:p w14:paraId="369663D9" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42813E5E" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73428160" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="596A28EC" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+    <w:p w14:paraId="596A28EC" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
       <w:pPr>
         <w:spacing w:before="110"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Efter_avslutat_kurstillfälle_fyller_kurs"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="4F0433"/>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Efter avslutat kurstillfälle fyller kursansvarig i denna mall för kursanalys. Den hanteras</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="4F0433"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B0D8E6" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+    <w:p w14:paraId="58B0D8E6" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
       <w:pPr>
         <w:spacing w:before="29" w:line="273" w:lineRule="auto"/>
         <w:ind w:left="119" w:right="450"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="4F0433"/>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>sedan i bland annat programråd och publiceras på kurswebb. Kursansvarig ska återkoppla till studenterna.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="137DD05D" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CAF4D56" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+    <w:p w14:paraId="5CAF4D56" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
       <w:pPr>
         <w:spacing w:after="31"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="Kursanalys_(kursutvärdering/kursrapport)"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="4F0433"/>
           <w:w w:val="105"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Kursanalys (kursutvärdering/kursrapport)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="130" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2263"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="3403"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
       <w:tr w:rsidR="00945179" w14:paraId="1D81E1CF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="717"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C36B602" w14:textId="6B86E1E5" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="4687FF4B" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kurskod</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="006A5D01">
-[...3 lines deleted...]
-              <w:br/>
+          </w:p>
+          <w:p w14:paraId="4C36B602" w14:textId="7C1317EB" w:rsidR="00D50017" w:rsidRDefault="00D50017">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>2PS006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="69F1356E" w14:textId="7A7660AA" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="4E6FF2AB" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kursens namn</w:t>
             </w:r>
-            <w:r w:rsidR="006A5D01">
-[...3 lines deleted...]
-              <w:br/>
+          </w:p>
+          <w:p w14:paraId="69F1356E" w14:textId="4631E22E" w:rsidR="00D50017" w:rsidRDefault="00D50017">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Utvecklingspsykologi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="659B9A78" w14:textId="16F88B33" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="7015F8EA" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Hp</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="006A5D01">
-[...5 lines deleted...]
-            <w:r w:rsidR="00D26CAD">
+          </w:p>
+          <w:p w14:paraId="659B9A78" w14:textId="5FBC4177" w:rsidR="00D50017" w:rsidRDefault="00D50017">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00945179" w14:paraId="6AF02024" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="719"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC0917A" w14:textId="7C4A61A9" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2B98E214" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Termin (</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>t ex</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> T3)</w:t>
             </w:r>
-            <w:r w:rsidR="00D26CAD">
+          </w:p>
+          <w:p w14:paraId="1AC0917A" w14:textId="01AFC733" w:rsidR="00D50017" w:rsidRDefault="00D50017">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:br/>
               <w:t>T3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6899AF8A" w14:textId="400689A8" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="09D67EE0" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108"/>
               <w:rPr>
+                <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kursperiod</w:t>
             </w:r>
-            <w:r w:rsidR="00D26CAD">
-[...5 lines deleted...]
-              <w:t>11/11 – 19/11 2024</w:t>
+          </w:p>
+          <w:p w14:paraId="6899AF8A" w14:textId="1580D7D4" w:rsidR="00D50017" w:rsidRDefault="00D50017">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009D0064">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">51110 – 260118 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00945179" w14:paraId="4CBFC853" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFD869A" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="44ABDB23" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kursansvarig</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="190DEB35" w14:textId="6AF7C521" w:rsidR="00D26CAD" w:rsidRDefault="00D26CAD">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="190DEB35" w14:textId="1002B5A5" w:rsidR="003720A0" w:rsidRDefault="003720A0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Lisa Thorell</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7D9CAAB0" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="7F374C37" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Examinator</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="460519E9" w14:textId="7B432366" w:rsidR="00D26CAD" w:rsidRDefault="00D26CAD">
+          <w:p w14:paraId="460519E9" w14:textId="741F8645" w:rsidR="009D0064" w:rsidRDefault="009D0064">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Lisa Thorell</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00945179" w14:paraId="55C59C96" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7474F955" w14:textId="3D203EB3" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="214A72B7" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Momentansvariga lärare</w:t>
             </w:r>
-            <w:r w:rsidR="00D26CAD">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">nsson </w:t>
+          </w:p>
+          <w:p w14:paraId="7474F955" w14:textId="492E2975" w:rsidR="003720A0" w:rsidRDefault="003720A0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lisa Thorell (moment 1) och Erika Jonsson </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00D26CAD">
+            <w:r>
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Laukka</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (moment 2)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="468E2245" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="1B70B0DC" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108"/>
               <w:rPr>
+                <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Övriga medverkande lärare</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="468E2245" w14:textId="54BE3C16" w:rsidR="003720A0" w:rsidRDefault="003720A0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Janina </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Neufeld</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, Sissela Bergman Nutley</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00945179" w14:paraId="4EC49930" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1021"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1915196F" w14:textId="7B4DF917" w:rsidR="00511996" w:rsidRPr="00511996" w:rsidRDefault="00C35C4C" w:rsidP="00511996">
+          <w:p w14:paraId="56060B51" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="336" w:lineRule="auto"/>
               <w:ind w:right="158"/>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>An</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="138"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="96"/>
@@ -2509,72 +2587,75 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ef</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="138"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="104"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">er </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-veckorskontrollen</w:t>
             </w:r>
-            <w:r w:rsidR="00511996">
+          </w:p>
+          <w:p w14:paraId="1915196F" w14:textId="49A55AC1" w:rsidR="009D0064" w:rsidRDefault="009D0064">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="336" w:lineRule="auto"/>
+              <w:ind w:right="158"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:br/>
-[...6 lines deleted...]
-              <w:t>79</w:t>
+              <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7E13166B" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="3D800A6E" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Antal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-29"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
@@ -2696,253 +2777,315 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>kursens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-27"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>slut</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="597D833A" w14:textId="06CD98E9" w:rsidR="00FD5864" w:rsidRDefault="00FD5864">
+          <w:p w14:paraId="597D833A" w14:textId="2BE6F500" w:rsidR="00961403" w:rsidRDefault="00961403">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>66 (</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="003720A0">
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>83.5</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (7</w:t>
+            </w:r>
+            <w:r w:rsidR="003720A0">
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06496AFA" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="7D85F88C" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Svarsfrekvens kursvärdering (%)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F2021FC" w14:textId="55676A9B" w:rsidR="008C3749" w:rsidRDefault="00ED3347">
+          <w:p w14:paraId="3F2021FC" w14:textId="3F6B5883" w:rsidR="009D0064" w:rsidRDefault="009D0064">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>50,00%</w:t>
+              <w:t>38,57%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00945179" w14:paraId="0EA33D5B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="151D18F2" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="29F0356D" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Övriga metoder för studentinflytande (utöver avslutande kursvärdering)</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00961403">
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Diskussioner med studenter i samband med föreläsningar</w:t>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67359BB4" w14:textId="35956F5D" w:rsidR="00961403" w:rsidRDefault="00961403">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diskussioner i samband med föreläsningar och möjlighet att </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>maila</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kursledaren med kommentarer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00945179" w14:paraId="64C6B89E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="4B11988A" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="21EEFAEE" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Återkoppling av kursvärderingsresultat till studenterna</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2775944B" w14:textId="1B248AB6" w:rsidR="00FD5864" w:rsidRDefault="00FD5864">
-[...11 lines deleted...]
-              <w:t>Via kurswebben (Canvas)</w:t>
+          <w:p w14:paraId="2775944B" w14:textId="724FA460" w:rsidR="00961403" w:rsidRDefault="00961403">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Vid kurswebben</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00945179" w14:paraId="02998972" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="36A56828" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="36A56828" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kursanalysen har hanterats i psykologprogrammets programråd följande datum:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="573A95C2" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="625FBC99" w14:textId="77777777" w:rsidR="00E3152B" w:rsidRPr="00B65761" w:rsidRDefault="00E3152B" w:rsidP="00E3152B">
+      <w:pPr>
+        <w:spacing w:before="100" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="119" w:right="453"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B65761">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Enbart förstagångsregistrerade studenter ska inkluderas i kursanalysen för att spegla genomströmning och kvalitet som en effekt av aktuellt kursupplägg.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7D9007EB" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+    <w:p w14:paraId="0C4678A9" w14:textId="77777777" w:rsidR="00377D58" w:rsidRDefault="00377D58">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="4F0433"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="4F0433"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D9007EB" w14:textId="010A896B" w:rsidR="00945179" w:rsidRDefault="008D27D8">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:ind w:left="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="Beskrivning_av_eventuellt_genomförda_för"/>
-      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="4F0433"/>
           <w:w w:val="105"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Beskrivning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="4F0433"/>
           <w:spacing w:val="-20"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="4F0433"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>av</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="4F0433"/>
           <w:spacing w:val="-18"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3030,2607 +3173,3367 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="4F0433"/>
           <w:spacing w:val="-30"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="4F0433"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>synpunkter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="198CCE6A" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49D77EB7" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
-[...3 lines deleted...]
-          <w:sz w:val="36"/>
+    <w:p w14:paraId="6EE997A5" w14:textId="6E56E483" w:rsidR="008B00EE" w:rsidRDefault="008B00EE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="4F0433"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B2513E3" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
-[...8 lines deleted...]
-    <w:p w14:paraId="0878CA67" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+    <w:p w14:paraId="0878CA67" w14:textId="59034E8F" w:rsidR="00945179" w:rsidRDefault="008D27D8">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="1" w:after="27"/>
         <w:ind w:left="120"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:color w:val="4F0433"/>
           <w:w w:val="105"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="4F0433"/>
+          <w:w w:val="105"/>
+        </w:rPr>
         <w:t>Kortfattad sammanfattning av studenternas svar på kursvärdering</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3C7692" w14:textId="66B6F048" w:rsidR="00B65761" w:rsidRPr="003720A0" w:rsidRDefault="003720A0" w:rsidP="003720A0">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="1" w:after="27"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F0433"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D0EE491">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F0433"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1 = instämmer inte alls, 2, 3, 4, 5, 6 = instämmer helt, vet ej</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0673BC50" w14:textId="77777777" w:rsidR="00B65761" w:rsidRDefault="00B65761">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="1" w:after="27"/>
+        <w:ind w:left="120"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="130" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7025"/>
-        <w:gridCol w:w="3036"/>
+        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="1528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00945179" w14:paraId="7083BDCD" w14:textId="77777777">
+      <w:tr w:rsidR="00945179" w14:paraId="7083BDCD" w14:textId="77777777" w:rsidTr="008B00EE">
         <w:trPr>
           <w:trHeight w:val="640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF98A4A" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="68B4F223" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Enkätfrågor</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF98A4A" w14:textId="0B32A0A1" w:rsidR="00E3152B" w:rsidRPr="00E3152B" w:rsidRDefault="00E3152B" w:rsidP="00E3152B">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3036" w:type="dxa"/>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2C3B0D8E" w14:textId="1F968023" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="2C3B0D8E" w14:textId="1F968023" w:rsidR="00945179" w:rsidRDefault="008D27D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="auto"/>
               <w:ind w:right="21"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Medelvärde, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>inom parentes föregående tillfälle</w:t>
             </w:r>
             <w:hyperlink w:anchor="_bookmark1" w:history="1">
               <w:r w:rsidR="00945179">
                 <w:rPr>
                   <w:b/>
                   <w:w w:val="105"/>
                   <w:position w:val="7"/>
                   <w:sz w:val="12"/>
                 </w:rPr>
                 <w:t>2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00945179" w14:paraId="435CFA46" w14:textId="77777777">
+      <w:tr w:rsidR="008B00EE" w14:paraId="25084D8E" w14:textId="77777777" w:rsidTr="008B00EE">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD5CE86" w14:textId="7DA8CC5F" w:rsidR="00A21931" w:rsidRPr="00A21931" w:rsidRDefault="00807FCD" w:rsidP="00A21931">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F0223F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00666B40" w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Kursen var utformad på ett sätt som gav mig möjlighet till aktivt lärande</w:t>
+            </w:r>
+            <w:r w:rsidR="00A21931" w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06B976C8" w14:textId="2A926913" w:rsidR="00666B40" w:rsidRPr="00A21931" w:rsidRDefault="00666B40" w:rsidP="00A21931">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Exempelvis: seminarier med diskussioner, grupparbeten, projekt,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F5F4C95" w14:textId="5ED862C1" w:rsidR="00945179" w:rsidRPr="00A21931" w:rsidRDefault="00666B40" w:rsidP="00A21931">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">studentpresentationer, rollspel, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>peer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>learning</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, praktiska övningar, laborationer,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A21931" w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>verksamhetsintegrerat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lärande </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>etc.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6609E7A3" w14:textId="188AD06B" w:rsidR="00945179" w:rsidRDefault="007C6936" w:rsidP="007C6936">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="448"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4,6 (61,6% angav 5 eller 6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F0223F" w14:paraId="5034FDA1" w14:textId="77777777" w:rsidTr="008B00EE">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10071" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B499062" w14:textId="4DD769E5" w:rsidR="00F0223F" w:rsidRPr="007C6936" w:rsidRDefault="00F0223F" w:rsidP="007C6936">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="v‘&gt;" w:eastAsiaTheme="minorHAnsi" w:hAnsi="v‘&gt;" w:cs="v‘&gt;"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Fritextsvar</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6936">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="007C6936" w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Case diskussionen på demens-seminariet (moment 2) var riktigt kul! Grupparbete kräver många anpassningar och tar ofta längre tid än när man får arbeta själv. Men om kursen har som mål att träna flera grupparbeten och presentationer, tycker jag att kursen har gjort det väldigt bra - särskilt moment 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F0223F" w14:paraId="1A62204B" w14:textId="77777777" w:rsidTr="008B00EE">
         <w:trPr>
           <w:trHeight w:val="640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09154AAD" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
-[...12 lines deleted...]
-              <w:t>Jag uppfattar att jag genom denna kurs utvecklat värdefulla kunskaper/ färdigheter.</w:t>
+          <w:p w14:paraId="6A3EE60E" w14:textId="7B445436" w:rsidR="00F0223F" w:rsidRPr="00A21931" w:rsidRDefault="00F0223F" w:rsidP="007C6936">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F0223F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Jag kände mig inkluderad och respekterad under kursen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A94054B" w14:textId="21C93B68" w:rsidR="00F0223F" w:rsidRPr="00A21931" w:rsidRDefault="00F0223F" w:rsidP="007C6936">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A21931">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Exempelvis: Jag var bekväm med att samarbeta med andra studenter, tala inför gruppen, svara på lärares frågor och jag blev lyssnad på (inte avbruten, förlöjligad.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3036" w:type="dxa"/>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="10DE833A" w14:textId="0C768CD1" w:rsidR="00945179" w:rsidRPr="0035107D" w:rsidRDefault="00FD5864">
+          <w:p w14:paraId="2B9BFDBE" w14:textId="2CEA8585" w:rsidR="00F0223F" w:rsidRDefault="007C6936" w:rsidP="00F0223F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> (4,2)</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5,4 (85,2% angav 5 eller 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00945179" w14:paraId="77D631E2" w14:textId="77777777">
+      <w:tr w:rsidR="00F0223F" w14:paraId="4E01BF34" w14:textId="77777777" w:rsidTr="008B00EE">
         <w:trPr>
-          <w:trHeight w:val="381"/>
+          <w:trHeight w:val="640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7025" w:type="dxa"/>
+            <w:tcW w:w="10071" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="60FA1DBA" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> (4,2)</w:t>
+          <w:p w14:paraId="2590807D" w14:textId="091FDD0B" w:rsidR="00F0223F" w:rsidRPr="007C6936" w:rsidRDefault="00F0223F" w:rsidP="007C6936">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Fritextsvar</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6936">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="007C6936" w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Det enda jag tänker på kopplat till denna punkt är att jag kan anse Lisas första svar till </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007C6936">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6936" w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>onnect</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007C6936" w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> grejen vara lite hårt. Men med det sagt så</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6936">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C6936" w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>uppskattar jag verkligen att hon lyssnade till det vi menade och ändrade så att det blev rätt!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...481 lines deleted...]
-      <w:tr w:rsidR="00945179" w14:paraId="1A62204B" w14:textId="77777777">
+      <w:tr w:rsidR="00F0223F" w14:paraId="0E50C44D" w14:textId="77777777" w:rsidTr="008B00EE">
         <w:trPr>
           <w:trHeight w:val="640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A94054B" w14:textId="77777777" w:rsidR="00945179" w:rsidRPr="0035107D" w:rsidRDefault="00C35C4C">
-[...147 lines deleted...]
-              <w:t>vetenskapligt förhållningssätt.</w:t>
+          <w:p w14:paraId="417D8E8D" w14:textId="7654A236" w:rsidR="00F0223F" w:rsidRPr="003B7B38" w:rsidRDefault="00F0223F" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F0223F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7B38">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Kursen som helhet var bra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3036" w:type="dxa"/>
+            <w:tcW w:w="3046" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9BFDBE" w14:textId="2813A2C6" w:rsidR="00945179" w:rsidRPr="0035107D" w:rsidRDefault="00FD5864">
+          <w:p w14:paraId="08D27EA2" w14:textId="75E80961" w:rsidR="00F0223F" w:rsidRDefault="007C6936" w:rsidP="00F0223F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> (3,7)</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5,0 (74% avgav 5 eller 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00945179" w14:paraId="0E50C44D" w14:textId="77777777">
+      <w:tr w:rsidR="00F0223F" w14:paraId="4677DF8A" w14:textId="77777777" w:rsidTr="008B00EE">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10071" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC6D63E" w14:textId="5C3445A7" w:rsidR="00F0223F" w:rsidRPr="007C6936" w:rsidRDefault="00F0223F" w:rsidP="007C6936">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fritextsvar</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6936" w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="007C6936" w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Föreläsningen på ADHD var riktigt kul! Jag upplevde kursen som mycket intressant och givande, och den bidrog med värdefulla kunskaper. Däremot anser jag att fördelningen av</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6936">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C6936" w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>högskolepoäng mellan momenten är obalanserad. Moment 1 omfattar 12 högskolepoäng, medan moment 2 endast omfattar 3, trots att jag</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6936">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C6936" w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">upplevde moment 2 som lika krävande, om inte mer, särskilt delen inom </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007C6936" w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>cognitive</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007C6936" w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007C6936" w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>neuroscience</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007C6936" w:rsidRPr="007C6936">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>. Vidare var det utmanande med det stora antalet föreläsare samt att kontinuerligt behöva växla mellan två språk</w:t>
+            </w:r>
+            <w:r w:rsidR="003720A0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F0223F" w14:paraId="15514DC1" w14:textId="77777777" w:rsidTr="008B00EE">
         <w:trPr>
           <w:trHeight w:val="640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="417D8E8D" w14:textId="77777777" w:rsidR="00945179" w:rsidRPr="0035107D" w:rsidRDefault="00C35C4C">
-[...19 lines deleted...]
-              <w:t>idéer och synpunkter på kursens utformning och innehåll.</w:t>
+          <w:p w14:paraId="3CB29DD9" w14:textId="16CD4857" w:rsidR="00F0223F" w:rsidRPr="00CA2C10" w:rsidRDefault="00F0223F" w:rsidP="00CA2C10">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F0223F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vad kan förbättras i kursen? Motivera gärna med så konstruktiva förslag som möjligt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="753AF6D7" w14:textId="77777777" w:rsidR="00CA2C10" w:rsidRPr="00CA2C10" w:rsidRDefault="007C6936" w:rsidP="00CA2C10">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Det sades i början av kursen att det generellt sett bokats in mer tid än vad som krävdes av föreläsningarna, med syfte att få till diskussioner </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>etc.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Min uppfattning är dock att det inte fanns tid för särskilt mycket diskussioner och att föreläsningarna tog upp i princip all tid. Inget fel med det enligt mig, men om man vill ha mer diskussioner för att främja djupinlärning bör möjligen mer tid sättas av för detta.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FF25EBA" w14:textId="77777777" w:rsidR="00CA2C10" w:rsidRPr="00CA2C10" w:rsidRDefault="00CA2C10" w:rsidP="00CA2C10">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grupperna för forskningsfördjupning hade med fördel kunnat vara </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>4-5</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> personer. 6 personer kändes överflödigt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C6FE9A4" w14:textId="37E38F04" w:rsidR="00CA2C10" w:rsidRPr="00CA2C10" w:rsidRDefault="00CA2C10" w:rsidP="00CA2C10">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tycker att det var dumt att vi hade ett moment om åldrande men inte nämnde dödsångest eller andra liknande mer existentiella frågor som är mycket relevanta för oss som blivande psykologer då många äldre har </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>sånt</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>. För mycket biologi på just det momentet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7641ABB1" w14:textId="77777777" w:rsidR="00F0223F" w:rsidRPr="00CA2C10" w:rsidRDefault="00CA2C10" w:rsidP="00CA2C10">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Som helhet är jag väldigt nöjd med kursen och </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>framförallt</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nöjd med Lisa som kursansvarig, så otroligt pedagogisk och tillmötesgående. Däremot tycker jag att kursen har känts ganska så stressig i och med att vi har haft flera saker </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>igång</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> samtidigt, som att gå på föreläsningar, inläsning av boken, jobba med forskningsfördjupningen och diskussionsklubben. Dock förstår jag varför kursen är så pass kompakt som den är eftersom den ligger över jul</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49F2604D" w14:textId="77777777" w:rsidR="00CA2C10" w:rsidRPr="003720A0" w:rsidRDefault="00CA2C10" w:rsidP="00CA2C10">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003720A0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Det skulle uppskattas om utvecklingspsykologi, moment 2, hade mer lättlästa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003720A0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>slides</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003720A0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> med mer text (eller en extra PowerPoint vers med anteckningar) eller inspelade föreläsningar, så att innehållet blir enklare att tolka i efterhand</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F9500FA" w14:textId="77777777" w:rsidR="00CA2C10" w:rsidRPr="003720A0" w:rsidRDefault="00CA2C10" w:rsidP="00CA2C10">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003720A0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Personligen tyckte jag inte att </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003720A0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>connect</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003720A0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> var särskilt användbart. Det som jag ändå uppskattade var de gulmarkerade delarna som belyste vilka rubriker som var viktigast, men det hade gått lika bra med exempelvis en lista på viktiga begrepp.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4312F70D" w14:textId="27F5A853" w:rsidR="00CA2C10" w:rsidRPr="00CA2C10" w:rsidRDefault="00CA2C10" w:rsidP="00CA2C10">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003720A0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Föreläsningen om hjärnans utveckling var typ helt oförståelig tyckte alla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3036" w:type="dxa"/>
+            <w:tcW w:w="3046" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="08D27EA2" w14:textId="7505B42E" w:rsidR="00945179" w:rsidRPr="0035107D" w:rsidRDefault="00FD5864">
+          <w:p w14:paraId="499C896F" w14:textId="77777777" w:rsidR="00F0223F" w:rsidRDefault="00F0223F" w:rsidP="00F0223F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B810D3" w14:paraId="22D7AC41" w14:textId="77777777">
+      <w:tr w:rsidR="00F0223F" w14:paraId="3DD3569E" w14:textId="6FE4DC2C" w:rsidTr="008B00EE">
         <w:trPr>
           <w:trHeight w:val="640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2497A35A" w14:textId="3322FB3D" w:rsidR="00B810D3" w:rsidRPr="0035107D" w:rsidRDefault="00B810D3" w:rsidP="00B810D3">
-[...101 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="258A2C8A" w14:textId="6A9C0F43" w:rsidR="00F0223F" w:rsidRDefault="00F0223F" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F0223F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Hur många timmar per vecka har du i genomsnitt lagt ner på studierna under denna kurs (inklusive schemalagd undervisning)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3036" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1518" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68626C0A" w14:textId="3EF14406" w:rsidR="00B810D3" w:rsidRPr="0035107D" w:rsidRDefault="00B810D3">
-[...2 lines deleted...]
-              <w:spacing w:before="0"/>
+          <w:p w14:paraId="4E8E7ACE" w14:textId="77777777" w:rsidR="00F0223F" w:rsidRDefault="00F0223F" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>&gt;40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CEB096B" w14:textId="77777777" w:rsidR="00F0223F" w:rsidRDefault="00F0223F" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92"/>
+              <w:rPr>
+                <w:w w:val="115"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="115"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-23"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="115"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FD5563D" w14:textId="77777777" w:rsidR="00F0223F" w:rsidRDefault="00F0223F" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="89"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="629A257B" w14:textId="165A527B" w:rsidR="00F0223F" w:rsidRDefault="00F0223F" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>&lt;20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C4DF4C0" w14:textId="21199E85" w:rsidR="00F0223F" w:rsidRPr="00CA2C10" w:rsidRDefault="00CA2C10" w:rsidP="0066072A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0035107D">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> (4,5)</w:t>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>29,6</w:t>
+            </w:r>
+            <w:r w:rsidR="0066072A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B2A2020" w14:textId="6EE3070A" w:rsidR="00F0223F" w:rsidRPr="00CA2C10" w:rsidRDefault="00CA2C10" w:rsidP="0066072A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>48,1</w:t>
+            </w:r>
+            <w:r w:rsidR="0066072A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40584691" w14:textId="169209B7" w:rsidR="00CA2C10" w:rsidRPr="00CA2C10" w:rsidRDefault="00CA2C10" w:rsidP="0066072A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18,5</w:t>
+            </w:r>
+            <w:r w:rsidR="0066072A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40DB72E3" w14:textId="7B8B675A" w:rsidR="00CA2C10" w:rsidRDefault="00CA2C10" w:rsidP="0066072A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2C10">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3,7</w:t>
+            </w:r>
+            <w:r w:rsidR="0066072A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B810D3" w14:paraId="4FA15DE7" w14:textId="77777777">
+      <w:tr w:rsidR="00F0223F" w14:paraId="5087363B" w14:textId="77777777" w:rsidTr="008B00EE">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10071" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B298E75" w14:textId="77777777" w:rsidR="0066072A" w:rsidRDefault="00F0223F" w:rsidP="0066072A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Fritextsvar</w:t>
+            </w:r>
+            <w:r w:rsidR="0066072A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D486F41" w14:textId="0086D768" w:rsidR="00F0223F" w:rsidRPr="0066072A" w:rsidRDefault="0066072A" w:rsidP="0066072A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="714" w:right="386" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066072A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Det var </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0066072A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>framförallt</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0066072A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mycket i moment</w:t>
+            </w:r>
+            <w:r w:rsidR="003720A0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0066072A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1. För mig tog det väldigt lång tid att läsa allt, för att inte bara läsa igenom utan att läsa och ta anteckningar och ta in informationen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32407F60" w14:textId="5A6EBDAF" w:rsidR="0066072A" w:rsidRPr="0066072A" w:rsidRDefault="0066072A" w:rsidP="0066072A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="714" w:right="386" w:hanging="357"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066072A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Kursen likväl som majoriteten av andra kurser hittills hade kunnat komprimerats till ett kortare tidsomfång</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F0223F" w14:paraId="326BF600" w14:textId="77777777" w:rsidTr="008B00EE">
         <w:trPr>
           <w:trHeight w:val="640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B35CEC5" w14:textId="600D25E1" w:rsidR="00B810D3" w:rsidRPr="0035107D" w:rsidRDefault="00B810D3" w:rsidP="00B810D3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2996E9A5" w14:textId="78582908" w:rsidR="00F0223F" w:rsidRPr="00D87342" w:rsidRDefault="00F0223F" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F0223F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87342">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Jag upplever att den psykosociala arbetsmiljön under kursen var bra (med detta avses bland annat trivsel, stöd, stress, likabehandling och diskriminering).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10F2DE75" w14:textId="77777777" w:rsidR="00F0223F" w:rsidRDefault="00F0223F" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3036" w:type="dxa"/>
+            <w:tcW w:w="3046" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3A4A4E0F" w14:textId="1C7D609D" w:rsidR="00B810D3" w:rsidRPr="0035107D" w:rsidRDefault="00B810D3">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> (3,8)</w:t>
+          <w:p w14:paraId="504CEEA4" w14:textId="69394C1D" w:rsidR="00F0223F" w:rsidRDefault="00CA2C10" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5,4 (81,5% angav 5 eller 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00945179" w14:paraId="1A28AD39" w14:textId="77777777">
-[...194 lines deleted...]
-      <w:tr w:rsidR="00945179" w14:paraId="3DD3569E" w14:textId="77777777">
+      <w:tr w:rsidR="0066072A" w14:paraId="24AACF27" w14:textId="77777777" w:rsidTr="008B00EE">
         <w:trPr>
           <w:trHeight w:val="640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="258A2C8A" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+          <w:p w14:paraId="405C0B8B" w14:textId="26496AAB" w:rsidR="0066072A" w:rsidRPr="00F0223F" w:rsidRDefault="0066072A" w:rsidP="00F0223F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="auto"/>
               <w:ind w:right="386"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...367 lines deleted...]
-              <w:t>.</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Extra fråga. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0066072A">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Moment 1 som helhet var bra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3036" w:type="dxa"/>
+            <w:tcW w:w="3046" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="40DB72E3" w14:textId="07334EE7" w:rsidR="00945179" w:rsidRPr="0035107D" w:rsidRDefault="00FD5864">
-[...12 lines deleted...]
-              <w:t>3,9</w:t>
+          <w:p w14:paraId="26339A15" w14:textId="5360E83F" w:rsidR="0066072A" w:rsidRDefault="0066072A" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5,0 (74,0% avgav 5 eller 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00945179" w14:paraId="1BD4E93C" w14:textId="77777777">
+      <w:tr w:rsidR="0066072A" w14:paraId="51A56E2A" w14:textId="77777777" w:rsidTr="008B00EE">
         <w:trPr>
-          <w:trHeight w:val="700"/>
+          <w:trHeight w:val="640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10061" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DABE2C8" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0451C643" w14:textId="5C92DFE2" w:rsidR="0066072A" w:rsidRPr="0066072A" w:rsidRDefault="0066072A" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fritextsvar om psykosocial arbetsmiljö </w:t>
-[...10 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              <w:t xml:space="preserve">Extra fråga: </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...126 lines deleted...]
-              <w:t xml:space="preserve"> och uppmuntrade studenterna att ställa frågor på detta sätt.</w:t>
+              <w:t>Moment 2 som helhet var bra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="502FB7A7" w14:textId="32120252" w:rsidR="0066072A" w:rsidRDefault="0066072A" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4,8 (55,5% avgav 5 eller 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00945179" w14:paraId="0EAA67DC" w14:textId="77777777">
+      <w:tr w:rsidR="0066072A" w14:paraId="49588BB6" w14:textId="77777777" w:rsidTr="008B00EE">
         <w:trPr>
-          <w:trHeight w:val="702"/>
+          <w:trHeight w:val="640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10061" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1867B867" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0262B029" w14:textId="5E137EDE" w:rsidR="0066072A" w:rsidRDefault="0066072A" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="386"/>
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...15 lines deleted...]
-              <w:spacing w:before="74"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Extra fråga: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0066072A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...14 lines deleted...]
-              <w:t>en.</w:t>
+              <w:t>Föreläsningarna höll hög kvalitet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F0CCE71" w14:textId="62BBAB07" w:rsidR="0066072A" w:rsidRDefault="0066072A" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4,7 (81,5% avgav 5 eller 6) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00945179" w14:paraId="6D35D55D" w14:textId="77777777">
+      <w:tr w:rsidR="0066072A" w14:paraId="48ADDC51" w14:textId="77777777" w:rsidTr="008B00EE">
         <w:trPr>
-          <w:trHeight w:val="700"/>
+          <w:trHeight w:val="640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10061" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34CAE83D" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="19173E95" w14:textId="0AC23668" w:rsidR="0066072A" w:rsidRDefault="007D7FE4" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="386"/>
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...14 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Extra fråga</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D7FE4">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B810D3">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="0066072A" w:rsidRPr="007D7FE4">
               <w:rPr>
                 <w:bCs/>
-                <w:w w:val="105"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00B810D3" w:rsidRPr="00B810D3">
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Diskussionsklubben under moment 1 var bra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC892A0" w14:textId="0B3523E7" w:rsidR="0066072A" w:rsidRDefault="007D7FE4" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4,3 (44,4% avgav 5 eller 6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D7FE4" w14:paraId="039DD687" w14:textId="77777777" w:rsidTr="008B00EE">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B2CA2FE" w14:textId="5B09249D" w:rsidR="007D7FE4" w:rsidRDefault="007D7FE4" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Extra fråga: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D7FE4">
               <w:rPr>
                 <w:bCs/>
-                <w:w w:val="105"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B810D3">
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Det skriftliga arbetet med forskningsfördjupningen (grupparbetet) var bra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A75C89C" w14:textId="7D28F316" w:rsidR="007D7FE4" w:rsidRDefault="007D7FE4" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4,1 (40,7 avgav 5 eller 6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D7FE4" w14:paraId="094ED49B" w14:textId="77777777" w:rsidTr="008B00EE">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72A42580" w14:textId="4D790334" w:rsidR="007D7FE4" w:rsidRDefault="007D7FE4" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Extra fråga: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D7FE4">
               <w:rPr>
                 <w:bCs/>
-                <w:w w:val="105"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00B810D3" w:rsidRPr="00B810D3">
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>De muntliga redovisningarna i slutet av moment 1 var bra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E3F9BF5" w14:textId="576D524E" w:rsidR="007D7FE4" w:rsidRDefault="007D7FE4" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4,4 (62,9 avgav 5 eller 6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D7FE4" w14:paraId="36FA7990" w14:textId="77777777" w:rsidTr="008B00EE">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E61FABA" w14:textId="69BFEAAC" w:rsidR="007D7FE4" w:rsidRDefault="007D7FE4" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="386"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Extra fråga: </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007D7FE4">
               <w:rPr>
                 <w:bCs/>
-                <w:w w:val="105"/>
-[...2 lines deleted...]
-              <w:t>.</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Tentan</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007D7FE4">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> inkluderade de mest centrala innehållet i kursen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FDC717C" w14:textId="136EC130" w:rsidR="007D7FE4" w:rsidRDefault="007D7FE4" w:rsidP="00F0223F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4,9 (74,0% avgav 5 eller 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4547321E" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="575A80F0" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+    <w:p w14:paraId="575A80F0" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="261"/>
         <w:ind w:left="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="Kursansvarigs_reflektioner_kring_kursens"/>
-      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:color w:val="4F0433"/>
           <w:w w:val="105"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kursansvarigs reflektioner kring kursens </w:t>
-[...6 lines deleted...]
-        <w:t>genomförande och resultat</w:t>
+        <w:t>Kursansvarigs reflektioner kring kursens genomförande och resultat</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46116170" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23D3CEE5" w14:textId="20EACD75" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+    <w:p w14:paraId="23D3CEE5" w14:textId="6E8CA724" w:rsidR="00945179" w:rsidRDefault="008D27D8">
       <w:pPr>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Kursens styrkor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00B810D3">
+      <w:r w:rsidR="007D7FE4">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kursen fick även detta år höga omdömen och styrkan ligger i alla kursen har många engagerade lärare. Kursen tar även upp många olika aspekter inom psykologin och detta gör att de flesta studenter har åtminstone vissa delar som de finner intressanta. </w:t>
+        <w:t xml:space="preserve"> Av de få studenter som fyllt i kursvärderingen verkar en majoritet vara nöjda eller mycket nöjda med kursen. </w:t>
+      </w:r>
+      <w:r w:rsidR="0070341C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>De flesta studenter verkar anse att både moment 1 och 2 innehåller bra föreläsningar och man uppfattar även särskilda delar som ingår (tex seminariet om demens och forskningsfördjupningen). Dock finns såklart enskilda studenter som är av annan åsikt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB4EC6E" w14:textId="657E3CFC" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+    <w:p w14:paraId="0FB4EC6E" w14:textId="361212F1" w:rsidR="00945179" w:rsidRDefault="008D27D8">
       <w:pPr>
         <w:spacing w:before="152"/>
         <w:ind w:left="119"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Kursens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-27"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>svagheter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00B810D3">
+      <w:r w:rsidR="007D7FE4">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kursen ligger under jul och då varken lärare eller studenter vill ha undervisning över jul och nyår innebär detta att moment 1 inte är 8 veckor som den borde vara utan bara 6 veckor, vilket tyvärr gör att det kan kännas lite stressigt. Kursledaren ansåg inte att den nya kursboken </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006628F4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003720A0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">inte fungerade så bra. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B810D3">
+        <w:t xml:space="preserve">Jag tror </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7FE4">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Moment 2 är också väldigt kort (endast 2 veckor), vilket gör att det blir kort om tid från kursstart (som vi dock alltid försöker lägga innan jul för att studenterna ska få koll på kursen då)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006628F4">
+        <w:t>inte att detta är en svaghet för just denna kurs med det är uppenbart att en allt högre andel av studenterna inte dyker upp på föreläsningarna och/eller har svårt att läsa och förstå kurslitteraturen. Detta trots att vi har en betydligt mer kortfattad och enklare kursbok än tidigare</w:t>
+      </w:r>
+      <w:r w:rsidR="003720A0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> och att vi minskat ner på antalet vetenskapliga artiklar som ingår</w:t>
+      </w:r>
+      <w:r w:rsidR="007D7FE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Trots ett lättare innehåll och färre olika delar (genusseminariet togs bort inför detta år för att minska kraven) så anger en högre andel än tidigare att de lägger ner mer än 40 timmar per vecka. Om </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7FE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>studenterna ska bli mer nöjda så kommer detta att innebära att man måste sänka kraven ännu mer, vilket inte känns önskvärt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ADEE525" w14:textId="1D43D62D" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+    <w:p w14:paraId="2ADEE525" w14:textId="1103511C" w:rsidR="00945179" w:rsidRDefault="008D27D8">
       <w:pPr>
         <w:spacing w:before="149"/>
         <w:ind w:left="119"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Övriga</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>synpunkter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="006628F4">
+      <w:r w:rsidR="00961403">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kursledaren upplever att det för varje år är allt färre studenter som går på föreläsningarna och från många studenters frågor är det verkar inte läsa kurslitteraturen utan pluggar bara in gamla tentasvar. Moment 1 innehåller två workshops, varav den ena låg samma vecka som </w:t>
+        <w:t xml:space="preserve"> Väldigt svårt att veta vilka slutsatser man över huvud taget kan dra av denna kursvärdering</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EBE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00961403">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>eftersom svarsfrekvensen var så extremt låg (37%). Totalt var det alltså bara 26 studenter som svarade.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EBE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> De fria kommentarerna speglar att studenterna tycker väldigt olika om olika delar av kursen. En föreläsning som uppfattas som att den håller väldigt låg kvalitet av en student kan ges som exempel på en den bästa föreläsningen av en annan. Åter igen speglar det den allt högre spridningen bland studenterna, med en tyvärr större och större andel studenter som har svårt att hänga med. Jag anser att det är ett stort problem att bara lite drygt hälften av studenterna har klarat både moment 1 och 2 efter den första </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="006628F4">
+      <w:r w:rsidR="00BC1EBE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>tentan</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="006628F4">
+      <w:r w:rsidR="00BC1EBE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> och det blev då uppenbart att många studenter hade väldigt stora kunskapsluckor. Detta år kunde man enbart köpa kursboken via en särskild </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="006628F4">
+        <w:t xml:space="preserve">. Detta beror inte på att en högre andel än tidigare år fick underkänt på </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BC1EBE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>QR</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="006628F4">
+        <w:t>tentorna</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC1EBE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kod då en digital </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006628F4">
+        <w:t xml:space="preserve">, men det var dock en betydligt högre andel än tidigare som inte </w:t>
+      </w:r>
+      <w:r w:rsidR="003720A0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006628F4">
+        <w:t>ens s</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EBE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>quiz</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="006628F4">
+        <w:t xml:space="preserve">krev </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BC1EBE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>, filmmaterial och annat stöd för att underlätta inlärningen.</w:t>
+        <w:t>tentan</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC1EBE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trots att de anmält sig</w:t>
+      </w:r>
+      <w:r w:rsidR="0070341C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44098439" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C2258FF" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CBD03C2" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+    <w:p w14:paraId="0CBD03C2" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:ind w:left="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="Kursansvarigs_slutsatser_och_eventuella_"/>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkStart w:id="2" w:name="Kursansvarigs_slutsatser_och_eventuella_"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="4F0433"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>Kursansvarigs slutsatser och eventuella förslag till förändringar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A45EA24" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00C35C4C">
+    <w:p w14:paraId="4A45EA24" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
       <w:pPr>
         <w:spacing w:before="39"/>
         <w:ind w:left="120"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>(Om förändringar föreslås, ange vem som är ansvarig för att genomföra dessa och en tidsplan.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7734378C" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24F50305" w14:textId="22A8764B" w:rsidR="0070341C" w:rsidRDefault="0070341C" w:rsidP="0070341C">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:i/>
-          <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>(Om förändringar föreslås, ange vem som är ansvarig för att genomföra dessa och en tidsplan.)</w:t>
-[...8 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t xml:space="preserve">Kursen har fått genomgående mycket höga kursvärderingar i många år och jag ser därför ingen anledning till att </w:t>
+      </w:r>
+      <w:r w:rsidR="00536B00">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve">göra några större förändringar. Kursledaren kommer dock att försöka </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t xml:space="preserve">lägga till lite mer tid för diskussion och reflektion i samband med föreläsningarna under moment 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00536B00">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kursboken kommer att bytas ut till nästa år på grund av att kursledaren upptäckte att flera delar var otydliga </w:t>
-[...4 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t xml:space="preserve">Det </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">(vilket ledde till missförstånd hos studenter som missa föreläsningen) </w:t>
-[...4 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t xml:space="preserve">digitala materialet som hör till kursboken </w:t>
+      </w:r>
+      <w:r w:rsidR="003720A0">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>eller i vissa fall faktiskt direkt felaktiga. I övrigt planeras inga ändringar förutom att kursledaren önskar att man inom psykologprogrammet har en allmän</w:t>
-[...4 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003720A0">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> diskussion</w:t>
-[...4 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t>Connect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003720A0">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kring </w:t>
-[...4 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00536B00">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>om</w:t>
-[...4 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t xml:space="preserve">ska dessutom utvecklas </w:t>
+      </w:r>
+      <w:r w:rsidR="003720A0">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vi ska göra ljudinspelningar av föreläsningarna eller i större utsträckning ha digitala föreläsningar via zoom.</w:t>
-[...4 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Det är uppenbart att det nu görs olika på olika kurser (trots att vi tidigare har sagt att vi inte ska spela in och vara restriktiva med digitala föreläsningar).</w:t>
+        <w:t xml:space="preserve">nför nästa år. </w:t>
+      </w:r>
+      <w:r w:rsidR="00536B00">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">För </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">moment 1 skulle </w:t>
+      </w:r>
+      <w:r w:rsidR="00536B00">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">det nog även </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>vara bra att ännu tydligare förklara för studenterna varför de olika delarna ingår</w:t>
+      </w:r>
+      <w:r w:rsidR="00536B00">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i kursen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Detta görs nu i samband med introduktionen</w:t>
+      </w:r>
+      <w:r w:rsidR="00536B00">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> men kan kanske göras ännu tydligare</w:t>
+      </w:r>
+      <w:r w:rsidR="003720A0">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> även på kurswebben eftersom det är så pass många studenter som är frånvarande vid kursintroduktionen.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC16DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kursledaren är ansvarig för att genomföra dessa ändringar inför nästa år.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="665ACEB6" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="00945179">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="34"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18E1E6D2" w14:textId="77777777" w:rsidR="00C35C4C" w:rsidRPr="0090066A" w:rsidRDefault="00C35C4C" w:rsidP="00C35C4C">
-[...11 lines deleted...]
-      <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="44B91C52" w14:textId="77777777" w:rsidR="00945179" w:rsidRDefault="008D27D8">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:ind w:left="120"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="Eventuella_bilagor"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:color w:val="4F0433"/>
           <w:w w:val="105"/>
         </w:rPr>
-        <w:t xml:space="preserve">Eventuella bilagor: </w:t>
-[...9 lines deleted...]
-        <w:t>Kursrapport med mer exakta svar på frågorna</w:t>
+        <w:t>Eventuella bilagor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B91C52" w14:textId="2D60CE13" w:rsidR="00945179" w:rsidRDefault="00945179">
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="00945179">
+    <w:sectPr w:rsidR="00945179" w:rsidSect="004C1AEC">
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:footerReference w:type="first" r:id="rId25"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1380" w:right="700" w:bottom="280" w:left="600" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="615998A4" w14:textId="77777777" w:rsidR="002343BE" w:rsidRDefault="002343BE" w:rsidP="00643055">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="06B25AA9" w14:textId="77777777" w:rsidR="002343BE" w:rsidRDefault="002343BE" w:rsidP="00643055">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="v‘&gt;">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="32415927" w14:textId="75B1BFC3" w:rsidR="008B00EE" w:rsidRPr="007F1C33" w:rsidRDefault="008B00EE" w:rsidP="007F1C33">
+    <w:pPr>
+      <w:spacing w:before="100" w:line="271" w:lineRule="auto"/>
+      <w:ind w:left="119" w:right="453"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="262506B4" w14:textId="3D010331" w:rsidR="007F1C33" w:rsidRPr="004C1AEC" w:rsidRDefault="007F1C33" w:rsidP="004C1AEC">
+    <w:pPr>
+      <w:spacing w:before="100" w:line="271" w:lineRule="auto"/>
+      <w:ind w:left="119" w:right="453"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1F580C40" w14:textId="77777777" w:rsidR="002343BE" w:rsidRDefault="002343BE" w:rsidP="00643055">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="55853959" w14:textId="77777777" w:rsidR="002343BE" w:rsidRDefault="002343BE" w:rsidP="00643055">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09A35A6C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="7842D6E6">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E9305CF0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C08C3E9C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5582F598">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="940C1CA0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="80A239AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E9DE9F2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2E70E208">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E886165E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23605051"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E90C2B8E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59C4CFCE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="548E674C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="644C0DBE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="78967B5A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="CF06A4C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D6C84354">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="485A3D32">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="051C471E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DDFEE856">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D48CB0B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A9842EF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB6A1884"/>
+    <w:lvl w:ilvl="0" w:tplc="70FE4328">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="12"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1200" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4080" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6240" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69912326"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB70036C"/>
+    <w:lvl w:ilvl="0" w:tplc="7618037A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="467" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1187" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1907" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2627" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3347" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4067" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4787" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5507" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6227" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D200B1B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="E084A1AA">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="792AD6E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9D205782">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7CEE214E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="274ABC6A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D23E0FF2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="162606FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0B24CB44">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9BFA70FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73ED24A8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CBFAC5BC"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="124399323">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="567418392">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="241569164">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="999963760">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="807670135">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2045474881">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1377704655">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:val="bestFit" w:percent="237"/>
+  <w:zoom w:percent="120"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00945179"/>
+    <w:rsid w:val="001277C3"/>
+    <w:rsid w:val="001D30B5"/>
+    <w:rsid w:val="002343BE"/>
+    <w:rsid w:val="00244547"/>
     <w:rsid w:val="0026307C"/>
     <w:rsid w:val="00281FD7"/>
-    <w:rsid w:val="0035107D"/>
-[...5 lines deleted...]
-    <w:rsid w:val="008C3749"/>
+    <w:rsid w:val="002C2907"/>
+    <w:rsid w:val="002F6230"/>
+    <w:rsid w:val="0034304A"/>
+    <w:rsid w:val="00361CE2"/>
+    <w:rsid w:val="003720A0"/>
+    <w:rsid w:val="00377D58"/>
+    <w:rsid w:val="003936F4"/>
+    <w:rsid w:val="003B7B38"/>
+    <w:rsid w:val="00487CBD"/>
+    <w:rsid w:val="0049116F"/>
+    <w:rsid w:val="004C1AEC"/>
+    <w:rsid w:val="004F73D1"/>
+    <w:rsid w:val="0051026C"/>
+    <w:rsid w:val="005245C3"/>
+    <w:rsid w:val="00536B00"/>
+    <w:rsid w:val="0058475B"/>
+    <w:rsid w:val="005960BB"/>
+    <w:rsid w:val="005F0EE3"/>
+    <w:rsid w:val="00643055"/>
+    <w:rsid w:val="0066072A"/>
+    <w:rsid w:val="00666B40"/>
+    <w:rsid w:val="006A16A2"/>
+    <w:rsid w:val="006E0447"/>
+    <w:rsid w:val="0070341C"/>
+    <w:rsid w:val="007865C7"/>
+    <w:rsid w:val="007C6936"/>
+    <w:rsid w:val="007D7FE4"/>
+    <w:rsid w:val="007F1C33"/>
+    <w:rsid w:val="00807FCD"/>
+    <w:rsid w:val="00834147"/>
+    <w:rsid w:val="00837EB9"/>
+    <w:rsid w:val="008768BE"/>
+    <w:rsid w:val="008A2D8C"/>
+    <w:rsid w:val="008B00EE"/>
+    <w:rsid w:val="008D27D8"/>
+    <w:rsid w:val="008D35C7"/>
+    <w:rsid w:val="009448C2"/>
     <w:rsid w:val="00945179"/>
-    <w:rsid w:val="00A313FC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C35C4C"/>
+    <w:rsid w:val="00961403"/>
+    <w:rsid w:val="009634A6"/>
+    <w:rsid w:val="009D0064"/>
+    <w:rsid w:val="00A21931"/>
+    <w:rsid w:val="00AA62A7"/>
+    <w:rsid w:val="00B17481"/>
+    <w:rsid w:val="00B65761"/>
+    <w:rsid w:val="00BC16DD"/>
+    <w:rsid w:val="00BC1EBE"/>
     <w:rsid w:val="00C611E5"/>
-    <w:rsid w:val="00D26CAD"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FD5864"/>
+    <w:rsid w:val="00CA2C10"/>
+    <w:rsid w:val="00D50017"/>
+    <w:rsid w:val="00D87342"/>
+    <w:rsid w:val="00E3152B"/>
+    <w:rsid w:val="00E70537"/>
+    <w:rsid w:val="00F0223F"/>
+    <w:rsid w:val="00F5513E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="62F8B015"/>
@@ -5640,51 +6543,51 @@
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6025,163 +6928,306 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
-    <w:uiPriority w:val="1"/>
+    <w:link w:val="Rubrik4Char1"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C35C4C"/>
+    <w:rsid w:val="00666B40"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:lang w:bidi="ar-SA"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="BrdtextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="71"/>
       <w:ind w:left="107"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666B40"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char1">
+    <w:name w:val="Rubrik 4 Char1"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666B40"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="sv-SE"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Liststycke"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003B7B38"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xxmsonormal">
+    <w:name w:val="x_xmsonormal"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00D87342"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SidhuvudChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00643055"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00643055"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sidfot">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SidfotChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00643055"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidfot"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00643055"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ingetavstnd">
+    <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00C35C4C"/>
+    <w:qFormat/>
+    <w:rsid w:val="009448C2"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:sz w:val="20"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="003720A0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
+      <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="sv-SE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6427,76 +7473,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>6045</Characters>
+  <Pages>4</Pages>
+  <Words>1435</Words>
+  <Characters>7863</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>184</Lines>
+  <Paragraphs>95</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7171</CharactersWithSpaces>
+  <CharactersWithSpaces>9221</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Åsa Eriksson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-01-13T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 17 för Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">