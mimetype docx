--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -2,245 +2,244 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6AF8B4E7" w14:textId="77777777" w:rsidR="008311BE" w:rsidRPr="006962FA" w:rsidRDefault="008311BE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3507"/>
       </w:tblGrid>
       <w:tr w:rsidR="003A0B89" w:rsidRPr="007C3A57" w14:paraId="6DF92AAF" w14:textId="77777777" w:rsidTr="000860A8">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6240E0B3" w14:textId="3F7EC320" w:rsidR="003A0B89" w:rsidRPr="007C3A57" w:rsidRDefault="003A0B89" w:rsidP="000860A8">
+          <w:p w14:paraId="6240E0B3" w14:textId="71CD203D" w:rsidR="003A0B89" w:rsidRPr="007C3A57" w:rsidRDefault="003A0B89" w:rsidP="000860A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C3A57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anmälan inför höstterminen 20</w:t>
             </w:r>
             <w:r w:rsidR="00951235">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00A46E81">
-[...7 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00434309">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="007C3A57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>Sista anmälningsdag: 1</w:t>
             </w:r>
-            <w:r w:rsidR="00A46E81">
-[...6 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00434309">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="007C3A57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D3952">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mars</w:t>
             </w:r>
             <w:r w:rsidRPr="007C3A57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="00951235">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00A46E81">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00434309">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="007C3A57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Sista kompletteringsdag: </w:t>
             </w:r>
             <w:r w:rsidR="00964ED2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00AE7659">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C3A57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>april 20</w:t>
             </w:r>
             <w:r w:rsidR="00951235">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00A46E81">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00434309">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="007C3A57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0AE77EDA" w14:textId="77777777" w:rsidR="003A0B89" w:rsidRPr="007C3A57" w:rsidRDefault="003A0B89" w:rsidP="003A0B89">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -261,139 +260,159 @@
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B69CA3" w14:textId="77777777" w:rsidR="0072267F" w:rsidRPr="00117F67" w:rsidRDefault="0072267F" w:rsidP="0072267F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00117F67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Meritförteckning – kompletterande utbildning för läkare med utländsk examen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11BF3B2F" w14:textId="6C29693E" w:rsidR="00AF2F96" w:rsidRPr="00A46E81" w:rsidRDefault="00423A6D" w:rsidP="006962FA">
+    <w:p w14:paraId="11BF3B2F" w14:textId="72A57AF1" w:rsidR="00AF2F96" w:rsidRPr="00A46E81" w:rsidRDefault="00423A6D" w:rsidP="006962FA">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmälan görs på </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00C97115">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>Antagning.se</w:t>
+          <w:t>Antagnin</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C97115">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>g</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C97115">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C97115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> mellan 1</w:t>
       </w:r>
-      <w:r w:rsidR="00A46E81">
+      <w:r w:rsidR="00434309">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00C97115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D3952" w:rsidRPr="00C97115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>februari</w:t>
       </w:r>
       <w:r w:rsidRPr="00C97115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> och 1</w:t>
       </w:r>
-      <w:r w:rsidR="00A46E81">
+      <w:r w:rsidR="00434309">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="007D3952" w:rsidRPr="00C97115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> mars</w:t>
       </w:r>
       <w:r w:rsidRPr="00C97115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="432D8C01" w14:textId="4560D409" w:rsidR="00631747" w:rsidRPr="00E41736" w:rsidRDefault="00631747" w:rsidP="00DE688C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -523,104 +542,104 @@
           </w:rPr>
           <w:t>Antagning.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007C36CE" w:rsidRPr="007F0EF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28E58CA1" w14:textId="0950C58C" w:rsidR="00631747" w:rsidRPr="00E41736" w:rsidRDefault="00631747" w:rsidP="00DE688C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63983151" w14:textId="1360911F" w:rsidR="00631747" w:rsidRPr="00EC091C" w:rsidRDefault="00631747" w:rsidP="00631747">
+    <w:p w14:paraId="63983151" w14:textId="012B233E" w:rsidR="00631747" w:rsidRPr="00EC091C" w:rsidRDefault="00631747" w:rsidP="00631747">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F0EF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Viktig information</w:t>
       </w:r>
       <w:r w:rsidRPr="007F0EF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>: Vid antagningen inför höstterminen 202</w:t>
+        <w:t xml:space="preserve">: Antagning.se (Universitets- och högskolerådet) </w:t>
       </w:r>
-      <w:r w:rsidR="00DF700A">
+      <w:r w:rsidR="00434309">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t xml:space="preserve">kommer </w:t>
       </w:r>
       <w:r w:rsidRPr="007F0EF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kommer Antagning.se (Universitets- och högskolerådet) att bedöma att du har dokumenterat din utländska utbildning och språkkunskaper i svenska enligt kraven på Antagning.se</w:t>
+        <w:t>att bedöma att du har dokumenterat din utländska utbildning och språkkunskaper i svenska enligt kraven på Antagning.se</w:t>
       </w:r>
       <w:r w:rsidR="00660A0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F0EF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00660A0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
@@ -3150,90 +3169,90 @@
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10240" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6838F71D" w14:textId="77777777" w:rsidR="005E672F" w:rsidRDefault="005E672F" w:rsidP="00304E04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00304E04">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ange anställningens omfattning i procent </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">av heltid </w:t>
             </w:r>
             <w:r w:rsidRPr="00304E04">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>samt period för anställningen (år och månad – år och månad)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkStart w:id="8" w:name="Text15"/>
           <w:p w14:paraId="6C6CFBD5" w14:textId="77777777" w:rsidR="005E672F" w:rsidRPr="00B26EA4" w:rsidRDefault="005E672F" w:rsidP="00304E04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B26EA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B26EA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B26EA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
@@ -3328,50 +3347,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10240" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="306C357B" w14:textId="77777777" w:rsidR="005E672F" w:rsidRDefault="005E672F" w:rsidP="00CF09CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Anställning 2</w:t>
             </w:r>
             <w:r w:rsidRPr="00304E04">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="003D0C2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ange i vilket land</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -5814,51 +5834,50 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10240"/>
       </w:tblGrid>
       <w:tr w:rsidR="009E3550" w:rsidRPr="002F5308" w14:paraId="62C5EC63" w14:textId="77777777" w:rsidTr="006A2207">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="17"/>
           <w:p w14:paraId="2EC1510D" w14:textId="77777777" w:rsidR="009E3550" w:rsidRPr="00D808EF" w:rsidRDefault="009E3550" w:rsidP="00A40E5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D808EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Personligt brev</w:t>
             </w:r>
             <w:r w:rsidRPr="00D808EF">
               <w:rPr>
@@ -5971,51 +5990,50 @@
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="10" w:type="dxa"/>
             <w:right w:w="10" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5E0A85CD" w14:textId="77777777" w:rsidR="00F472BE" w:rsidRDefault="00F472BE" w:rsidP="00FE3FCF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00674DE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -6549,180 +6567,180 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1281BE76" w14:textId="77777777" w:rsidR="00301F3C" w:rsidRDefault="00301F3C" w:rsidP="00A40E5E"/>
     <w:sectPr w:rsidR="00301F3C" w:rsidSect="0017222A">
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="425" w:right="720" w:bottom="567" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="34CA616C" w14:textId="77777777" w:rsidR="00AD17DC" w:rsidRDefault="00AD17DC" w:rsidP="008B21AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7EDF9F4C" w14:textId="77777777" w:rsidR="00AD17DC" w:rsidRDefault="00AD17DC" w:rsidP="008B21AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="16747B01" w14:textId="77777777" w:rsidR="00AD17DC" w:rsidRDefault="00AD17DC" w:rsidP="008B21AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3C6870BE" w14:textId="77777777" w:rsidR="00AD17DC" w:rsidRDefault="00AD17DC" w:rsidP="008B21AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="663E2780" w14:textId="19C6BC5B" w:rsidR="00FE3FCF" w:rsidRDefault="008311BE" w:rsidP="008D2B4F">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="left" w:pos="3686"/>
         <w:tab w:val="left" w:pos="8222"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">               </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9216DD1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="55E46A1C"/>
     <w:lvl w:ilvl="0">
@@ -7406,140 +7424,142 @@
   <w:num w:numId="9" w16cid:durableId="66612194">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="772214678">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="858931351">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2083019320">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1749376902">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1741520015">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="718944780">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="hdxbT2ZBJlxOy+uYcIuq9wtMBzSl+Ygkd42/RSDJnB3BDwe44f9ZTfq5GxPoOobyJA3Hovj+Pa0KwrTlab3UOQ==" w:salt="EbnDabMkYslUpeqDIVcW9g=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="2v2VoWvH0WLlx/v/MyUBzwILzLlDOOkocChHKKGLX4W1mSkGzR4VuAWKpQMVS47MFTkpqNM2/GJl9vKHMQNhGw==" w:salt="qJhfGasaopPbRkgdTPESoA=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="41985"/>
+    <o:shapedefaults v:ext="edit" spidmax="44033"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F9239F"/>
     <w:rsid w:val="00006447"/>
     <w:rsid w:val="000145D9"/>
     <w:rsid w:val="00016250"/>
     <w:rsid w:val="00016EF9"/>
     <w:rsid w:val="00036E8F"/>
     <w:rsid w:val="00036FBD"/>
     <w:rsid w:val="0003737E"/>
     <w:rsid w:val="00043160"/>
     <w:rsid w:val="000432E1"/>
     <w:rsid w:val="00054ACE"/>
     <w:rsid w:val="00061D3C"/>
     <w:rsid w:val="000635D9"/>
     <w:rsid w:val="00064CB5"/>
     <w:rsid w:val="00065BF6"/>
     <w:rsid w:val="00070E30"/>
     <w:rsid w:val="000736D8"/>
+    <w:rsid w:val="000757AE"/>
     <w:rsid w:val="000860A8"/>
     <w:rsid w:val="0008795C"/>
     <w:rsid w:val="00091BD5"/>
     <w:rsid w:val="00097C0C"/>
     <w:rsid w:val="000A2ADC"/>
     <w:rsid w:val="000B181C"/>
     <w:rsid w:val="000C384B"/>
     <w:rsid w:val="000C4A2C"/>
     <w:rsid w:val="000D43F6"/>
     <w:rsid w:val="000D4CC1"/>
     <w:rsid w:val="000E1437"/>
     <w:rsid w:val="000E1D2C"/>
     <w:rsid w:val="000E3646"/>
     <w:rsid w:val="000E395E"/>
     <w:rsid w:val="000E5146"/>
     <w:rsid w:val="000E7B20"/>
     <w:rsid w:val="000F0AD3"/>
     <w:rsid w:val="001015C6"/>
     <w:rsid w:val="001046D1"/>
     <w:rsid w:val="00110CA0"/>
     <w:rsid w:val="00115184"/>
     <w:rsid w:val="00117F67"/>
     <w:rsid w:val="00120F56"/>
     <w:rsid w:val="001211DD"/>
     <w:rsid w:val="00132593"/>
     <w:rsid w:val="00136A3A"/>
     <w:rsid w:val="00136BBA"/>
     <w:rsid w:val="001476F5"/>
     <w:rsid w:val="0015150B"/>
     <w:rsid w:val="001602C3"/>
     <w:rsid w:val="00160668"/>
     <w:rsid w:val="00164948"/>
     <w:rsid w:val="00167029"/>
     <w:rsid w:val="00170390"/>
     <w:rsid w:val="0017222A"/>
     <w:rsid w:val="00174BA4"/>
     <w:rsid w:val="001821A6"/>
     <w:rsid w:val="001A79E2"/>
     <w:rsid w:val="001A7EDF"/>
     <w:rsid w:val="001B3D79"/>
     <w:rsid w:val="001B4D7F"/>
     <w:rsid w:val="001B52D6"/>
     <w:rsid w:val="001D0D59"/>
     <w:rsid w:val="001D1FD9"/>
+    <w:rsid w:val="001D61EC"/>
     <w:rsid w:val="001D707E"/>
     <w:rsid w:val="001E409B"/>
     <w:rsid w:val="001E6831"/>
     <w:rsid w:val="001E7927"/>
     <w:rsid w:val="001F6850"/>
     <w:rsid w:val="001F736F"/>
     <w:rsid w:val="002055A3"/>
     <w:rsid w:val="00214300"/>
     <w:rsid w:val="002174E0"/>
     <w:rsid w:val="00224E4A"/>
     <w:rsid w:val="002355DA"/>
     <w:rsid w:val="0023731F"/>
     <w:rsid w:val="00237D97"/>
     <w:rsid w:val="00245C12"/>
     <w:rsid w:val="00251CF4"/>
     <w:rsid w:val="00252481"/>
     <w:rsid w:val="00255585"/>
     <w:rsid w:val="002563A3"/>
     <w:rsid w:val="00263E21"/>
     <w:rsid w:val="002650CC"/>
     <w:rsid w:val="002651F9"/>
     <w:rsid w:val="00265493"/>
     <w:rsid w:val="00266B20"/>
     <w:rsid w:val="0027407B"/>
     <w:rsid w:val="0027735A"/>
@@ -7597,84 +7617,86 @@
     <w:rsid w:val="00366134"/>
     <w:rsid w:val="00372918"/>
     <w:rsid w:val="00373F39"/>
     <w:rsid w:val="00377D10"/>
     <w:rsid w:val="00387764"/>
     <w:rsid w:val="003914A2"/>
     <w:rsid w:val="00394035"/>
     <w:rsid w:val="003962B0"/>
     <w:rsid w:val="003A0B89"/>
     <w:rsid w:val="003A403E"/>
     <w:rsid w:val="003A6B4A"/>
     <w:rsid w:val="003A75B0"/>
     <w:rsid w:val="003B1248"/>
     <w:rsid w:val="003D0C2F"/>
     <w:rsid w:val="003E7CF2"/>
     <w:rsid w:val="003F53C7"/>
     <w:rsid w:val="003F6BF7"/>
     <w:rsid w:val="004054B2"/>
     <w:rsid w:val="00406075"/>
     <w:rsid w:val="004162DB"/>
     <w:rsid w:val="00420B3B"/>
     <w:rsid w:val="0042155D"/>
     <w:rsid w:val="00423A6D"/>
     <w:rsid w:val="00423DF6"/>
     <w:rsid w:val="00426C78"/>
+    <w:rsid w:val="00434309"/>
     <w:rsid w:val="00441171"/>
     <w:rsid w:val="004467B2"/>
     <w:rsid w:val="00447632"/>
     <w:rsid w:val="00447A1A"/>
     <w:rsid w:val="00451A16"/>
     <w:rsid w:val="0045436B"/>
     <w:rsid w:val="004607D4"/>
     <w:rsid w:val="00462248"/>
     <w:rsid w:val="00467327"/>
     <w:rsid w:val="004710FE"/>
     <w:rsid w:val="004735AC"/>
     <w:rsid w:val="00476CA5"/>
     <w:rsid w:val="0048331C"/>
     <w:rsid w:val="00484328"/>
     <w:rsid w:val="00486E86"/>
     <w:rsid w:val="00491608"/>
     <w:rsid w:val="00492122"/>
     <w:rsid w:val="00497625"/>
     <w:rsid w:val="004B45FA"/>
     <w:rsid w:val="004B6E50"/>
     <w:rsid w:val="004B7447"/>
     <w:rsid w:val="004C0269"/>
     <w:rsid w:val="004D23A9"/>
     <w:rsid w:val="004D518E"/>
     <w:rsid w:val="004E460E"/>
     <w:rsid w:val="004E4ED4"/>
     <w:rsid w:val="004F38BB"/>
     <w:rsid w:val="005015E7"/>
     <w:rsid w:val="00504E3E"/>
     <w:rsid w:val="00517C44"/>
     <w:rsid w:val="00524812"/>
     <w:rsid w:val="00526965"/>
     <w:rsid w:val="00526D82"/>
     <w:rsid w:val="0053667F"/>
+    <w:rsid w:val="00536AA7"/>
     <w:rsid w:val="00540241"/>
     <w:rsid w:val="00541F29"/>
     <w:rsid w:val="005476A2"/>
     <w:rsid w:val="00552E45"/>
     <w:rsid w:val="00554FF0"/>
     <w:rsid w:val="005561BE"/>
     <w:rsid w:val="00561D66"/>
     <w:rsid w:val="00563716"/>
     <w:rsid w:val="00564751"/>
     <w:rsid w:val="00565421"/>
     <w:rsid w:val="00565771"/>
     <w:rsid w:val="00580ED9"/>
     <w:rsid w:val="00597630"/>
     <w:rsid w:val="005A200E"/>
     <w:rsid w:val="005C3A33"/>
     <w:rsid w:val="005D203E"/>
     <w:rsid w:val="005D2F20"/>
     <w:rsid w:val="005D5445"/>
     <w:rsid w:val="005D6091"/>
     <w:rsid w:val="005E0FC0"/>
     <w:rsid w:val="005E2525"/>
     <w:rsid w:val="005E672F"/>
     <w:rsid w:val="005F048F"/>
     <w:rsid w:val="005F06E9"/>
     <w:rsid w:val="005F0EFF"/>
@@ -7777,50 +7799,51 @@
     <w:rsid w:val="00803D90"/>
     <w:rsid w:val="00804272"/>
     <w:rsid w:val="008069D1"/>
     <w:rsid w:val="008109E9"/>
     <w:rsid w:val="008119AF"/>
     <w:rsid w:val="00811CD0"/>
     <w:rsid w:val="00814EEC"/>
     <w:rsid w:val="00816F4D"/>
     <w:rsid w:val="00821522"/>
     <w:rsid w:val="008224D5"/>
     <w:rsid w:val="008311BE"/>
     <w:rsid w:val="00836258"/>
     <w:rsid w:val="0084399F"/>
     <w:rsid w:val="00844B23"/>
     <w:rsid w:val="008505CC"/>
     <w:rsid w:val="008636B4"/>
     <w:rsid w:val="0087433C"/>
     <w:rsid w:val="00875A41"/>
     <w:rsid w:val="00876C15"/>
     <w:rsid w:val="00877B9C"/>
     <w:rsid w:val="0088180D"/>
     <w:rsid w:val="00894048"/>
     <w:rsid w:val="008A3638"/>
     <w:rsid w:val="008A4DEA"/>
     <w:rsid w:val="008A4E20"/>
+    <w:rsid w:val="008B053B"/>
     <w:rsid w:val="008B21AC"/>
     <w:rsid w:val="008B395B"/>
     <w:rsid w:val="008C0C4E"/>
     <w:rsid w:val="008C2C0C"/>
     <w:rsid w:val="008C567F"/>
     <w:rsid w:val="008D25F1"/>
     <w:rsid w:val="008D2B4F"/>
     <w:rsid w:val="008D6D0A"/>
     <w:rsid w:val="008D79A6"/>
     <w:rsid w:val="008E45BB"/>
     <w:rsid w:val="008E476C"/>
     <w:rsid w:val="008E6035"/>
     <w:rsid w:val="008F4367"/>
     <w:rsid w:val="008F567E"/>
     <w:rsid w:val="008F6E15"/>
     <w:rsid w:val="0090298F"/>
     <w:rsid w:val="009123E4"/>
     <w:rsid w:val="00920F16"/>
     <w:rsid w:val="009229A0"/>
     <w:rsid w:val="00923C33"/>
     <w:rsid w:val="00924358"/>
     <w:rsid w:val="00925F98"/>
     <w:rsid w:val="00932E26"/>
     <w:rsid w:val="00944D47"/>
     <w:rsid w:val="00951235"/>
@@ -7905,50 +7928,51 @@
     <w:rsid w:val="00B605A4"/>
     <w:rsid w:val="00B61459"/>
     <w:rsid w:val="00B62606"/>
     <w:rsid w:val="00B6643F"/>
     <w:rsid w:val="00B8378C"/>
     <w:rsid w:val="00B85DB2"/>
     <w:rsid w:val="00B905C7"/>
     <w:rsid w:val="00B91B56"/>
     <w:rsid w:val="00B95B5F"/>
     <w:rsid w:val="00BA025E"/>
     <w:rsid w:val="00BA6B92"/>
     <w:rsid w:val="00BA7677"/>
     <w:rsid w:val="00BD0347"/>
     <w:rsid w:val="00BD79A2"/>
     <w:rsid w:val="00BE03BA"/>
     <w:rsid w:val="00BF2E5B"/>
     <w:rsid w:val="00BF2F00"/>
     <w:rsid w:val="00BF4A1C"/>
     <w:rsid w:val="00C01BD9"/>
     <w:rsid w:val="00C02E24"/>
     <w:rsid w:val="00C03AF1"/>
     <w:rsid w:val="00C11F40"/>
     <w:rsid w:val="00C139AA"/>
     <w:rsid w:val="00C24D35"/>
     <w:rsid w:val="00C25545"/>
+    <w:rsid w:val="00C318F2"/>
     <w:rsid w:val="00C36B68"/>
     <w:rsid w:val="00C4287C"/>
     <w:rsid w:val="00C51B29"/>
     <w:rsid w:val="00C52542"/>
     <w:rsid w:val="00C537F5"/>
     <w:rsid w:val="00C5400E"/>
     <w:rsid w:val="00C547EA"/>
     <w:rsid w:val="00C64616"/>
     <w:rsid w:val="00C828F9"/>
     <w:rsid w:val="00C82B6E"/>
     <w:rsid w:val="00C83258"/>
     <w:rsid w:val="00C85920"/>
     <w:rsid w:val="00C86CF2"/>
     <w:rsid w:val="00C941A0"/>
     <w:rsid w:val="00C9627E"/>
     <w:rsid w:val="00C97115"/>
     <w:rsid w:val="00CA1A10"/>
     <w:rsid w:val="00CA540D"/>
     <w:rsid w:val="00CA56AB"/>
     <w:rsid w:val="00CB1A9F"/>
     <w:rsid w:val="00CB3A19"/>
     <w:rsid w:val="00CB7ACB"/>
     <w:rsid w:val="00CD3D08"/>
     <w:rsid w:val="00CE09BA"/>
     <w:rsid w:val="00CE15FD"/>
@@ -8058,65 +8082,65 @@
     <w:rsid w:val="00FD47CA"/>
     <w:rsid w:val="00FE01F8"/>
     <w:rsid w:val="00FE0FDA"/>
     <w:rsid w:val="00FE2325"/>
     <w:rsid w:val="00FE3FCF"/>
     <w:rsid w:val="00FF18D8"/>
     <w:rsid w:val="00FF29CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="41985"/>
+    <o:shapedefaults v:ext="edit" spidmax="44033"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="36AC4ED7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F7C3D88B-DBE0-4769-BF4D-95782790F1CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:locked="1"/>
     <w:lsdException w:name="toc 2" w:locked="1"/>
     <w:lsdException w:name="toc 3" w:locked="1"/>
     <w:lsdException w:name="toc 4" w:locked="1"/>
     <w:lsdException w:name="toc 5" w:locked="1"/>
@@ -8541,51 +8565,51 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005F0EFF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -8885,75 +8909,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{542B710C-BF5C-4248-B085-601DAC9D58E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1136</Words>
-  <Characters>6026</Characters>
+  <Words>1130</Words>
+  <Characters>5992</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
+  <Lines>49</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>(personnr)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Gothenburg</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7148</CharactersWithSpaces>
+  <CharactersWithSpaces>7108</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>90</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>72</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.antagning.se/sv/Hur-du-anmaler-dig-och-haller-koll/ladda-upp-ratt-papper/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2490409</vt:i4>
       </vt:variant>
       <vt:variant>