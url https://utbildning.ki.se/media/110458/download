--- v1 (2025-12-10)
+++ v2 (2026-01-29)
@@ -38,51 +38,51 @@
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3507"/>
       </w:tblGrid>
       <w:tr w:rsidR="003A0B89" w:rsidRPr="007C3A57" w14:paraId="6DF92AAF" w14:textId="77777777" w:rsidTr="000860A8">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6240E0B3" w14:textId="71CD203D" w:rsidR="003A0B89" w:rsidRPr="007C3A57" w:rsidRDefault="003A0B89" w:rsidP="000860A8">
+          <w:p w14:paraId="6240E0B3" w14:textId="727C11E2" w:rsidR="003A0B89" w:rsidRPr="007C3A57" w:rsidRDefault="003A0B89" w:rsidP="000860A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C3A57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anmälan inför höstterminen 20</w:t>
             </w:r>
             <w:r w:rsidR="00951235">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -152,58 +152,58 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00434309">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="007C3A57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Sista kompletteringsdag: </w:t>
             </w:r>
-            <w:r w:rsidR="00964ED2">
-[...6 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="00AA26A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00AE7659">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C3A57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>april 20</w:t>
             </w:r>
             <w:r w:rsidR="00951235">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -242,122 +242,122 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DFA2DA9" w14:textId="77777777" w:rsidR="003A0B89" w:rsidRPr="00E41736" w:rsidRDefault="003A0B89" w:rsidP="003A0B89">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C3A57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B69CA3" w14:textId="77777777" w:rsidR="0072267F" w:rsidRPr="00117F67" w:rsidRDefault="0072267F" w:rsidP="0072267F">
+    <w:p w14:paraId="31B69CA3" w14:textId="2CFD8DC5" w:rsidR="0072267F" w:rsidRPr="00117F67" w:rsidRDefault="0072267F" w:rsidP="0072267F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00117F67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Meritförteckning – kompletterande utbildning för läkare med utländsk examen</w:t>
+        <w:t>Meritförteckning – kompletterande utbildning för läkare med utländsk exam</w:t>
+      </w:r>
+      <w:r w:rsidR="002806A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00C12610">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BF3B2F" w14:textId="72A57AF1" w:rsidR="00AF2F96" w:rsidRPr="00A46E81" w:rsidRDefault="00423A6D" w:rsidP="006962FA">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmälan görs på </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00C97115">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>Antagnin</w:t>
-[...19 lines deleted...]
-          <w:t>.se</w:t>
+          <w:t>Antagning.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C97115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> mellan 1</w:t>
       </w:r>
       <w:r w:rsidR="00434309">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00C97115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -400,51 +400,51 @@
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> mars</w:t>
       </w:r>
       <w:r w:rsidRPr="00C97115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="432D8C01" w14:textId="4560D409" w:rsidR="00631747" w:rsidRPr="00E41736" w:rsidRDefault="00631747" w:rsidP="00DE688C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74572D6B" w14:textId="418B6F15" w:rsidR="007C36CE" w:rsidRPr="007F0EF4" w:rsidRDefault="00631747" w:rsidP="007C36CE">
+    <w:p w14:paraId="74572D6B" w14:textId="17ED44FC" w:rsidR="007C36CE" w:rsidRPr="007F0EF4" w:rsidRDefault="00631747" w:rsidP="007C36CE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F0EF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Fyll i blanketten elektroniskt (inte för hand). Ladda upp på ”Mina sidor” på </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="007F0EF4">
           <w:rPr>
@@ -491,58 +491,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="007C36CE" w:rsidRPr="007F0EF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ista kompletteringsdag och sista dag för att styrka avgiftsfrihet (anmälnings- och studieavgift för sökande utanför EU/EES)</w:t>
       </w:r>
       <w:r w:rsidR="007C36CE" w:rsidRPr="007F0EF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> är den </w:t>
       </w:r>
-      <w:r w:rsidR="00964ED2">
+      <w:r w:rsidR="00AA26A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="007C36CE" w:rsidRPr="007F0EF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> april. Läs vilka regler som gäller för avgifter på </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="007C36CE" w:rsidRPr="007F0EF4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
           <w:t>Antagning.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007C36CE" w:rsidRPr="007F0EF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7425,60 +7425,60 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="772214678">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="858931351">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2083019320">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1749376902">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1741520015">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="718944780">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="2v2VoWvH0WLlx/v/MyUBzwILzLlDOOkocChHKKGLX4W1mSkGzR4VuAWKpQMVS47MFTkpqNM2/GJl9vKHMQNhGw==" w:salt="qJhfGasaopPbRkgdTPESoA=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Aw4q3Dd+e2FDl6djBxLFostN1Y1C8HaQ7YAmCz4ptTCIrQ3CTFdNsU4ayMONJEj1Xr55+pNK08re2ZQDOIKDgg==" w:salt="kQ2bPk3jEE8UgY6KucpdJw=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="44033"/>
+    <o:shapedefaults v:ext="edit" spidmax="46081"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F9239F"/>
     <w:rsid w:val="00006447"/>
     <w:rsid w:val="000145D9"/>
     <w:rsid w:val="00016250"/>
     <w:rsid w:val="00016EF9"/>
     <w:rsid w:val="00036E8F"/>
     <w:rsid w:val="00036FBD"/>
@@ -7543,50 +7543,51 @@
     <w:rsid w:val="001E6831"/>
     <w:rsid w:val="001E7927"/>
     <w:rsid w:val="001F6850"/>
     <w:rsid w:val="001F736F"/>
     <w:rsid w:val="002055A3"/>
     <w:rsid w:val="00214300"/>
     <w:rsid w:val="002174E0"/>
     <w:rsid w:val="00224E4A"/>
     <w:rsid w:val="002355DA"/>
     <w:rsid w:val="0023731F"/>
     <w:rsid w:val="00237D97"/>
     <w:rsid w:val="00245C12"/>
     <w:rsid w:val="00251CF4"/>
     <w:rsid w:val="00252481"/>
     <w:rsid w:val="00255585"/>
     <w:rsid w:val="002563A3"/>
     <w:rsid w:val="00263E21"/>
     <w:rsid w:val="002650CC"/>
     <w:rsid w:val="002651F9"/>
     <w:rsid w:val="00265493"/>
     <w:rsid w:val="00266B20"/>
     <w:rsid w:val="0027407B"/>
     <w:rsid w:val="0027735A"/>
     <w:rsid w:val="00277A43"/>
     <w:rsid w:val="00277AD4"/>
+    <w:rsid w:val="002806A1"/>
     <w:rsid w:val="002838BC"/>
     <w:rsid w:val="00283B95"/>
     <w:rsid w:val="00283D4B"/>
     <w:rsid w:val="002877E8"/>
     <w:rsid w:val="002942F7"/>
     <w:rsid w:val="0029470E"/>
     <w:rsid w:val="00296207"/>
     <w:rsid w:val="002A0634"/>
     <w:rsid w:val="002A2B77"/>
     <w:rsid w:val="002A52E9"/>
     <w:rsid w:val="002B1F9F"/>
     <w:rsid w:val="002B58C1"/>
     <w:rsid w:val="002B64FA"/>
     <w:rsid w:val="002C3A2B"/>
     <w:rsid w:val="002C499A"/>
     <w:rsid w:val="002C6B33"/>
     <w:rsid w:val="002D0562"/>
     <w:rsid w:val="002D0CC4"/>
     <w:rsid w:val="002D26DD"/>
     <w:rsid w:val="002E0FC2"/>
     <w:rsid w:val="002E17AD"/>
     <w:rsid w:val="002E2FAE"/>
     <w:rsid w:val="002E6F4C"/>
     <w:rsid w:val="002F5308"/>
     <w:rsid w:val="00301F3C"/>
@@ -7834,85 +7835,87 @@
     <w:rsid w:val="008E45BB"/>
     <w:rsid w:val="008E476C"/>
     <w:rsid w:val="008E6035"/>
     <w:rsid w:val="008F4367"/>
     <w:rsid w:val="008F567E"/>
     <w:rsid w:val="008F6E15"/>
     <w:rsid w:val="0090298F"/>
     <w:rsid w:val="009123E4"/>
     <w:rsid w:val="00920F16"/>
     <w:rsid w:val="009229A0"/>
     <w:rsid w:val="00923C33"/>
     <w:rsid w:val="00924358"/>
     <w:rsid w:val="00925F98"/>
     <w:rsid w:val="00932E26"/>
     <w:rsid w:val="00944D47"/>
     <w:rsid w:val="00951235"/>
     <w:rsid w:val="00952813"/>
     <w:rsid w:val="00960D9B"/>
     <w:rsid w:val="00964ED2"/>
     <w:rsid w:val="00984B12"/>
     <w:rsid w:val="00985398"/>
     <w:rsid w:val="00995C63"/>
     <w:rsid w:val="009A016B"/>
     <w:rsid w:val="009A06D3"/>
     <w:rsid w:val="009B2C75"/>
+    <w:rsid w:val="009B3FF5"/>
     <w:rsid w:val="009B5785"/>
     <w:rsid w:val="009D1BF9"/>
     <w:rsid w:val="009E1A47"/>
     <w:rsid w:val="009E2CF7"/>
     <w:rsid w:val="009E3550"/>
     <w:rsid w:val="009E367B"/>
     <w:rsid w:val="009E6D15"/>
     <w:rsid w:val="009F7C32"/>
     <w:rsid w:val="00A07948"/>
     <w:rsid w:val="00A15116"/>
     <w:rsid w:val="00A15299"/>
     <w:rsid w:val="00A22B34"/>
     <w:rsid w:val="00A24795"/>
     <w:rsid w:val="00A279AC"/>
     <w:rsid w:val="00A27DD9"/>
     <w:rsid w:val="00A30CE6"/>
     <w:rsid w:val="00A338B0"/>
     <w:rsid w:val="00A359FB"/>
     <w:rsid w:val="00A35B90"/>
     <w:rsid w:val="00A40E5E"/>
     <w:rsid w:val="00A41805"/>
     <w:rsid w:val="00A44BB1"/>
     <w:rsid w:val="00A45E3D"/>
     <w:rsid w:val="00A46E81"/>
     <w:rsid w:val="00A50FDF"/>
     <w:rsid w:val="00A5227C"/>
     <w:rsid w:val="00A5717C"/>
     <w:rsid w:val="00A60591"/>
     <w:rsid w:val="00A6091E"/>
     <w:rsid w:val="00A64F36"/>
     <w:rsid w:val="00A777C6"/>
     <w:rsid w:val="00A807BB"/>
     <w:rsid w:val="00A80EDB"/>
     <w:rsid w:val="00A91FAF"/>
     <w:rsid w:val="00A93F44"/>
+    <w:rsid w:val="00AA26A7"/>
     <w:rsid w:val="00AA3A40"/>
     <w:rsid w:val="00AA4E40"/>
     <w:rsid w:val="00AB4F60"/>
     <w:rsid w:val="00AB6BD5"/>
     <w:rsid w:val="00AB746D"/>
     <w:rsid w:val="00AB75C1"/>
     <w:rsid w:val="00AB76D7"/>
     <w:rsid w:val="00AC70B9"/>
     <w:rsid w:val="00AD17DC"/>
     <w:rsid w:val="00AD7B26"/>
     <w:rsid w:val="00AE0597"/>
     <w:rsid w:val="00AE3A3D"/>
     <w:rsid w:val="00AE7659"/>
     <w:rsid w:val="00AF239C"/>
     <w:rsid w:val="00AF2F96"/>
     <w:rsid w:val="00AF5612"/>
     <w:rsid w:val="00B047E8"/>
     <w:rsid w:val="00B059F2"/>
     <w:rsid w:val="00B11534"/>
     <w:rsid w:val="00B13121"/>
     <w:rsid w:val="00B20558"/>
     <w:rsid w:val="00B20627"/>
     <w:rsid w:val="00B23D44"/>
     <w:rsid w:val="00B25DD3"/>
     <w:rsid w:val="00B26EA4"/>
@@ -7925,50 +7928,51 @@
     <w:rsid w:val="00B55DF8"/>
     <w:rsid w:val="00B5612A"/>
     <w:rsid w:val="00B56980"/>
     <w:rsid w:val="00B605A4"/>
     <w:rsid w:val="00B61459"/>
     <w:rsid w:val="00B62606"/>
     <w:rsid w:val="00B6643F"/>
     <w:rsid w:val="00B8378C"/>
     <w:rsid w:val="00B85DB2"/>
     <w:rsid w:val="00B905C7"/>
     <w:rsid w:val="00B91B56"/>
     <w:rsid w:val="00B95B5F"/>
     <w:rsid w:val="00BA025E"/>
     <w:rsid w:val="00BA6B92"/>
     <w:rsid w:val="00BA7677"/>
     <w:rsid w:val="00BD0347"/>
     <w:rsid w:val="00BD79A2"/>
     <w:rsid w:val="00BE03BA"/>
     <w:rsid w:val="00BF2E5B"/>
     <w:rsid w:val="00BF2F00"/>
     <w:rsid w:val="00BF4A1C"/>
     <w:rsid w:val="00C01BD9"/>
     <w:rsid w:val="00C02E24"/>
     <w:rsid w:val="00C03AF1"/>
     <w:rsid w:val="00C11F40"/>
+    <w:rsid w:val="00C12610"/>
     <w:rsid w:val="00C139AA"/>
     <w:rsid w:val="00C24D35"/>
     <w:rsid w:val="00C25545"/>
     <w:rsid w:val="00C318F2"/>
     <w:rsid w:val="00C36B68"/>
     <w:rsid w:val="00C4287C"/>
     <w:rsid w:val="00C51B29"/>
     <w:rsid w:val="00C52542"/>
     <w:rsid w:val="00C537F5"/>
     <w:rsid w:val="00C5400E"/>
     <w:rsid w:val="00C547EA"/>
     <w:rsid w:val="00C64616"/>
     <w:rsid w:val="00C828F9"/>
     <w:rsid w:val="00C82B6E"/>
     <w:rsid w:val="00C83258"/>
     <w:rsid w:val="00C85920"/>
     <w:rsid w:val="00C86CF2"/>
     <w:rsid w:val="00C941A0"/>
     <w:rsid w:val="00C9627E"/>
     <w:rsid w:val="00C97115"/>
     <w:rsid w:val="00CA1A10"/>
     <w:rsid w:val="00CA540D"/>
     <w:rsid w:val="00CA56AB"/>
     <w:rsid w:val="00CB1A9F"/>
     <w:rsid w:val="00CB3A19"/>
@@ -8041,92 +8045,93 @@
     <w:rsid w:val="00E66B3C"/>
     <w:rsid w:val="00E66DD7"/>
     <w:rsid w:val="00E67018"/>
     <w:rsid w:val="00E8401A"/>
     <w:rsid w:val="00EA0AC4"/>
     <w:rsid w:val="00EA2CB6"/>
     <w:rsid w:val="00EA731A"/>
     <w:rsid w:val="00ED1359"/>
     <w:rsid w:val="00ED7837"/>
     <w:rsid w:val="00EE5681"/>
     <w:rsid w:val="00EE761D"/>
     <w:rsid w:val="00EF3860"/>
     <w:rsid w:val="00EF582F"/>
     <w:rsid w:val="00F007C4"/>
     <w:rsid w:val="00F04305"/>
     <w:rsid w:val="00F125E8"/>
     <w:rsid w:val="00F141A0"/>
     <w:rsid w:val="00F23DD1"/>
     <w:rsid w:val="00F24A27"/>
     <w:rsid w:val="00F24FFA"/>
     <w:rsid w:val="00F33409"/>
     <w:rsid w:val="00F37BA0"/>
     <w:rsid w:val="00F41668"/>
     <w:rsid w:val="00F41E09"/>
     <w:rsid w:val="00F472BE"/>
+    <w:rsid w:val="00F51C32"/>
     <w:rsid w:val="00F65CE3"/>
     <w:rsid w:val="00F719CA"/>
     <w:rsid w:val="00F7733C"/>
     <w:rsid w:val="00F84BDB"/>
     <w:rsid w:val="00F8642F"/>
     <w:rsid w:val="00F86496"/>
     <w:rsid w:val="00F9239F"/>
     <w:rsid w:val="00F9761B"/>
     <w:rsid w:val="00FA1339"/>
     <w:rsid w:val="00FA330C"/>
     <w:rsid w:val="00FB7674"/>
     <w:rsid w:val="00FC1CA1"/>
     <w:rsid w:val="00FC2227"/>
     <w:rsid w:val="00FC3542"/>
     <w:rsid w:val="00FD1D61"/>
     <w:rsid w:val="00FD34C8"/>
     <w:rsid w:val="00FD47CA"/>
     <w:rsid w:val="00FE01F8"/>
     <w:rsid w:val="00FE0FDA"/>
     <w:rsid w:val="00FE2325"/>
     <w:rsid w:val="00FE3FCF"/>
     <w:rsid w:val="00FF18D8"/>
     <w:rsid w:val="00FF29CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="44033"/>
+    <o:shapedefaults v:ext="edit" spidmax="46081"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="36AC4ED7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F7C3D88B-DBE0-4769-BF4D-95782790F1CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>