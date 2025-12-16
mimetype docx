--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -1,14844 +1,3449 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="28501EEA" w14:textId="77777777" w:rsidR="002D3E15" w:rsidRDefault="002D3E15" w:rsidP="002D3E15">
+    <w:p w14:paraId="28501EEA" w14:textId="77777777" w:rsidR="002D3E15" w:rsidRPr="001434CF" w:rsidRDefault="002D3E15" w:rsidP="002D3E15">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09F791AF" wp14:editId="799C915B">
             <wp:extent cx="1314450" cy="657225"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Bild 3">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Bild 3">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1314450" cy="657225"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B39FE4C" w14:textId="06814566" w:rsidR="00BE336D" w:rsidRPr="006A761E" w:rsidRDefault="00BE336D" w:rsidP="00BE336D">
+    <w:p w14:paraId="4B39FE4C" w14:textId="4928171E" w:rsidR="00BE336D" w:rsidRPr="001434CF" w:rsidRDefault="009F7F4E" w:rsidP="00BE336D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A761E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Meritportfölj för psykoterapeutprogrammet, 90 hp, inriktning:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Intyg om arbete under </w:t>
+      </w:r>
+      <w:r w:rsidR="00811AF6" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">utbildning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C76DC6" w14:textId="567E2D76" w:rsidR="0068560C" w:rsidRDefault="00BE336D" w:rsidP="00BE336D">
+    <w:p w14:paraId="73C76DC6" w14:textId="61C5D186" w:rsidR="0068560C" w:rsidRPr="001434CF" w:rsidRDefault="00BE336D" w:rsidP="00BE336D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A761E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>- KBT</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00811AF6" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>gäller psykoterapeutprogrammet</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1991" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00330256" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2PT26</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1991" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">) 90 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D1991" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>hp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2F4215F6" w14:textId="77777777" w:rsidR="00613E53" w:rsidRPr="001434CF" w:rsidRDefault="00613E53" w:rsidP="00BE336D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69985E9E" w14:textId="1543CD46" w:rsidR="00613E53" w:rsidRPr="001434CF" w:rsidRDefault="00613E53" w:rsidP="00BE336D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Denna blankett används för att styrka följande behörighetskrav till psykoterapeutprogrammet på Karolinska Institutet: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C75EB00" w14:textId="77777777" w:rsidR="002878F0" w:rsidRPr="006A761E" w:rsidRDefault="002878F0" w:rsidP="00BE336D">
+    <w:p w14:paraId="0E0DAC3A" w14:textId="4075EF82" w:rsidR="00005FB5" w:rsidRPr="001434CF" w:rsidRDefault="00005FB5" w:rsidP="00BE336D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Den sökande ska ha intyg från arbetsgivaren som visar att den sökande under hela studietiden kommer att ha deltidstjänstgöring med psykoterapeutiska arbetsuppgifter inom psykiatrisk vård eller motsvarande om minst 25% av heltid, och att dessa arbetsuppgifter kan utgöra grund för terapihandledningen under utbildningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B106C49" w14:textId="683D2F93" w:rsidR="008E1341" w:rsidRPr="001434CF" w:rsidRDefault="008E1341" w:rsidP="00BE336D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BF57CE4" w14:textId="3A69B239" w:rsidR="008E1341" w:rsidRPr="001434CF" w:rsidRDefault="008E1341" w:rsidP="00BE336D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Läs mer om hela särskilda behörighetskravet på ki.se. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C75EB00" w14:textId="77777777" w:rsidR="002878F0" w:rsidRPr="001434CF" w:rsidRDefault="002878F0" w:rsidP="00BE336D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...224 lines deleted...]
-    <w:p w14:paraId="4F3EB560" w14:textId="107AD41C" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="00BE7937">
+    <w:p w14:paraId="75F8B3F3" w14:textId="611C6D95" w:rsidR="0047350F" w:rsidRPr="001434CF" w:rsidRDefault="0047350F" w:rsidP="0068560C">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...678 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2122"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1105"/>
+        <w:gridCol w:w="5240"/>
+        <w:gridCol w:w="5216"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E0C0C" w:rsidRPr="006A761E" w14:paraId="5F835ED4" w14:textId="77777777" w:rsidTr="00EC3F0B">
+      <w:tr w:rsidR="002E0C0C" w:rsidRPr="001434CF" w14:paraId="5F835ED4" w14:textId="77777777" w:rsidTr="00EC3F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="48778E57" w14:textId="77777777" w:rsidR="002E0C0C" w:rsidRPr="006A761E" w:rsidRDefault="002E0C0C" w:rsidP="0047350F">
+          <w:p w14:paraId="48778E57" w14:textId="78307241" w:rsidR="002E0C0C" w:rsidRPr="001434CF" w:rsidRDefault="00BB25A0" w:rsidP="0047350F">
             <w:pPr>
               <w:spacing w:before="1" w:line="213" w:lineRule="auto"/>
               <w:ind w:right="130"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="792D7235" w14:textId="77777777" w:rsidR="002E0C0C" w:rsidRPr="006A761E" w:rsidRDefault="002E0C0C" w:rsidP="0047350F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbetstagare </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="792D7235" w14:textId="77777777" w:rsidR="002E0C0C" w:rsidRPr="001434CF" w:rsidRDefault="002E0C0C" w:rsidP="0047350F">
             <w:pPr>
               <w:spacing w:before="1" w:line="213" w:lineRule="auto"/>
               <w:ind w:right="130"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047350F" w:rsidRPr="006A761E" w14:paraId="41B54C34" w14:textId="77777777" w:rsidTr="00623F45">
+      <w:tr w:rsidR="0047350F" w:rsidRPr="001434CF" w14:paraId="41B54C34" w14:textId="77777777" w:rsidTr="00623F45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5170DF0C" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="00623F45" w:rsidRDefault="0047350F" w:rsidP="00FF6C13">
+          <w:p w14:paraId="5170DF0C" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="001434CF" w:rsidRDefault="0047350F" w:rsidP="00FF6C13">
             <w:pPr>
               <w:spacing w:before="1" w:after="60" w:line="213" w:lineRule="auto"/>
               <w:ind w:right="130"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00623F45">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Personnummer (åååå-mm-dd-xxxx)</w:t>
+              <w:t>Personnummer (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>åååå-mm-dd-xxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkStart w:id="0" w:name="Text1"/>
-          <w:p w14:paraId="7229BF13" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="00FF6C13">
+          <w:p w14:paraId="7229BF13" w14:textId="7CB4BB68" w:rsidR="0047350F" w:rsidRPr="001434CF" w:rsidRDefault="0047350F" w:rsidP="00FF6C13">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...54 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00970751">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00970751">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00970751">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00970751">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00970751">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w14:paraId="1FA3A11E" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="0068560C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1FA3A11E" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="001434CF" w:rsidRDefault="0047350F" w:rsidP="0068560C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5216" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3515FE4F" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="00623F45" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
+          <w:p w14:paraId="3515FE4F" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="001434CF" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
             <w:pPr>
               <w:spacing w:line="213" w:lineRule="auto"/>
               <w:ind w:right="130"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00623F45">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anmälningsnummer (finns på dina sidor på antagning.se)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27C9DA11" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
+          <w:p w14:paraId="27C9DA11" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="001434CF" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...54 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6368ACAD" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="0068560C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6368ACAD" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="001434CF" w:rsidRDefault="0047350F" w:rsidP="0068560C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047350F" w:rsidRPr="006A761E" w14:paraId="14BCD2CB" w14:textId="77777777" w:rsidTr="00623F45">
+      <w:tr w:rsidR="0047350F" w:rsidRPr="001434CF" w14:paraId="14BCD2CB" w14:textId="77777777" w:rsidTr="00623F45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="28633A51" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="00623F45" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
+          <w:p w14:paraId="28633A51" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="001434CF" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
             <w:pPr>
               <w:spacing w:line="213" w:lineRule="auto"/>
               <w:ind w:right="130"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00623F45">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Efternamn</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01C10108" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
+          <w:p w14:paraId="01C10108" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="001434CF" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...54 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63393B2F" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="0068560C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="63393B2F" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="001434CF" w:rsidRDefault="0047350F" w:rsidP="0068560C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5216" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6B105B2A" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="00623F45" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
+          <w:p w14:paraId="6B105B2A" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="001434CF" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
             <w:pPr>
               <w:spacing w:line="213" w:lineRule="auto"/>
               <w:ind w:right="130"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00623F45">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Förnamn</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D8656C9" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
+          <w:p w14:paraId="6D8656C9" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="001434CF" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...54 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25A0612D" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="0068560C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="25A0612D" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="001434CF" w:rsidRDefault="0047350F" w:rsidP="0068560C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC36DF" w:rsidRPr="006A761E" w14:paraId="30F38987" w14:textId="77777777" w:rsidTr="00EE6049">
+      <w:tr w:rsidR="00DC36DF" w:rsidRPr="001434CF" w14:paraId="4440F37E" w14:textId="77777777" w:rsidTr="00701817">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="44331972" w14:textId="77777777" w:rsidR="00DC36DF" w:rsidRPr="006A761E" w:rsidRDefault="00DC36DF" w:rsidP="0068560C">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="5F0CC2A3" w14:textId="718F2EC8" w:rsidR="00DC36DF" w:rsidRPr="001434CF" w:rsidRDefault="00DC36DF" w:rsidP="005C2A62">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
-[...37 lines deleted...]
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Arbetsplats</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="402744F2" w14:textId="03C3F46B" w:rsidR="00DC36DF" w:rsidRPr="006A761E" w:rsidRDefault="00DC36DF" w:rsidP="005C2A62">
+          <w:p w14:paraId="402744F2" w14:textId="03C3F46B" w:rsidR="00DC36DF" w:rsidRPr="001434CF" w:rsidRDefault="00DC36DF" w:rsidP="005C2A62">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0095076D">
-[...54 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="0095076D" w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0095076D" w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0095076D" w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0095076D" w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0095076D" w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51EB203F" w14:textId="77777777" w:rsidR="00DC36DF" w:rsidRPr="006A761E" w:rsidRDefault="00DC36DF" w:rsidP="0068560C">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="51EB203F" w14:textId="77777777" w:rsidR="00DC36DF" w:rsidRPr="001434CF" w:rsidRDefault="00DC36DF" w:rsidP="0068560C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC36DF" w:rsidRPr="006A761E" w14:paraId="1401C8F6" w14:textId="77777777" w:rsidTr="00464B6B">
+      <w:tr w:rsidR="00DC36DF" w:rsidRPr="001434CF" w14:paraId="1401C8F6" w14:textId="77777777" w:rsidTr="00464B6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6B414C" w14:textId="39E0BC41" w:rsidR="00DC36DF" w:rsidRPr="008665FD" w:rsidRDefault="00DC36DF" w:rsidP="005C2A62">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="4D6B414C" w14:textId="28410465" w:rsidR="00DC36DF" w:rsidRPr="001434CF" w:rsidRDefault="00DC36DF" w:rsidP="005C2A62">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008665FD">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Adress</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5562BF3C" w14:textId="77777777" w:rsidR="00DC36DF" w:rsidRPr="006A761E" w:rsidRDefault="00DC36DF" w:rsidP="005C2A62">
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00301517">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rbetsplatsens adress</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5562BF3C" w14:textId="77777777" w:rsidR="00DC36DF" w:rsidRPr="001434CF" w:rsidRDefault="00DC36DF" w:rsidP="005C2A62">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...54 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="030C9020" w14:textId="4F7EC57E" w:rsidR="00DC36DF" w:rsidRPr="006A761E" w:rsidRDefault="00DC36DF" w:rsidP="0068560C">
-[...2965 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="030C9020" w14:textId="4F7EC57E" w:rsidR="00DC36DF" w:rsidRPr="001434CF" w:rsidRDefault="00DC36DF" w:rsidP="0068560C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A8EFE72" w14:textId="77777777" w:rsidR="002357D7" w:rsidRDefault="002357D7">
+    <w:p w14:paraId="4457F40B" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-        <w:br w:type="page"/>
+    </w:p>
+    <w:p w14:paraId="0A93AE91" w14:textId="632B9F3F" w:rsidR="00075A24" w:rsidRPr="001434CF" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1835330542"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="007C7C9C" w:rsidRPr="001434CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007C7C9C" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Härmed intygar jag att jag, vid antagning till psykoterapeutprogrammet HT2026, kommer under </w:t>
+      </w:r>
+      <w:r w:rsidR="00005FB5" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hela </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7C9C" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>utbildningens gång ha deltidstjänstgöring med psykoterapeutiska arbetsuppgifter inom psykiatrisk vård eller motsvarande om minst 25% av heltid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C8A6E3B" w14:textId="77777777" w:rsidR="002E227B" w:rsidRDefault="002E227B" w:rsidP="002E227B">
+    <w:p w14:paraId="25768924" w14:textId="0ECFD038" w:rsidR="005F44F8" w:rsidRPr="001434CF" w:rsidRDefault="00000000" w:rsidP="005F44F8">
       <w:pPr>
-        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-582992729"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005F44F8" w:rsidRPr="001434CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0081079F" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F44F8" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jag intygar också att ovanstående arbetsuppgifter kan utgöra grund för terapihandledningen under utbildningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A3E435" w14:textId="77777777" w:rsidR="005F44F8" w:rsidRPr="001434CF" w:rsidRDefault="005F44F8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D478B89" w14:textId="4FC0BCA9" w:rsidR="00A83D68" w:rsidRPr="006A761E" w:rsidRDefault="00840155" w:rsidP="0068560C">
+    <w:p w14:paraId="7D3A136C" w14:textId="3451E9D0" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00462DB1">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A761E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Behörighetsstyrkande bilagor</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Underskrift</w:t>
+      </w:r>
+      <w:r w:rsidR="00832F6A" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arbetstagare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="061FD97A" w14:textId="505C96E9" w:rsidR="00A83D68" w:rsidRPr="006A761E" w:rsidRDefault="00A83D68" w:rsidP="0068560C">
+    <w:p w14:paraId="380816BD" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00462DB1">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="846"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1105"/>
+        <w:gridCol w:w="10381"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006C6790" w:rsidRPr="00416564" w14:paraId="2E8AD4D9" w14:textId="77777777" w:rsidTr="006C6790">
+      <w:tr w:rsidR="00462DB1" w:rsidRPr="001434CF" w14:paraId="43C55DE4" w14:textId="77777777" w:rsidTr="005F44F8">
+        <w:trPr>
+          <w:trHeight w:val="665"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcW w:w="10381" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="297A7F91" w14:textId="383BBDDB" w:rsidR="002552B7" w:rsidRPr="006A761E" w:rsidRDefault="002552B7" w:rsidP="0068560C">
-[...166 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="295D17EB" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00416564">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Bilaga nr</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="68E04C78" w14:textId="77777777" w:rsidR="006C6790" w:rsidRPr="00416564" w:rsidRDefault="006C6790" w:rsidP="001D76E5">
+              <w:t>Ort och datum</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0367A0F4" w14:textId="77777777" w:rsidR="00970751" w:rsidRPr="001434CF" w:rsidRDefault="00970751" w:rsidP="00970751">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00416564">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00416564">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00416564">
-[...54 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="562397FE" w14:textId="77777777" w:rsidR="006C6790" w:rsidRPr="00416564" w:rsidRDefault="006C6790" w:rsidP="0068560C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="79A4D67C" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C6790" w:rsidRPr="00416564" w14:paraId="4EFE9203" w14:textId="77777777" w:rsidTr="006C6790">
+      <w:tr w:rsidR="00462DB1" w:rsidRPr="001434CF" w14:paraId="116FCC8D" w14:textId="77777777" w:rsidTr="005F44F8">
+        <w:trPr>
+          <w:trHeight w:val="704"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcW w:w="10381" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65E392C8" w14:textId="77777777" w:rsidR="006C6790" w:rsidRPr="00416564" w:rsidRDefault="006C6790" w:rsidP="0068560C">
-[...39 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="05AFBDA3" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Arbetstagarens underskrift</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="634751F0" w14:textId="2BE11698" w:rsidR="00970751" w:rsidRPr="001434CF" w:rsidRDefault="00970751" w:rsidP="00970751">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="420AC678" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="326CC289" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462DB1" w:rsidRPr="001434CF" w14:paraId="0B3943F8" w14:textId="77777777" w:rsidTr="005F44F8">
+        <w:trPr>
+          <w:trHeight w:val="691"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8505" w:type="dxa"/>
+            <w:tcW w:w="10381" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="425526CC" w14:textId="77777777" w:rsidR="002552B7" w:rsidRPr="00416564" w:rsidRDefault="002552B7" w:rsidP="002552B7">
-[...67 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="0906FB58" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00416564">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Bilaga nr</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3165101D" w14:textId="77777777" w:rsidR="006C6790" w:rsidRPr="00416564" w:rsidRDefault="006C6790" w:rsidP="001D76E5">
+              <w:t>Namnförtydligande</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="421F5E8C" w14:textId="77777777" w:rsidR="00970751" w:rsidRPr="001434CF" w:rsidRDefault="00970751" w:rsidP="00970751">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00416564">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00416564">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00416564">
-[...54 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="306287C0" w14:textId="77777777" w:rsidR="006C6790" w:rsidRPr="00416564" w:rsidRDefault="006C6790" w:rsidP="0068560C">
-[...271 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6BE50255" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B976CE4" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B164808" w14:textId="1788FD6A" w:rsidR="00840155" w:rsidRPr="00416564" w:rsidRDefault="00840155" w:rsidP="0068560C">
-[...1496 lines deleted...]
-    <w:p w14:paraId="7003E716" w14:textId="0228436D" w:rsidR="005724AF" w:rsidRPr="006A761E" w:rsidRDefault="005724AF">
+    <w:p w14:paraId="22A917E4" w14:textId="77777777" w:rsidR="001D166A" w:rsidRPr="001434CF" w:rsidRDefault="001D166A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A761E">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="05A4905D" w14:textId="622545FE" w:rsidR="00D368CA" w:rsidRPr="006A761E" w:rsidRDefault="00D368CA" w:rsidP="00BF2102">
+    <w:p w14:paraId="4305901F" w14:textId="77777777" w:rsidR="0008078E" w:rsidRPr="001434CF" w:rsidRDefault="0008078E">
       <w:pPr>
         <w:widowControl/>
-        <w:adjustRightInd w:val="0"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A761E">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4AFB08E6" w14:textId="1B91416A" w:rsidR="000615AE" w:rsidRPr="006A761E" w:rsidRDefault="000615AE" w:rsidP="00BF2102">
+    <w:p w14:paraId="446D7EC3" w14:textId="77777777" w:rsidR="00A14646" w:rsidRPr="001434CF" w:rsidRDefault="00A14646">
       <w:pPr>
         <w:widowControl/>
-        <w:adjustRightInd w:val="0"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E873B87" w14:textId="79F6C9F7" w:rsidR="000615AE" w:rsidRPr="006A761E" w:rsidRDefault="00F47AFC" w:rsidP="006C6790">
+    <w:p w14:paraId="00A1D98C" w14:textId="4FABDDBA" w:rsidR="00733366" w:rsidRPr="00733366" w:rsidRDefault="00000000" w:rsidP="00733366">
       <w:pPr>
         <w:widowControl/>
-        <w:adjustRightInd w:val="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="541726008"/>
+          <w:id w:val="1375273431"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0003345C">
+          <w:r w:rsidR="00733366" w:rsidRPr="00733366">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006C6790" w:rsidRPr="006A761E">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Jag har andra utbildningar som jag vill åberopa som meriter utöver de som ingår i den behörighetsgivande grundläggande psykoterapiutbildningen</w:t>
+      <w:r w:rsidR="00733366" w:rsidRPr="00733366">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Härmed intygar jag att den anställde</w:t>
       </w:r>
-      <w:r w:rsidR="003158F1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="007149FA" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C6790" w:rsidRPr="006A761E">
-[...3 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidR="00733366" w:rsidRPr="00733366">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kommer</w:t>
       </w:r>
-      <w:r w:rsidR="003158F1">
-[...3 lines deleted...]
-        <w:t>u</w:t>
+      <w:r w:rsidR="00D777BE" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, under hela studietiden på psykoterapeutprogrammet,</w:t>
       </w:r>
-      <w:r w:rsidR="006C6790" w:rsidRPr="006A761E">
-[...15 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00733366" w:rsidRPr="00733366">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha deltidstjänstgöring med psykoterapeutiska arbetsuppgifter inom psykiatrisk vård eller motsvarande om minst 25% av heltid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FFEC845" w14:textId="73AE3391" w:rsidR="000615AE" w:rsidRPr="006A761E" w:rsidRDefault="000615AE" w:rsidP="00BF2102">
-[...3980 lines deleted...]
-    <w:p w14:paraId="3F2CDD3F" w14:textId="4A9ED3D3" w:rsidR="006C76EC" w:rsidRDefault="006C76EC">
+    <w:p w14:paraId="0D00DE14" w14:textId="22AD9ED6" w:rsidR="002C2E2A" w:rsidRPr="001434CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:br w:type="page"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1108500702"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00733366" w:rsidRPr="00733366">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00733366" w:rsidRPr="00733366">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jag, i egenskap av arbetsgivare, intygar också att ovanstående arbetsuppgifter kan utgöra grund för terapihandledningen under utbildningen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F660C6" w14:textId="373081F8" w:rsidR="007C21B5" w:rsidRPr="006A761E" w:rsidRDefault="007C21B5" w:rsidP="00BF2102">
+    <w:p w14:paraId="699BEB89" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DA7E733" w14:textId="26A2306B" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00462DB1">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A761E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>Övriga meriter du vill åberopa</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Underskrift</w:t>
+      </w:r>
+      <w:r w:rsidR="00040FF4" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arbetsgivare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E4C59C6" w14:textId="57731491" w:rsidR="007C21B5" w:rsidRPr="006A761E" w:rsidRDefault="007C21B5" w:rsidP="00BF2102">
+    <w:p w14:paraId="4D5D4FBE" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00462DB1">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1112 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1428 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00875E64" w:rsidRPr="006A761E" w14:paraId="702F321B" w14:textId="77777777" w:rsidTr="00875E64">
+      <w:tr w:rsidR="00462DB1" w:rsidRPr="001434CF" w14:paraId="2EDC6E3F" w14:textId="77777777" w:rsidTr="00D27E84">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AA7789C" w14:textId="77777777" w:rsidR="00875E64" w:rsidRPr="008665FD" w:rsidRDefault="00875E64" w:rsidP="00BF2102">
+          <w:p w14:paraId="0FC8F90E" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008665FD">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ort och datum</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="106823DC" w14:textId="77777777" w:rsidR="00875E64" w:rsidRPr="006A761E" w:rsidRDefault="00875E64" w:rsidP="00BF2102">
+          <w:p w14:paraId="487AEC16" w14:textId="77777777" w:rsidR="00970751" w:rsidRPr="001434CF" w:rsidRDefault="00970751" w:rsidP="00970751">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C073713" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5E4AA1D4" w14:textId="45CACEB1" w:rsidR="00875E64" w:rsidRPr="006A761E" w:rsidRDefault="00875E64" w:rsidP="00BF2102">
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BD89517" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00875E64" w:rsidRPr="006A761E" w14:paraId="3177F46D" w14:textId="77777777" w:rsidTr="00875E64">
+      <w:tr w:rsidR="00462DB1" w:rsidRPr="001434CF" w14:paraId="5E4459AF" w14:textId="77777777" w:rsidTr="00D27E84">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A19CE73" w14:textId="77777777" w:rsidR="00875E64" w:rsidRPr="008665FD" w:rsidRDefault="00875E64" w:rsidP="00BF2102">
+          <w:p w14:paraId="597E2706" w14:textId="65DB8646" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008665FD">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sökandens underskrift</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="23265FA5" w14:textId="77777777" w:rsidR="00875E64" w:rsidRPr="006A761E" w:rsidRDefault="00875E64" w:rsidP="00BF2102">
+              <w:t>Arbetsgivarens underskrift</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EBFEFEB" w14:textId="4389A87A" w:rsidR="00970751" w:rsidRPr="001434CF" w:rsidRDefault="00970751" w:rsidP="00970751">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57ABFD9A" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5DA22BD2" w14:textId="4AA47B98" w:rsidR="00875E64" w:rsidRPr="006A761E" w:rsidRDefault="00875E64" w:rsidP="00BF2102">
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C2CD069" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00875E64" w:rsidRPr="006A761E" w14:paraId="3ABF6FF9" w14:textId="77777777" w:rsidTr="00875E64">
+      <w:tr w:rsidR="00462DB1" w:rsidRPr="001434CF" w14:paraId="3F90823E" w14:textId="77777777" w:rsidTr="00D27E84">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27309D22" w14:textId="77777777" w:rsidR="00875E64" w:rsidRPr="008665FD" w:rsidRDefault="00875E64" w:rsidP="00BF2102">
+          <w:p w14:paraId="7F316D0E" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008665FD">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Namnförtydligande</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6305AE23" w14:textId="77777777" w:rsidR="00875E64" w:rsidRPr="006A761E" w:rsidRDefault="00875E64" w:rsidP="00BF2102">
+          <w:p w14:paraId="1463E1BE" w14:textId="77777777" w:rsidR="00970751" w:rsidRPr="001434CF" w:rsidRDefault="00970751" w:rsidP="00970751">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2631B42A" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="61E8CAF8" w14:textId="2089D6E4" w:rsidR="00875E64" w:rsidRPr="006A761E" w:rsidRDefault="00875E64" w:rsidP="00BF2102">
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BD96F52" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462DB1" w:rsidRPr="001434CF" w14:paraId="557EE485" w14:textId="77777777" w:rsidTr="00D27E84">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10456" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4146DDAF" w14:textId="54D463A4" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Titel</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56D7E18E" w14:textId="77777777" w:rsidR="00970751" w:rsidRPr="001434CF" w:rsidRDefault="00970751" w:rsidP="00970751">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37D685DF" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FA62FA6" w14:textId="77777777" w:rsidR="00462DB1" w:rsidRPr="001434CF" w:rsidRDefault="00462DB1" w:rsidP="00D27E84">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F51E4" w:rsidRPr="001434CF" w14:paraId="2A8FB5DD" w14:textId="77777777" w:rsidTr="00D27E84">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10456" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="179DBD1C" w14:textId="626F2A6F" w:rsidR="00687DAD" w:rsidRPr="001434CF" w:rsidRDefault="000F326C" w:rsidP="00687DAD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Arbetsgivarens telefon och mejl</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="196C9DF0" w14:textId="77777777" w:rsidR="00687DAD" w:rsidRPr="001434CF" w:rsidRDefault="00687DAD" w:rsidP="00687DAD">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001434CF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="079CEF29" w14:textId="77777777" w:rsidR="007F51E4" w:rsidRPr="001434CF" w:rsidRDefault="007F51E4" w:rsidP="00D27E84">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A013158" w14:textId="5D162168" w:rsidR="00875E64" w:rsidRPr="006A761E" w:rsidRDefault="00875E64" w:rsidP="00BF2102">
+    <w:p w14:paraId="3A8EFE72" w14:textId="241F264F" w:rsidR="002357D7" w:rsidRPr="001434CF" w:rsidRDefault="002357D7" w:rsidP="00733366">
       <w:pPr>
         <w:widowControl/>
-        <w:adjustRightInd w:val="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="270E8765" w14:textId="7C3B821B" w:rsidR="00573A3D" w:rsidRPr="006A761E" w:rsidRDefault="00573A3D" w:rsidP="00573A3D">
+    <w:p w14:paraId="30991BDB" w14:textId="47C07826" w:rsidR="00A8750A" w:rsidRPr="001434CF" w:rsidRDefault="00A8750A" w:rsidP="00733366">
       <w:pPr>
         <w:widowControl/>
-        <w:adjustRightInd w:val="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A761E">
-[...5 lines deleted...]
-        <w:t>Originalhandlingar ska kunna uppvisas på begäran. Bara sådant som finns redovisat i skrift och vederbörligen intygat av kursledare, handledare, etc. kommer att utgöra grund för bedömning. Uppgifter om egen verksamhet kan styrkas genom intyg av kommunal myndighet, företagarförening, revisor eller två personer som känner till företagets verksamhet. Kontrollera att samtliga uppgifter som ska intygas finns med på intyget, till exempel omfattning, underskrift samt datum för underskrift.</w:t>
+      <w:r w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Korrekt ifylld blankett laddas upp på antagning.se senast sista kompletterin</w:t>
+      </w:r>
+      <w:r w:rsidR="00055895" w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gsdag. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D18CFC" w14:textId="5D67AC46" w:rsidR="00C24144" w:rsidRPr="00C24144" w:rsidRDefault="00573A3D" w:rsidP="0093620C">
+    <w:p w14:paraId="2A370BB9" w14:textId="75A88C1F" w:rsidR="00055895" w:rsidRPr="001434CF" w:rsidRDefault="00055895" w:rsidP="00733366">
       <w:pPr>
         <w:widowControl/>
-        <w:adjustRightInd w:val="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A761E">
-[...5 lines deleted...]
-        <w:t>Ofullständiga eller felaktigt ifyllda uppgifter kan tyvärr inte beaktas.</w:t>
+      <w:r w:rsidRPr="001434CF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">För aktuell tidplan, besök antagning.se: </w:t>
       </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="001434CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Viktiga datum</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00C24144" w:rsidRPr="00C24144" w:rsidSect="0068560C">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00055895" w:rsidRPr="001434CF" w:rsidSect="0068560C">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47D56DC1" w14:textId="77777777" w:rsidR="00EE5F94" w:rsidRDefault="00EE5F94" w:rsidP="0068560C">
+    <w:p w14:paraId="0A922BD0" w14:textId="77777777" w:rsidR="00E31C15" w:rsidRDefault="00E31C15" w:rsidP="0068560C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="763798DD" w14:textId="77777777" w:rsidR="00EE5F94" w:rsidRDefault="00EE5F94" w:rsidP="0068560C">
+    <w:p w14:paraId="49FF8745" w14:textId="77777777" w:rsidR="00E31C15" w:rsidRDefault="00E31C15" w:rsidP="0068560C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DM Sans">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MundoSansStd-Light">
-[...7 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="406586536"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="06A9474D" w14:textId="3C2254DC" w:rsidR="002A1D3F" w:rsidRDefault="002A1D3F">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CECAD71" w14:textId="77777777" w:rsidR="00EE5F94" w:rsidRDefault="00EE5F94" w:rsidP="0068560C">
+    <w:p w14:paraId="133DAEDD" w14:textId="77777777" w:rsidR="00E31C15" w:rsidRDefault="00E31C15" w:rsidP="0068560C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="514C86E5" w14:textId="77777777" w:rsidR="00EE5F94" w:rsidRDefault="00EE5F94" w:rsidP="0068560C">
+    <w:p w14:paraId="3DE99ED3" w14:textId="77777777" w:rsidR="00E31C15" w:rsidRDefault="00E31C15" w:rsidP="0068560C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0BBC11AD" w14:textId="4311BA61" w:rsidR="0047350F" w:rsidRDefault="0047350F" w:rsidP="0047350F">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Yw6c6UsnXcqDpjI/mPxoKcHDWzRKPaCJjEZHRcAlBI5uW/kv2FdeIztivlMmvrc3MkTKkJw8bIa7PvgWETVO0w==" w:salt="0+iC92Gj8o6Cbcoc8xrhvw=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="g9N3++65isexPQFSCeozGzdaVbwyazAZZUj/ld7IOQRaUcS+yoS6BAZCmmR9+fFUK1oOT/WdX/HRtaZUMMnwbQ==" w:salt="SkEDDE3IG0zcxBJknap5zw=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0068560C"/>
+    <w:rsid w:val="00005FB5"/>
     <w:rsid w:val="0000751C"/>
     <w:rsid w:val="00010EC1"/>
     <w:rsid w:val="00027343"/>
     <w:rsid w:val="0003345C"/>
+    <w:rsid w:val="00040FF4"/>
     <w:rsid w:val="000517D4"/>
+    <w:rsid w:val="00055895"/>
     <w:rsid w:val="000615AE"/>
     <w:rsid w:val="00063CC3"/>
     <w:rsid w:val="00066B3E"/>
+    <w:rsid w:val="00075A24"/>
+    <w:rsid w:val="0008078E"/>
     <w:rsid w:val="0009242D"/>
+    <w:rsid w:val="000F326C"/>
     <w:rsid w:val="00114AF9"/>
+    <w:rsid w:val="001434CF"/>
     <w:rsid w:val="001519C3"/>
     <w:rsid w:val="001611F0"/>
+    <w:rsid w:val="001740B4"/>
     <w:rsid w:val="00174B2B"/>
     <w:rsid w:val="00187E63"/>
     <w:rsid w:val="00191F79"/>
     <w:rsid w:val="00192015"/>
     <w:rsid w:val="00194E72"/>
     <w:rsid w:val="001A558F"/>
     <w:rsid w:val="001A6D7F"/>
     <w:rsid w:val="001C0CBA"/>
+    <w:rsid w:val="001D166A"/>
+    <w:rsid w:val="001D2628"/>
     <w:rsid w:val="001D76E5"/>
     <w:rsid w:val="001D7FF7"/>
     <w:rsid w:val="001E1EBB"/>
     <w:rsid w:val="001E5CAD"/>
     <w:rsid w:val="001F1822"/>
     <w:rsid w:val="001F2AA1"/>
     <w:rsid w:val="001F7178"/>
     <w:rsid w:val="00212247"/>
+    <w:rsid w:val="002238D6"/>
     <w:rsid w:val="002357D7"/>
     <w:rsid w:val="0024416E"/>
     <w:rsid w:val="002552B7"/>
+    <w:rsid w:val="00257CE4"/>
     <w:rsid w:val="002621DD"/>
     <w:rsid w:val="00287865"/>
     <w:rsid w:val="002878F0"/>
+    <w:rsid w:val="00295B98"/>
     <w:rsid w:val="002A1D3F"/>
     <w:rsid w:val="002A5A97"/>
     <w:rsid w:val="002B466F"/>
+    <w:rsid w:val="002C272A"/>
+    <w:rsid w:val="002C2E2A"/>
     <w:rsid w:val="002D3E15"/>
     <w:rsid w:val="002D7874"/>
     <w:rsid w:val="002E0C0C"/>
     <w:rsid w:val="002E227B"/>
     <w:rsid w:val="002F41D4"/>
     <w:rsid w:val="00301106"/>
+    <w:rsid w:val="00301517"/>
     <w:rsid w:val="003158F1"/>
+    <w:rsid w:val="00330256"/>
     <w:rsid w:val="00335A94"/>
+    <w:rsid w:val="003430D6"/>
     <w:rsid w:val="003438C1"/>
     <w:rsid w:val="00356348"/>
     <w:rsid w:val="003674F1"/>
     <w:rsid w:val="00375489"/>
     <w:rsid w:val="003949DD"/>
     <w:rsid w:val="003A0E68"/>
     <w:rsid w:val="00400C10"/>
     <w:rsid w:val="00416564"/>
     <w:rsid w:val="004233A7"/>
     <w:rsid w:val="00443A54"/>
     <w:rsid w:val="004473BF"/>
+    <w:rsid w:val="00447460"/>
     <w:rsid w:val="00447BBC"/>
+    <w:rsid w:val="00462DB1"/>
     <w:rsid w:val="004637E7"/>
     <w:rsid w:val="00464833"/>
     <w:rsid w:val="00470FF5"/>
     <w:rsid w:val="0047350F"/>
     <w:rsid w:val="00475B95"/>
     <w:rsid w:val="00482022"/>
     <w:rsid w:val="004F3354"/>
     <w:rsid w:val="004F7F56"/>
     <w:rsid w:val="005001A0"/>
+    <w:rsid w:val="005061D0"/>
     <w:rsid w:val="005143DC"/>
     <w:rsid w:val="00514FD8"/>
     <w:rsid w:val="0054399E"/>
     <w:rsid w:val="00551EDA"/>
     <w:rsid w:val="005548D6"/>
     <w:rsid w:val="00571103"/>
     <w:rsid w:val="0057111E"/>
     <w:rsid w:val="005724AF"/>
     <w:rsid w:val="00573A3D"/>
     <w:rsid w:val="005A2838"/>
     <w:rsid w:val="005B035F"/>
     <w:rsid w:val="005B4635"/>
     <w:rsid w:val="005C2A62"/>
     <w:rsid w:val="005E1C1A"/>
+    <w:rsid w:val="005F44F8"/>
     <w:rsid w:val="0060630C"/>
     <w:rsid w:val="00611139"/>
+    <w:rsid w:val="00613E53"/>
     <w:rsid w:val="006148A4"/>
     <w:rsid w:val="00623F45"/>
     <w:rsid w:val="00632C3D"/>
+    <w:rsid w:val="00640E98"/>
     <w:rsid w:val="006464A2"/>
     <w:rsid w:val="00646AAA"/>
     <w:rsid w:val="006477C2"/>
     <w:rsid w:val="00652C51"/>
     <w:rsid w:val="00655539"/>
     <w:rsid w:val="00656F89"/>
     <w:rsid w:val="0068560C"/>
+    <w:rsid w:val="00687DAD"/>
     <w:rsid w:val="006A761E"/>
     <w:rsid w:val="006B13B4"/>
     <w:rsid w:val="006C6790"/>
     <w:rsid w:val="006C76EC"/>
     <w:rsid w:val="006D0B44"/>
     <w:rsid w:val="006D4E6D"/>
     <w:rsid w:val="006D7E71"/>
     <w:rsid w:val="006D7F5A"/>
     <w:rsid w:val="006F3ACA"/>
+    <w:rsid w:val="007149FA"/>
     <w:rsid w:val="0072014D"/>
+    <w:rsid w:val="00733366"/>
     <w:rsid w:val="00740F84"/>
     <w:rsid w:val="00742667"/>
     <w:rsid w:val="0074480D"/>
     <w:rsid w:val="00774DE0"/>
     <w:rsid w:val="00794B22"/>
     <w:rsid w:val="007A2337"/>
     <w:rsid w:val="007C21B5"/>
+    <w:rsid w:val="007C7C9C"/>
+    <w:rsid w:val="007D1991"/>
+    <w:rsid w:val="007F51E4"/>
+    <w:rsid w:val="0081079F"/>
+    <w:rsid w:val="00811AF6"/>
     <w:rsid w:val="00811B3C"/>
+    <w:rsid w:val="00832F6A"/>
     <w:rsid w:val="00840155"/>
     <w:rsid w:val="0084115D"/>
     <w:rsid w:val="00861963"/>
+    <w:rsid w:val="00862135"/>
     <w:rsid w:val="00863E75"/>
     <w:rsid w:val="008665FD"/>
     <w:rsid w:val="00875E64"/>
     <w:rsid w:val="0088621E"/>
     <w:rsid w:val="008879B0"/>
     <w:rsid w:val="00890B9C"/>
+    <w:rsid w:val="008A27AF"/>
     <w:rsid w:val="008A7454"/>
     <w:rsid w:val="008D1DA7"/>
+    <w:rsid w:val="008E1341"/>
     <w:rsid w:val="008F3549"/>
     <w:rsid w:val="00917AC0"/>
     <w:rsid w:val="00921672"/>
     <w:rsid w:val="00931F93"/>
     <w:rsid w:val="0093620C"/>
     <w:rsid w:val="0095076D"/>
     <w:rsid w:val="009530E3"/>
+    <w:rsid w:val="00970751"/>
     <w:rsid w:val="00977890"/>
     <w:rsid w:val="00977E7F"/>
+    <w:rsid w:val="00984D54"/>
     <w:rsid w:val="009A3E07"/>
     <w:rsid w:val="009C6330"/>
+    <w:rsid w:val="009F7D99"/>
+    <w:rsid w:val="009F7F4E"/>
+    <w:rsid w:val="00A14646"/>
     <w:rsid w:val="00A26416"/>
     <w:rsid w:val="00A37621"/>
+    <w:rsid w:val="00A46733"/>
     <w:rsid w:val="00A6403A"/>
     <w:rsid w:val="00A64473"/>
     <w:rsid w:val="00A76B27"/>
     <w:rsid w:val="00A83D68"/>
+    <w:rsid w:val="00A8750A"/>
     <w:rsid w:val="00A95A2A"/>
     <w:rsid w:val="00A95B13"/>
     <w:rsid w:val="00AB0669"/>
     <w:rsid w:val="00AB7496"/>
     <w:rsid w:val="00B2182D"/>
     <w:rsid w:val="00B43D9E"/>
+    <w:rsid w:val="00B6434C"/>
     <w:rsid w:val="00B87EB4"/>
     <w:rsid w:val="00B903D9"/>
+    <w:rsid w:val="00BB25A0"/>
     <w:rsid w:val="00BC183C"/>
     <w:rsid w:val="00BC3DB7"/>
     <w:rsid w:val="00BE24D4"/>
     <w:rsid w:val="00BE336D"/>
     <w:rsid w:val="00BE4D18"/>
     <w:rsid w:val="00BE7937"/>
     <w:rsid w:val="00BF2102"/>
     <w:rsid w:val="00C24144"/>
     <w:rsid w:val="00C65635"/>
     <w:rsid w:val="00C73DA7"/>
     <w:rsid w:val="00C80AA0"/>
     <w:rsid w:val="00C8221C"/>
     <w:rsid w:val="00CA7A22"/>
     <w:rsid w:val="00CB6814"/>
+    <w:rsid w:val="00CF71FB"/>
     <w:rsid w:val="00D1239E"/>
+    <w:rsid w:val="00D17548"/>
+    <w:rsid w:val="00D26113"/>
     <w:rsid w:val="00D368CA"/>
     <w:rsid w:val="00D660AF"/>
     <w:rsid w:val="00D71F76"/>
+    <w:rsid w:val="00D777BE"/>
     <w:rsid w:val="00D814B4"/>
     <w:rsid w:val="00D82D99"/>
+    <w:rsid w:val="00DA41FC"/>
     <w:rsid w:val="00DA67E9"/>
     <w:rsid w:val="00DB2970"/>
     <w:rsid w:val="00DB3947"/>
     <w:rsid w:val="00DC36DF"/>
     <w:rsid w:val="00DC5EBF"/>
     <w:rsid w:val="00DC7A4E"/>
+    <w:rsid w:val="00DD30A0"/>
     <w:rsid w:val="00DD4BBE"/>
     <w:rsid w:val="00DF4A6F"/>
     <w:rsid w:val="00E013B2"/>
     <w:rsid w:val="00E236B6"/>
+    <w:rsid w:val="00E31C15"/>
     <w:rsid w:val="00E42250"/>
     <w:rsid w:val="00E44298"/>
     <w:rsid w:val="00E54F30"/>
     <w:rsid w:val="00E5665F"/>
+    <w:rsid w:val="00E64F34"/>
     <w:rsid w:val="00E85645"/>
     <w:rsid w:val="00E94E7E"/>
     <w:rsid w:val="00EA02CD"/>
     <w:rsid w:val="00EB4FEB"/>
     <w:rsid w:val="00ED6AFA"/>
     <w:rsid w:val="00EE340F"/>
     <w:rsid w:val="00EE5F94"/>
     <w:rsid w:val="00EF2F5D"/>
     <w:rsid w:val="00F01899"/>
     <w:rsid w:val="00F06C15"/>
     <w:rsid w:val="00F32752"/>
     <w:rsid w:val="00F342FA"/>
     <w:rsid w:val="00F47AFC"/>
     <w:rsid w:val="00F553EB"/>
     <w:rsid w:val="00F642BA"/>
+    <w:rsid w:val="00F72BB6"/>
     <w:rsid w:val="00F82A01"/>
     <w:rsid w:val="00F87601"/>
     <w:rsid w:val="00FA2461"/>
+    <w:rsid w:val="00FA4925"/>
     <w:rsid w:val="00FD0B02"/>
     <w:rsid w:val="00FD1088"/>
     <w:rsid w:val="00FD16D2"/>
     <w:rsid w:val="00FF6C13"/>
     <w:rsid w:val="00FF73E4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="539EC66F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2D798DB2-F8F9-4270-87FC-3D91B046BF3D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15420,103 +4025,114 @@
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001F2AA1"/>
     <w:rPr>
       <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Gill Sans MT"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE24D4"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Liststycke">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00257CE4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="529026157">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1801026973">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1943415596">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/submitting-your-documents/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.antagning.se/sv/anmal-dig-sa-har/viktiga-datum/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15770,74 +4386,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C1FC7A1-601B-429C-9ADB-8FC43CED7E4E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>7878</Characters>
+  <Pages>2</Pages>
+  <Words>343</Words>
+  <Characters>1824</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9346</CharactersWithSpaces>
+  <CharactersWithSpaces>2163</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Annette Stjernberg</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>