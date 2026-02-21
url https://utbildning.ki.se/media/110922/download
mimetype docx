--- v0 (2025-10-09)
+++ v1 (2026-02-21)
@@ -1,1213 +1,1121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4002AC2F" w14:textId="74F011FC" w:rsidR="00116843" w:rsidRPr="00116843" w:rsidRDefault="00116843" w:rsidP="00116843">
+    <w:p w14:paraId="3E994A55" w14:textId="4740DB60" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00116843">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00662E4D">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>mån, feb 24</w:t>
+        <w:t>tis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, feb 24</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C7176D" w14:textId="77777777" w:rsidR="00116843" w:rsidRPr="00116843" w:rsidRDefault="00116843" w:rsidP="00116843">
+    <w:p w14:paraId="2CE67903" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00116843">
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>9.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20BD2DDA" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="254284"/>
+          <w:kern w:val="0"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Introduktionsföreläsning* (Obligatorisk)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1494BBCC" w14:textId="41FDF8DC" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, feb 25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14BC6D1D" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>9.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB2BB6B" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="254284"/>
+          <w:kern w:val="0"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Etikföreläsning* (Obligatorisk)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32CCAF18" w14:textId="6855E34D" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, mar 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454CC68D" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00662E4D">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>13.00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DDA5B3C" w14:textId="77777777" w:rsidR="00116843" w:rsidRPr="00116843" w:rsidRDefault="00116843" w:rsidP="00116843">
+    <w:p w14:paraId="2D69F1C1" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00116843">
-[...2 lines deleted...]
-          <w:color w:val="8366B4"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="254284"/>
           <w:kern w:val="0"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Introduktionsföreläsning* (Obligatorisk)</w:t>
+        <w:t>Skrivkurs - hur skriver man en bra uppsats?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CEACDD5" w14:textId="44BE6071" w:rsidR="00116843" w:rsidRPr="00116843" w:rsidRDefault="00116843" w:rsidP="00116843">
+    <w:p w14:paraId="546C4D7B" w14:textId="2454E806" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00116843">
+      <w:r w:rsidRPr="00662E4D">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ons</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00116843">
+      <w:r w:rsidRPr="00662E4D">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>, feb 26</w:t>
+        <w:t>, mar 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23A061AC" w14:textId="77777777" w:rsidR="00116843" w:rsidRPr="00116843" w:rsidRDefault="00116843" w:rsidP="00116843">
+    <w:p w14:paraId="7B729B8F" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00116843">
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>10.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E48F766" w14:textId="65D45BC3" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="254284"/>
+          <w:kern w:val="0"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Informationsökning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="254284"/>
+          <w:kern w:val="0"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Vanlig kontra AI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7517924F" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="433EDCBA" w14:textId="5047FF3C" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, mar 17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC5B287" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00662E4D">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>9.00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ACFB7A2" w14:textId="77777777" w:rsidR="00116843" w:rsidRPr="00116843" w:rsidRDefault="00116843" w:rsidP="00116843">
+    <w:p w14:paraId="1D5EB751" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00116843">
-[...2 lines deleted...]
-          <w:color w:val="8366B4"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="254284"/>
           <w:kern w:val="0"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Etikföreläsning* (Obligatorisk)</w:t>
+        <w:t>Genomgång av projektupplägg* (Obligatorisk...</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC4ABDF" w14:textId="3A7F67D0" w:rsidR="00116843" w:rsidRPr="00116843" w:rsidRDefault="00116843" w:rsidP="00116843">
+    <w:p w14:paraId="55AB62D6" w14:textId="3A98E22B" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00116843">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00662E4D">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>mån, mar 3</w:t>
+        <w:t>tor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, mar 26</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BED39DA" w14:textId="77777777" w:rsidR="00116843" w:rsidRPr="00116843" w:rsidRDefault="00116843" w:rsidP="00116843">
+    <w:p w14:paraId="31843EAF" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00116843">
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="254284"/>
+          <w:kern w:val="0"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Skrivkurs av Språkverkstaden</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39657CB7" w14:textId="3098DD00" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, apr 28</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449DFDFD" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="254284"/>
+          <w:kern w:val="0"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Uppsatsinlämning, tidig (försvaras 8/5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C259AD7" w14:textId="411DD59E" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>fre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, maj 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE39AC2" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00662E4D">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>9.00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D158E7" w14:textId="77777777" w:rsidR="00116843" w:rsidRPr="00116843" w:rsidRDefault="00116843" w:rsidP="00116843">
+    <w:p w14:paraId="59B4F026" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00116843">
-[...2 lines deleted...]
-          <w:color w:val="8366B4"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="254284"/>
           <w:kern w:val="0"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Skrivkurs - hur skriver man en bra uppsats?</w:t>
+        <w:t>Ventilering, tidig inlämning. Exakt tid bestäms efter...</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="384C87BC" w14:textId="3700F337" w:rsidR="00116843" w:rsidRPr="00116843" w:rsidRDefault="00116843" w:rsidP="00116843">
+    <w:p w14:paraId="0173BB26" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44CB2A2D" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D6DBC65" w14:textId="4FDF4E49" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mån, jun 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E4EFD9" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>9.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED24D18" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="254284"/>
+          <w:kern w:val="0"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Ventilering. Exakt tid bestäms efter inlämning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E475D3" w14:textId="74B17CE2" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00116843">
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, jun 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215EF92D" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>9.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5389E912" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="254284"/>
+          <w:kern w:val="0"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Ventilering. Exakt tid bestäms efter inlämning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CBF3A71" w14:textId="4ECFBAAD" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="505050"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00662E4D">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ons</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00116843">
+      <w:r w:rsidRPr="00662E4D">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>, mar 5</w:t>
+        <w:t>, jun 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B453B59" w14:textId="77777777" w:rsidR="00116843" w:rsidRPr="00116843" w:rsidRDefault="00116843" w:rsidP="00116843">
+    <w:p w14:paraId="2284C2FA" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00116843">
-[...104 lines deleted...]
-      <w:r w:rsidRPr="00116843">
+      <w:r w:rsidRPr="00662E4D">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>9.00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B7D88F6" w14:textId="77777777" w:rsidR="00116843" w:rsidRPr="00116843" w:rsidRDefault="00116843" w:rsidP="00116843">
+    <w:p w14:paraId="5A38BB4C" w14:textId="77777777" w:rsidR="00662E4D" w:rsidRPr="00662E4D" w:rsidRDefault="00662E4D" w:rsidP="00662E4D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
           <w:color w:val="505050"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00116843">
-[...478 lines deleted...]
-          <w:color w:val="8366B4"/>
+      <w:r w:rsidRPr="00662E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+          <w:color w:val="254284"/>
           <w:kern w:val="0"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Ventilering. Exakt tid bestäms efter inlämning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7753B0C5" w14:textId="0C486689" w:rsidR="00116843" w:rsidRPr="00116843" w:rsidRDefault="00116843" w:rsidP="00116843">
-[...180 lines deleted...]
-    <w:sectPr w:rsidR="00B300F6">
+    <w:p w14:paraId="1A23E2AC" w14:textId="77777777" w:rsidR="00682184" w:rsidRDefault="00682184"/>
+    <w:sectPr w:rsidR="00682184">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato">
     <w:panose1 w:val="020F0502020204030203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="087C1EFC"/>
+    <w:nsid w:val="03FA3B5B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A594A500"/>
+    <w:tmpl w:val="9EFEFB74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1310,53 +1218,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1682285A"/>
+    <w:nsid w:val="06CC77EF"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9530F57A"/>
+    <w:tmpl w:val="DBDC1BBA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1459,53 +1367,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="16D063E1"/>
+    <w:nsid w:val="1400056E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D868C624"/>
+    <w:tmpl w:val="E402A440"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1608,53 +1516,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="29F43C62"/>
+    <w:nsid w:val="1444369B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="521A179A"/>
+    <w:tmpl w:val="1C38061C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1757,53 +1665,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="34C2249D"/>
+    <w:nsid w:val="15052241"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A4560484"/>
+    <w:tmpl w:val="C0BECB36"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1906,53 +1814,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="415346BB"/>
+    <w:nsid w:val="2EBC0BF8"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="78FA9E12"/>
+    <w:tmpl w:val="C184586C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2055,53 +1963,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5495187B"/>
+    <w:nsid w:val="39566274"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="92763B66"/>
+    <w:tmpl w:val="73FC0BE0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2204,53 +2112,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5A60659E"/>
+    <w:nsid w:val="45C84740"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3FB8C530"/>
+    <w:tmpl w:val="2EE46A28"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2353,53 +2261,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5FA33DE8"/>
+    <w:nsid w:val="473924DB"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="39A86F62"/>
+    <w:tmpl w:val="2974ABE6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2502,53 +2410,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="648520D0"/>
+    <w:nsid w:val="4F5D6E2C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F3268CDA"/>
+    <w:tmpl w:val="A8625D54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2651,53 +2559,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="68F71168"/>
+    <w:nsid w:val="67207F5C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="DE305C32"/>
+    <w:tmpl w:val="8F2884B8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2799,299 +2707,150 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...148 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="621494151">
+  <w:num w:numId="1" w16cid:durableId="92096203">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1556743818">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="422995567">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="255066415">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1342581114">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2122069724">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="225839704">
+  <w:num w:numId="7" w16cid:durableId="288050756">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="179204360">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1298759491">
-[...5 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="1018888631">
+  <w:num w:numId="9" w16cid:durableId="940141520">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1536768829">
+  <w:num w:numId="10" w16cid:durableId="2014722733">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1630239355">
     <w:abstractNumId w:val="5"/>
-  </w:num>
-[...16 lines deleted...]
-    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="144"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="139"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00116843"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F9538A"/>
+    <w:rsidRoot w:val="00662E4D"/>
+    <w:rsid w:val="000717FC"/>
+    <w:rsid w:val="00205BBB"/>
+    <w:rsid w:val="00633BA8"/>
+    <w:rsid w:val="00662E4D"/>
+    <w:rsid w:val="00682184"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="561795F8"/>
+  <w14:docId w14:val="1E4C1FF6"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{89D3D4FE-5109-454E-81A2-F633D107677B}"/>
+  <w15:docId w15:val="{BA59CE44-629A-FE4A-AF77-2E14A0E1B0EC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3438,1226 +3197,586 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40"/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40"/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
     <w:name w:val="Rubrik 7 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik8Char">
     <w:name w:val="Rubrik 8 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
-      <w:spacing w:after="80"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
-      <w:spacing w:after="160"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citat">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitatChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
-      <w:spacing w:before="160" w:after="160"/>
+      <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitatChar">
     <w:name w:val="Citat Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Citat"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Starkbetoning">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Starktcitat">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="StarktcitatChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StarktcitatChar">
     <w:name w:val="Starkt citat Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Starktcitat"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Starkreferens">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screenreader-only">
     <w:name w:val="screenreader-only"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="agenda-eventitem">
     <w:name w:val="agenda-event__item"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="sv-SE"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="agenda-eventtitle">
     <w:name w:val="agenda-event__title"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:rsid w:val="00116843"/>
+    <w:rsid w:val="00662E4D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...640 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
@@ -4721,51 +3840,51 @@
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -4829,65 +3948,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -4908,69 +4027,89 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>120</Words>
-  <Characters>638</Characters>
+  <Words>81</Words>
+  <Characters>564</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>757</CharactersWithSpaces>
+  <CharactersWithSpaces>633</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Elin Uddenstig</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>