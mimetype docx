--- v0 (2025-10-08)
+++ v1 (2025-12-15)
@@ -4,201 +4,200 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3507"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B3D73" w:rsidRPr="00DE6940" w14:paraId="5224E0E9" w14:textId="77777777" w:rsidTr="00587790">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="15BB6BD7" w14:textId="4E19918C" w:rsidR="007B3D73" w:rsidRPr="00DE6940" w:rsidRDefault="007B3D73" w:rsidP="00587790">
+          <w:p w14:paraId="15BB6BD7" w14:textId="743B18EF" w:rsidR="007B3D73" w:rsidRPr="00DE6940" w:rsidRDefault="007B3D73" w:rsidP="00587790">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk106268985"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Anmälan inför </w:t>
             </w:r>
             <w:r w:rsidR="00E66185">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>höst</w:t>
             </w:r>
             <w:r w:rsidR="00FD6C89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>minen 202</w:t>
             </w:r>
-            <w:r w:rsidR="004B3F1D">
-[...7 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="001730CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE6940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Sista anmälningsdag: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004B3F1D">
-[...6 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="001730CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E66185">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mars</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
-            <w:r w:rsidR="002500C3">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="001730CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE6940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Sista kompletteringsdag: </w:t>
             </w:r>
             <w:r w:rsidR="009753CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00E66185">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -211,58 +210,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE6940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="002500C3">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="001730CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE6940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="776B0625" w14:textId="19353538" w:rsidR="00C0277E" w:rsidRDefault="00C0277E" w:rsidP="00C0277E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -289,157 +288,177 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Meritförteckning – kompletterande utbildning för sjuksköterskor med utländsk examen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BBEF3F4" w14:textId="77777777" w:rsidR="007B3D73" w:rsidRDefault="007B3D73" w:rsidP="00C0277E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29AC56C0" w14:textId="1F72A8D2" w:rsidR="003925E0" w:rsidRPr="00C0277E" w:rsidRDefault="00C0277E" w:rsidP="003925E0">
+    <w:p w14:paraId="29AC56C0" w14:textId="5C4874C4" w:rsidR="003925E0" w:rsidRPr="00C0277E" w:rsidRDefault="00C0277E" w:rsidP="003925E0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmälan görs på </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="0067018E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
           <w:t>Antagning.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> mellan 1</w:t>
       </w:r>
-      <w:r w:rsidR="004B3F1D">
+      <w:r w:rsidR="001730CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E66185">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>februari och 1</w:t>
       </w:r>
-      <w:r w:rsidR="004B3F1D">
+      <w:r w:rsidR="001730CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00E66185">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> mars</w:t>
       </w:r>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">. Fyll i blanketten elektroniskt (inte för hand). Ladda upp på ”Mina sidor” på Antagning.se efter att du har anmält dig på Antagning.se. Alla kvalifikationer som du åberopar i meritförteckningen ska styrkas. De flesta handlingarna kan laddas upp på din anmälan på antagning.se. Ifall du skannar och laddar upp ska du se till att skanna originalhandlingar, skanna i färg och skanna alla sidor (även baksidor). Skanna inte kopior eller bestyrkta kopior! Läs vad som gäller för uppladdning av dokument på </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00547745">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>Antagning.se</w:t>
+          <w:t>Antag</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00547745">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>n</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00547745">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>ing.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003925E0" w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Sista kompletteringsdag och sista dag för att styrka avgiftsfrihet (anmälnings- och studieavgift för sökande utanför EU/EES) är den </w:t>
       </w:r>
       <w:r w:rsidR="009753CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -460,133 +479,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>. Läs vilka regler som gäller för avgifter på Antagning.se.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF7D1BF" w14:textId="77777777" w:rsidR="00542721" w:rsidRDefault="00542721" w:rsidP="00C0277E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6017CE0B" w14:textId="566CA424" w:rsidR="00C0277E" w:rsidRPr="00C0277E" w:rsidRDefault="00C0277E" w:rsidP="00542721">
+    <w:p w14:paraId="6017CE0B" w14:textId="4E99713B" w:rsidR="00C0277E" w:rsidRPr="00C0277E" w:rsidRDefault="00C0277E" w:rsidP="00542721">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00542721">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Viktig information:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vid antagningen inför </w:t>
+        <w:t xml:space="preserve"> Antagning.se (Universitets- och högskolerådet) </w:t>
       </w:r>
-      <w:r w:rsidR="00E66185">
+      <w:r w:rsidR="001730CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>höst</w:t>
-[...8 lines deleted...]
-        <w:t>ter</w:t>
+        <w:t xml:space="preserve">kommer </w:t>
       </w:r>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>minen 202</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> kommer Antagning.se (Universitets- och högskolerådet) att bedöma att du har dokumenterat din utländska utbildning och språkkunskaper i svenska enligt kraven på Antagning.se</w:t>
+        <w:t>att bedöma att du har dokumenterat din utländska utbildning och språkkunskaper i svenska enligt kraven på Antagning.se</w:t>
       </w:r>
       <w:r w:rsidR="00434B44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00434B44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
@@ -611,71 +603,59 @@
         </w:rPr>
         <w:t xml:space="preserve">. I de flesta fall kan du skanna </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="0067018E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
           <w:t>officiella originalhandlingar</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> och eventuella officiella översättningar i färg och ladda upp på din anmälan på antagning.se. Skanna inte kopior eller bestyrkta kopior! Du måste även följa de </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="0067018E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>landsspecifika</w:t>
-[...10 lines deleted...]
-          <w:t xml:space="preserve"> kraven</w:t>
+          <w:t>landsspecifika kraven</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> för dina akademiska meriter. Se vilka akademiska meriter som måste skickas </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="0067018E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
           <w:t>direkt från lärosätet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
@@ -800,93 +780,71 @@
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F4B85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Personnummer </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4B85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...10 lines deleted...]
-              <w:t>år-mån</w:t>
+              <w:t>(år-mån</w:t>
             </w:r>
             <w:r w:rsidR="00503684">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>ad</w:t>
             </w:r>
             <w:r w:rsidRPr="008F4B85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
-              <w:t>-dag-xxxx</w:t>
-[...10 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>-dag-xxxx)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkStart w:id="1" w:name="Text1"/>
           <w:p w14:paraId="036D50F9" w14:textId="1EBE81DD" w:rsidR="00301F3C" w:rsidRPr="008F4B85" w:rsidRDefault="00301F3C" w:rsidP="00D23FBD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F4B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
@@ -1528,51 +1486,73 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0912C058" w14:textId="0824F518" w:rsidR="00252D75" w:rsidRPr="00F42120" w:rsidRDefault="00EE3099" w:rsidP="00252D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00F42120">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
-                <w:t>www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/country-instructions/</w:t>
+                <w:t>www.universityadmissions.se/en/apply</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F42120">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:t>-</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F42120">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:t>to-masters/provide-application-documents-masters/country-instructions/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="43E69183" w14:textId="03D5121D" w:rsidR="005825AE" w:rsidRPr="00A24FDF" w:rsidRDefault="008A10AC" w:rsidP="005825AE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
@@ -7432,51 +7412,73 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Läs instruktionerna för hur du ska styrka dina meriter på:</w:t>
             </w:r>
             <w:r w:rsidR="008B6A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidR="00D57F76" w:rsidRPr="0060039D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
-                <w:t>www.antagning.se/sv/anmal-dig-och-hall-koll/ladda-upp-ratt-papper/</w:t>
+                <w:t>www.antagning.se/sv/anmal-dig-och-hall-koll/ladda-upp-r</w:t>
+              </w:r>
+              <w:r w:rsidR="00D57F76" w:rsidRPr="0060039D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:t>a</w:t>
+              </w:r>
+              <w:r w:rsidR="00D57F76" w:rsidRPr="0060039D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:t>tt-papper/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008B6A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidR="00970E57" w:rsidRPr="0060039D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
                 <w:t>www.antagning.se/sv/anmal-dig-och-hall-koll/ladda-upp-ratt-papper/ladda-upp-sa-har/</w:t>
               </w:r>
             </w:hyperlink>
@@ -8232,51 +8234,50 @@
       <w:tblPr>
         <w:tblW w:w="10240" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10240"/>
       </w:tblGrid>
       <w:tr w:rsidR="00874632" w:rsidRPr="008F4B85" w14:paraId="2EB47FE1" w14:textId="77777777" w:rsidTr="00874632">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="22"/>
           <w:p w14:paraId="277FB889" w14:textId="4076ADE9" w:rsidR="00874632" w:rsidRPr="008F4B85" w:rsidRDefault="00874632" w:rsidP="002C1EF2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F76A35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -8436,51 +8437,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A31ACF" w:rsidRPr="008F4B85" w14:paraId="37CC65CC" w14:textId="77777777" w:rsidTr="00A31ACF">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5D9A9960" w14:textId="77777777" w:rsidR="00A31ACF" w:rsidRPr="008F4B85" w:rsidRDefault="00A31ACF" w:rsidP="00A31ACF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F4B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -9132,96 +9132,112 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sjuksköterskor med examen från länder utanför EU/EES och Schweiz</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5155084E" w14:textId="77777777" w:rsidR="00E97A11" w:rsidRPr="00FE7BE0" w:rsidRDefault="00E97A11" w:rsidP="00E75034">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF5D846" w14:textId="0E498BE2" w:rsidR="00E75034" w:rsidRDefault="00E75034" w:rsidP="00E75034">
+    <w:p w14:paraId="3BF5D846" w14:textId="7A58BBC0" w:rsidR="00E75034" w:rsidRDefault="00E75034" w:rsidP="00E75034">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Denna meritvärderingsmodell gäller för antagning inför </w:t>
       </w:r>
       <w:r w:rsidR="00E66185">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>höst</w:t>
       </w:r>
       <w:r w:rsidR="00E73BA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>minen 20</w:t>
       </w:r>
       <w:r w:rsidR="004B3F1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>25.</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001730CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="004B3F1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="146" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3955"/>
         <w:gridCol w:w="6242"/>
       </w:tblGrid>
       <w:tr w:rsidR="003212BC" w:rsidRPr="00FE7BE0" w14:paraId="4F2685F8" w14:textId="77777777" w:rsidTr="00E23EC7">
         <w:trPr>
           <w:trHeight w:val="1458"/>
@@ -10716,51 +10732,73 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CF1B57" w:rsidRPr="00CF1B57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>poäng</w:t>
             </w:r>
             <w:r w:rsidR="00CF1B57" w:rsidRPr="00CF1B57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:br/>
-              <w:t>(4-5 år) = 2 poäng</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00CF1B57" w:rsidRPr="00CF1B57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>4-5</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CF1B57" w:rsidRPr="00CF1B57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> år) = 2 poäng</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E16C4AD" w14:textId="3DC2D5A7" w:rsidR="00CF1B57" w:rsidRPr="00CF1B57" w:rsidRDefault="00CF1B57" w:rsidP="00CF1B57">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF1B57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CF1B57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12450,185 +12488,185 @@
     </w:tbl>
     <w:p w14:paraId="77B8DBA5" w14:textId="77777777" w:rsidR="00FE7BE0" w:rsidRPr="00FE7BE0" w:rsidRDefault="00FE7BE0" w:rsidP="00FE7BE0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FE7BE0" w:rsidRPr="00FE7BE0" w:rsidSect="00391BF8">
       <w:headerReference w:type="default" r:id="rId20"/>
       <w:headerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="425" w:right="720" w:bottom="403" w:left="720" w:header="567" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6E293AED" w14:textId="77777777" w:rsidR="0001412E" w:rsidRDefault="0001412E" w:rsidP="00B5656F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="62AF033C" w14:textId="77777777" w:rsidR="0001412E" w:rsidRDefault="0001412E" w:rsidP="00B5656F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3C699C0E" w14:textId="77777777" w:rsidR="0001412E" w:rsidRDefault="0001412E" w:rsidP="00B5656F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6FCA7C7D" w14:textId="77777777" w:rsidR="0001412E" w:rsidRDefault="0001412E" w:rsidP="00B5656F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D847DF4" w14:textId="470D1C7A" w:rsidR="00807421" w:rsidRDefault="00807421">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5D0A52E1" w14:textId="77777777" w:rsidR="00807421" w:rsidRDefault="00807421">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="159F2CBA" w14:textId="6DF1A562" w:rsidR="00A31ACF" w:rsidRDefault="00D301DE">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="006805C8">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00520891">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
@@ -12722,51 +12760,51 @@
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidR="00A41844">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00520891">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="16839EC9" w14:textId="77777777" w:rsidR="009E587A" w:rsidRPr="00606797" w:rsidRDefault="009E587A">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6F56D98C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F2D2E6E4"/>
     <w:lvl w:ilvl="0">
@@ -13448,54 +13486,54 @@
   <w:num w:numId="9" w16cid:durableId="243611474">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="232471471">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1842161510">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1485658880">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1040059307">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="780076216">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1040785856">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="0V/mv9YWqEErOD8Z6KZh2C2IB+hoP51/htQhXLV7fAl7H/H4an4NrAyDO1kLKUue/9ytYnLh7Jw3+rp4TCeCzQ==" w:salt="iH8JFznftPgUEK3s+PSABg=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="KbjcJB1n+OAoXIV0P3FHUw8lcdKFs37oS9+7yEgKEvJT+/kVXNm9mA+QJ7dwyOlMr+ILhtAKn/PjgVRwvl28hQ==" w:salt="A2UUEYY5XUP6FE94jv6BOA=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -13544,50 +13582,51 @@
     <w:rsid w:val="000E7B20"/>
     <w:rsid w:val="000F0AD3"/>
     <w:rsid w:val="000F0B98"/>
     <w:rsid w:val="001015C6"/>
     <w:rsid w:val="00110CA0"/>
     <w:rsid w:val="0011298D"/>
     <w:rsid w:val="0011622F"/>
     <w:rsid w:val="00117601"/>
     <w:rsid w:val="00117F44"/>
     <w:rsid w:val="00120FE0"/>
     <w:rsid w:val="001211DD"/>
     <w:rsid w:val="00132593"/>
     <w:rsid w:val="00137B5F"/>
     <w:rsid w:val="00143E86"/>
     <w:rsid w:val="00144438"/>
     <w:rsid w:val="0014462D"/>
     <w:rsid w:val="001476F5"/>
     <w:rsid w:val="00157ABB"/>
     <w:rsid w:val="001602C3"/>
     <w:rsid w:val="00160668"/>
     <w:rsid w:val="00162C23"/>
     <w:rsid w:val="00166935"/>
     <w:rsid w:val="00167029"/>
     <w:rsid w:val="00171097"/>
     <w:rsid w:val="0017144E"/>
+    <w:rsid w:val="001730CE"/>
     <w:rsid w:val="00174BA4"/>
     <w:rsid w:val="001854A4"/>
     <w:rsid w:val="00191DC2"/>
     <w:rsid w:val="00196E20"/>
     <w:rsid w:val="001A4677"/>
     <w:rsid w:val="001B3D79"/>
     <w:rsid w:val="001C018F"/>
     <w:rsid w:val="001C52B2"/>
     <w:rsid w:val="001D4379"/>
     <w:rsid w:val="001D6D27"/>
     <w:rsid w:val="001D707E"/>
     <w:rsid w:val="001D7E50"/>
     <w:rsid w:val="001E476F"/>
     <w:rsid w:val="001E6831"/>
     <w:rsid w:val="001E7267"/>
     <w:rsid w:val="001E7927"/>
     <w:rsid w:val="001F43BD"/>
     <w:rsid w:val="001F56E9"/>
     <w:rsid w:val="001F6850"/>
     <w:rsid w:val="001F736F"/>
     <w:rsid w:val="0020085A"/>
     <w:rsid w:val="00201E4C"/>
     <w:rsid w:val="00204F73"/>
     <w:rsid w:val="002055A3"/>
     <w:rsid w:val="00216A26"/>
@@ -13625,65 +13664,67 @@
     <w:rsid w:val="002B1F9F"/>
     <w:rsid w:val="002B4222"/>
     <w:rsid w:val="002B4688"/>
     <w:rsid w:val="002B58C1"/>
     <w:rsid w:val="002B64FA"/>
     <w:rsid w:val="002C1EF2"/>
     <w:rsid w:val="002C277A"/>
     <w:rsid w:val="002C2E91"/>
     <w:rsid w:val="002C499A"/>
     <w:rsid w:val="002C6B33"/>
     <w:rsid w:val="002C6BBF"/>
     <w:rsid w:val="002D0CC4"/>
     <w:rsid w:val="002D1881"/>
     <w:rsid w:val="002D26DD"/>
     <w:rsid w:val="002E0FC2"/>
     <w:rsid w:val="002E13BD"/>
     <w:rsid w:val="002E52F7"/>
     <w:rsid w:val="002E6F4C"/>
     <w:rsid w:val="002F4B65"/>
     <w:rsid w:val="002F5308"/>
     <w:rsid w:val="00301F3C"/>
     <w:rsid w:val="00302712"/>
     <w:rsid w:val="00303386"/>
     <w:rsid w:val="00304E04"/>
     <w:rsid w:val="0031378D"/>
+    <w:rsid w:val="00317BE5"/>
     <w:rsid w:val="003212BC"/>
     <w:rsid w:val="00322A06"/>
     <w:rsid w:val="00325892"/>
     <w:rsid w:val="0032798F"/>
     <w:rsid w:val="00327D1B"/>
     <w:rsid w:val="0033228D"/>
     <w:rsid w:val="00333FC4"/>
     <w:rsid w:val="0034289B"/>
     <w:rsid w:val="00342DD9"/>
     <w:rsid w:val="00343A1D"/>
     <w:rsid w:val="00344A35"/>
     <w:rsid w:val="00356622"/>
     <w:rsid w:val="00357858"/>
     <w:rsid w:val="003617A6"/>
     <w:rsid w:val="00362447"/>
+    <w:rsid w:val="00364755"/>
     <w:rsid w:val="00364AFF"/>
     <w:rsid w:val="00365BD6"/>
     <w:rsid w:val="00366134"/>
     <w:rsid w:val="00372D65"/>
     <w:rsid w:val="00373F39"/>
     <w:rsid w:val="00377D10"/>
     <w:rsid w:val="00386CB9"/>
     <w:rsid w:val="003914A2"/>
     <w:rsid w:val="00391BF8"/>
     <w:rsid w:val="003925E0"/>
     <w:rsid w:val="00394035"/>
     <w:rsid w:val="003962B0"/>
     <w:rsid w:val="003A0F6E"/>
     <w:rsid w:val="003A403E"/>
     <w:rsid w:val="003A5BE9"/>
     <w:rsid w:val="003A6B4A"/>
     <w:rsid w:val="003B1248"/>
     <w:rsid w:val="003B15EC"/>
     <w:rsid w:val="003C242D"/>
     <w:rsid w:val="003C606B"/>
     <w:rsid w:val="003D0C2F"/>
     <w:rsid w:val="003D0F48"/>
     <w:rsid w:val="003E5659"/>
     <w:rsid w:val="003E7CF2"/>
     <w:rsid w:val="003F53C7"/>
@@ -13715,50 +13756,51 @@
     <w:rsid w:val="004A3F5B"/>
     <w:rsid w:val="004B2837"/>
     <w:rsid w:val="004B3253"/>
     <w:rsid w:val="004B3F1D"/>
     <w:rsid w:val="004C1E21"/>
     <w:rsid w:val="004C292F"/>
     <w:rsid w:val="004D23A9"/>
     <w:rsid w:val="004D518E"/>
     <w:rsid w:val="004E26D3"/>
     <w:rsid w:val="004F2A2B"/>
     <w:rsid w:val="004F38BB"/>
     <w:rsid w:val="005015E7"/>
     <w:rsid w:val="0050237F"/>
     <w:rsid w:val="00503684"/>
     <w:rsid w:val="00505074"/>
     <w:rsid w:val="005149C1"/>
     <w:rsid w:val="00517C44"/>
     <w:rsid w:val="00520891"/>
     <w:rsid w:val="00524F18"/>
     <w:rsid w:val="0052597A"/>
     <w:rsid w:val="00526965"/>
     <w:rsid w:val="00526D82"/>
     <w:rsid w:val="00532F74"/>
     <w:rsid w:val="00533028"/>
     <w:rsid w:val="005349AC"/>
+    <w:rsid w:val="00536AA7"/>
     <w:rsid w:val="00537FBD"/>
     <w:rsid w:val="00540241"/>
     <w:rsid w:val="00541872"/>
     <w:rsid w:val="00541F29"/>
     <w:rsid w:val="00542721"/>
     <w:rsid w:val="00547745"/>
     <w:rsid w:val="005526C9"/>
     <w:rsid w:val="00552E45"/>
     <w:rsid w:val="00553425"/>
     <w:rsid w:val="005561BE"/>
     <w:rsid w:val="005639D8"/>
     <w:rsid w:val="00565421"/>
     <w:rsid w:val="00565D1D"/>
     <w:rsid w:val="00566391"/>
     <w:rsid w:val="005676F2"/>
     <w:rsid w:val="00571482"/>
     <w:rsid w:val="005825AE"/>
     <w:rsid w:val="00596A6A"/>
     <w:rsid w:val="00597630"/>
     <w:rsid w:val="005A6D0E"/>
     <w:rsid w:val="005B5225"/>
     <w:rsid w:val="005B77DB"/>
     <w:rsid w:val="005C3406"/>
     <w:rsid w:val="005C3A33"/>
     <w:rsid w:val="005C4BC9"/>
@@ -14234,51 +14276,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4DEE0F61"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DFED8F36-5921-4A7C-97FF-57D85F539584}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:locked="1"/>
     <w:lsdException w:name="toc 2" w:locked="1"/>
     <w:lsdException w:name="toc 3" w:locked="1"/>
     <w:lsdException w:name="toc 4" w:locked="1"/>
     <w:lsdException w:name="toc 5" w:locked="1"/>
@@ -14796,51 +14838,51 @@
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003212BC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="107"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -15182,75 +15224,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{964E8AE7-5446-4676-BCC1-B96E213C0B7A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1690</Words>
-  <Characters>8958</Characters>
+  <Words>1683</Words>
+  <Characters>8925</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>74</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>(personnr)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Gothenburg</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10627</CharactersWithSpaces>
+  <CharactersWithSpaces>10587</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="42" baseType="variant">
       <vt:variant>
         <vt:i4>90</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>90</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.antagning.se/sv/Hur-du-anmaler-dig-och-haller-koll/ladda-upp-ratt-papper/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>90</vt:i4>
       </vt:variant>
       <vt:variant>