--- v1 (2025-12-15)
+++ v2 (2026-01-22)
@@ -30,51 +30,51 @@
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3507"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B3D73" w:rsidRPr="00DE6940" w14:paraId="5224E0E9" w14:textId="77777777" w:rsidTr="00587790">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="15BB6BD7" w14:textId="743B18EF" w:rsidR="007B3D73" w:rsidRPr="00DE6940" w:rsidRDefault="007B3D73" w:rsidP="00587790">
+          <w:p w14:paraId="15BB6BD7" w14:textId="1979EEEC" w:rsidR="007B3D73" w:rsidRPr="00DE6940" w:rsidRDefault="007B3D73" w:rsidP="00587790">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk106268985"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Anmälan inför </w:t>
             </w:r>
             <w:r w:rsidR="00E66185">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -165,58 +165,58 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
             <w:r w:rsidR="001730CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE6940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Sista kompletteringsdag: </w:t>
             </w:r>
-            <w:r w:rsidR="009753CC">
-[...6 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="00F5594B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00E66185">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> april</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE6940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -288,51 +288,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Meritförteckning – kompletterande utbildning för sjuksköterskor med utländsk examen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BBEF3F4" w14:textId="77777777" w:rsidR="007B3D73" w:rsidRDefault="007B3D73" w:rsidP="00C0277E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29AC56C0" w14:textId="5C4874C4" w:rsidR="003925E0" w:rsidRPr="00C0277E" w:rsidRDefault="00C0277E" w:rsidP="003925E0">
+    <w:p w14:paraId="29AC56C0" w14:textId="37CD59E8" w:rsidR="003925E0" w:rsidRPr="00C0277E" w:rsidRDefault="00C0277E" w:rsidP="003925E0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmälan görs på </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="0067018E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
@@ -394,99 +394,79 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> mars</w:t>
       </w:r>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">. Fyll i blanketten elektroniskt (inte för hand). Ladda upp på ”Mina sidor” på Antagning.se efter att du har anmält dig på Antagning.se. Alla kvalifikationer som du åberopar i meritförteckningen ska styrkas. De flesta handlingarna kan laddas upp på din anmälan på antagning.se. Ifall du skannar och laddar upp ska du se till att skanna originalhandlingar, skanna i färg och skanna alla sidor (även baksidor). Skanna inte kopior eller bestyrkta kopior! Läs vad som gäller för uppladdning av dokument på </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00547745">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>Antag</w:t>
-[...19 lines deleted...]
-          <w:t>ing.se</w:t>
+          <w:t>Antagning.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003925E0" w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Sista kompletteringsdag och sista dag för att styrka avgiftsfrihet (anmälnings- och studieavgift för sökande utanför EU/EES) är den </w:t>
       </w:r>
-      <w:r w:rsidR="009753CC">
+      <w:r w:rsidR="00F5594B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="003925E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> april</w:t>
       </w:r>
       <w:r w:rsidR="003925E0" w:rsidRPr="00C0277E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>. Läs vilka regler som gäller för avgifter på Antagning.se.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF7D1BF" w14:textId="77777777" w:rsidR="00542721" w:rsidRDefault="00542721" w:rsidP="00C0277E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -1486,73 +1466,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0912C058" w14:textId="0824F518" w:rsidR="00252D75" w:rsidRPr="00F42120" w:rsidRDefault="00EE3099" w:rsidP="00252D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00F42120">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
-                <w:t>www.universityadmissions.se/en/apply</w:t>
-[...21 lines deleted...]
-                <w:t>to-masters/provide-application-documents-masters/country-instructions/</w:t>
+                <w:t>www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/country-instructions/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="43E69183" w14:textId="03D5121D" w:rsidR="005825AE" w:rsidRPr="00A24FDF" w:rsidRDefault="008A10AC" w:rsidP="005825AE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
@@ -7412,73 +7370,51 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Läs instruktionerna för hur du ska styrka dina meriter på:</w:t>
             </w:r>
             <w:r w:rsidR="008B6A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidR="00D57F76" w:rsidRPr="0060039D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
-                <w:t>www.antagning.se/sv/anmal-dig-och-hall-koll/ladda-upp-r</w:t>
-[...21 lines deleted...]
-                <w:t>tt-papper/</w:t>
+                <w:t>www.antagning.se/sv/anmal-dig-och-hall-koll/ladda-upp-ratt-papper/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008B6A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidR="00970E57" w:rsidRPr="0060039D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
                 <w:t>www.antagning.se/sv/anmal-dig-och-hall-koll/ladda-upp-ratt-papper/ladda-upp-sa-har/</w:t>
               </w:r>
             </w:hyperlink>
@@ -13487,53 +13423,53 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="232471471">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1842161510">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1485658880">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1040059307">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="780076216">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1040785856">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="KbjcJB1n+OAoXIV0P3FHUw8lcdKFs37oS9+7yEgKEvJT+/kVXNm9mA+QJ7dwyOlMr+ILhtAKn/PjgVRwvl28hQ==" w:salt="A2UUEYY5XUP6FE94jv6BOA=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ApBTjF9IHa6PLca0bUbn62JrBuKMVZV61D9qFrPHiLQTQLPwPAHdf3EntbcTVrbFxG8bthJveuetcbDSbA5POg==" w:salt="oexzTXNMfVR/Apy+1UTXEw=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -13967,50 +13903,51 @@
     <w:rsid w:val="0092552E"/>
     <w:rsid w:val="00936B5E"/>
     <w:rsid w:val="00937A98"/>
     <w:rsid w:val="00942096"/>
     <w:rsid w:val="009474FB"/>
     <w:rsid w:val="00951CDE"/>
     <w:rsid w:val="0095238C"/>
     <w:rsid w:val="00952813"/>
     <w:rsid w:val="00960D9B"/>
     <w:rsid w:val="0096250D"/>
     <w:rsid w:val="00963EB5"/>
     <w:rsid w:val="00970E57"/>
     <w:rsid w:val="009753CC"/>
     <w:rsid w:val="00976D70"/>
     <w:rsid w:val="009846FD"/>
     <w:rsid w:val="00984B12"/>
     <w:rsid w:val="00985398"/>
     <w:rsid w:val="00991534"/>
     <w:rsid w:val="00993FBB"/>
     <w:rsid w:val="009A02BC"/>
     <w:rsid w:val="009A06D3"/>
     <w:rsid w:val="009A1ABD"/>
     <w:rsid w:val="009A6149"/>
     <w:rsid w:val="009A7570"/>
     <w:rsid w:val="009B2C75"/>
+    <w:rsid w:val="009B3FF5"/>
     <w:rsid w:val="009B69F4"/>
     <w:rsid w:val="009B7DF5"/>
     <w:rsid w:val="009C7FF5"/>
     <w:rsid w:val="009D10AC"/>
     <w:rsid w:val="009D1BF9"/>
     <w:rsid w:val="009E1A4E"/>
     <w:rsid w:val="009E367B"/>
     <w:rsid w:val="009E587A"/>
     <w:rsid w:val="009E5E99"/>
     <w:rsid w:val="009E633D"/>
     <w:rsid w:val="009E691C"/>
     <w:rsid w:val="009F0E56"/>
     <w:rsid w:val="009F26AA"/>
     <w:rsid w:val="009F5E87"/>
     <w:rsid w:val="00A00BEE"/>
     <w:rsid w:val="00A06582"/>
     <w:rsid w:val="00A06CF7"/>
     <w:rsid w:val="00A07948"/>
     <w:rsid w:val="00A10382"/>
     <w:rsid w:val="00A15299"/>
     <w:rsid w:val="00A16707"/>
     <w:rsid w:val="00A24795"/>
     <w:rsid w:val="00A24FDF"/>
     <w:rsid w:val="00A279AC"/>
     <w:rsid w:val="00A31ACF"/>
@@ -14220,50 +14157,51 @@
     <w:rsid w:val="00ED7837"/>
     <w:rsid w:val="00EE3099"/>
     <w:rsid w:val="00EE761D"/>
     <w:rsid w:val="00EF582F"/>
     <w:rsid w:val="00EF5DDC"/>
     <w:rsid w:val="00EF728A"/>
     <w:rsid w:val="00F04305"/>
     <w:rsid w:val="00F05B82"/>
     <w:rsid w:val="00F125E8"/>
     <w:rsid w:val="00F13FAA"/>
     <w:rsid w:val="00F141A0"/>
     <w:rsid w:val="00F203D3"/>
     <w:rsid w:val="00F23943"/>
     <w:rsid w:val="00F23DD1"/>
     <w:rsid w:val="00F24A27"/>
     <w:rsid w:val="00F24FFA"/>
     <w:rsid w:val="00F277FB"/>
     <w:rsid w:val="00F3062F"/>
     <w:rsid w:val="00F33409"/>
     <w:rsid w:val="00F35555"/>
     <w:rsid w:val="00F37BA0"/>
     <w:rsid w:val="00F41668"/>
     <w:rsid w:val="00F41A07"/>
     <w:rsid w:val="00F42120"/>
     <w:rsid w:val="00F53EB9"/>
+    <w:rsid w:val="00F5594B"/>
     <w:rsid w:val="00F65CE3"/>
     <w:rsid w:val="00F73F52"/>
     <w:rsid w:val="00F75A03"/>
     <w:rsid w:val="00F76A35"/>
     <w:rsid w:val="00F84694"/>
     <w:rsid w:val="00F86496"/>
     <w:rsid w:val="00F9239F"/>
     <w:rsid w:val="00FA1339"/>
     <w:rsid w:val="00FA35C7"/>
     <w:rsid w:val="00FA6CA4"/>
     <w:rsid w:val="00FA78D9"/>
     <w:rsid w:val="00FB0827"/>
     <w:rsid w:val="00FB4893"/>
     <w:rsid w:val="00FB7674"/>
     <w:rsid w:val="00FC3542"/>
     <w:rsid w:val="00FD34C8"/>
     <w:rsid w:val="00FD4A29"/>
     <w:rsid w:val="00FD4E63"/>
     <w:rsid w:val="00FD6C89"/>
     <w:rsid w:val="00FE0FDA"/>
     <w:rsid w:val="00FE7BE0"/>
     <w:rsid w:val="00FF18D8"/>
     <w:rsid w:val="00FF29CD"/>
     <w:rsid w:val="00FF7F9D"/>
   </w:rsids>