--- v0 (2025-10-08)
+++ v1 (2026-01-15)
@@ -1,464 +1,501 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11008"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/janseu/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kise-my.sharepoint.com/personal/johanna_olsson_ki_se/Documents/Arkiveringsmapp/VT26/1QA133 Introduktion till kognitiv neurovetenskap/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{AEE95438-27DB-4445-A028-14E9766DFF5A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="8" documentId="13_ncr:1_{54E5F348-B41D-254D-9F9A-1212F51C53D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C9F6F5BB-ADE0-4A83-BAF3-64B9EC6891DA}"/>
   <bookViews>
-    <workbookView xWindow="2200" yWindow="2180" windowWidth="30960" windowHeight="15720" xr2:uid="{4116593C-4DAD-D943-A590-0D1D3C1CBE10}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{4116593C-4DAD-D943-A590-0D1D3C1CBE10}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="238" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="97">
   <si>
     <t>Vecka</t>
   </si>
   <si>
     <t>MOMENT 1</t>
   </si>
   <si>
     <t>Neuroanatomi och hjärnavbildning</t>
   </si>
   <si>
     <t>Föreläsare</t>
   </si>
   <si>
     <t>Anatomi</t>
   </si>
   <si>
+    <t>måndag</t>
+  </si>
+  <si>
     <t>13:00-16:00</t>
   </si>
   <si>
-    <t>em</t>
+    <t>Introduktion till kursen</t>
+  </si>
+  <si>
+    <t>JS/ET</t>
   </si>
   <si>
     <t>onsdag</t>
   </si>
   <si>
+    <t>hjärnbarkens neuroanatomi</t>
+  </si>
+  <si>
+    <t>ET</t>
+  </si>
+  <si>
+    <t>torsdag</t>
+  </si>
+  <si>
+    <t>09:00-12:00</t>
+  </si>
+  <si>
+    <t>signalöverföring och neurotransmittorer</t>
+  </si>
+  <si>
+    <t>LA</t>
+  </si>
+  <si>
+    <t>Inläsningsdag</t>
+  </si>
+  <si>
     <t>centrala nervsystemet, hjärna, blodkärl</t>
   </si>
   <si>
     <t>JS</t>
   </si>
   <si>
-    <t>torsdag</t>
-[...19 lines deleted...]
-  <si>
     <t>Perception</t>
   </si>
   <si>
+    <t>syn del 1</t>
+  </si>
+  <si>
+    <t>syn del 2</t>
+  </si>
+  <si>
     <t>hörsel</t>
   </si>
   <si>
+    <t>AGer</t>
+  </si>
+  <si>
     <t>lukt/smak</t>
   </si>
   <si>
-    <t>JS/ET</t>
+    <t>13:00-15:00</t>
+  </si>
+  <si>
+    <t>känsel</t>
+  </si>
+  <si>
+    <t>AG</t>
+  </si>
+  <si>
+    <t>SEMINARIUM perception*tillfälle 1 (välj ett tillfälle!)</t>
+  </si>
+  <si>
+    <t>fredag</t>
+  </si>
+  <si>
+    <t>SEMINARIUM perception*tillfälle 2 (välj ett tillfälle!)</t>
   </si>
   <si>
     <t>Hjärnavbildning</t>
   </si>
   <si>
+    <t>strukturell och funktionell hjärnavbildning</t>
+  </si>
+  <si>
+    <t>SEMINARIUM perception* tillfälle 3 (välj ett tillfälle!)</t>
+  </si>
+  <si>
+    <t>13:00-14:30</t>
+  </si>
+  <si>
+    <t>Frågestund inför tentamen</t>
+  </si>
+  <si>
     <t>SPORTLOV/Inläsningsvecka</t>
   </si>
   <si>
+    <t>tentamen moment 1</t>
+  </si>
+  <si>
     <t>MOMENT 2</t>
   </si>
   <si>
     <t>Högre kognitiva funktioner</t>
   </si>
   <si>
-    <t>långtidsminne</t>
-[...2 lines deleted...]
-    <t>AH</t>
+    <t>sömn</t>
+  </si>
+  <si>
+    <t>JA</t>
+  </si>
+  <si>
+    <t>minne</t>
+  </si>
+  <si>
+    <t>LR</t>
+  </si>
+  <si>
+    <t>emotion</t>
   </si>
   <si>
     <t>språk</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
-    <t>emotion</t>
+    <t>uppmärksamhet</t>
+  </si>
+  <si>
+    <t>omtenta moment 1</t>
+  </si>
+  <si>
+    <t>SEMINARIUM högre funktioner* tillfälle 1 (välj ett tillfälle!)</t>
+  </si>
+  <si>
+    <t>tisdag</t>
+  </si>
+  <si>
+    <t>9:00-12:00</t>
+  </si>
+  <si>
+    <t>SEMINARIUM högre funktioner* tillfälle 2 (välj ett tillfälle!)</t>
+  </si>
+  <si>
+    <t>belöning och beslutsfattande</t>
   </si>
   <si>
     <t>PAK</t>
   </si>
   <si>
+    <t>exekutiva funktioner och kognitiv kontroll</t>
+  </si>
+  <si>
     <t>AMÅ</t>
   </si>
   <si>
+    <t>åldrande och neurodegenerativa sjukdomar</t>
+  </si>
+  <si>
+    <t>IE</t>
+  </si>
+  <si>
     <t>medvetande</t>
   </si>
   <si>
-    <t>IE</t>
+    <t>SEMINARIUM högre funktioner* tillfälle 3 (välj ett tillfälle!)</t>
   </si>
   <si>
     <t>PÅSKLOV/Inläsningsvecka</t>
   </si>
   <si>
+    <t>om-omtenta moment 1</t>
+  </si>
+  <si>
+    <t>tentamen moment 2</t>
+  </si>
+  <si>
     <t>MOMENT 3: experimentell metodik</t>
   </si>
   <si>
+    <t>Information-att göra en vetenskaplig presentation (obligatoriskt att närvara eller titta på i efterhand)</t>
+  </si>
+  <si>
+    <t>grupparbete: Arbetsplan**</t>
+  </si>
+  <si>
+    <t>grupparbete: organisation av information**</t>
+  </si>
+  <si>
+    <t>omtenta moment 2</t>
+  </si>
+  <si>
+    <t>grupparbete: Poster**</t>
+  </si>
+  <si>
+    <t>Inlämning poster*</t>
+  </si>
+  <si>
+    <t>grupparbete: presentation av posters*</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13:00-16:00 </t>
+  </si>
+  <si>
+    <t>om-omtenta moment 2</t>
+  </si>
+  <si>
     <t>Janina Seubert</t>
   </si>
   <si>
     <t>Evelina Thunell</t>
   </si>
   <si>
     <t>Lotta Arborelius</t>
   </si>
   <si>
-    <t>Agneta Herlitz</t>
+    <t>JN</t>
+  </si>
+  <si>
+    <t>Janina Neufeld</t>
+  </si>
+  <si>
+    <t>Ager</t>
+  </si>
+  <si>
+    <t>Anna Gerlicher</t>
+  </si>
+  <si>
+    <t>Arvid Guterstam</t>
+  </si>
+  <si>
+    <t>Lucile Rey</t>
   </si>
   <si>
     <t>Marika Schütz</t>
   </si>
   <si>
     <t>Putu Agus Khorisantono</t>
   </si>
   <si>
     <t xml:space="preserve">AMÅ </t>
   </si>
   <si>
     <t>Anna Miley Åkerstedt</t>
   </si>
   <si>
     <t>Ingrid Ekström</t>
   </si>
   <si>
-    <t>SEMINARIUM perception*</t>
-[...8 lines deleted...]
-    <t>* obligatorisk, ersättningsuppgift krävs vid frånvaro</t>
+    <t>John Axelsson</t>
+  </si>
+  <si>
+    <t>* obligatorisk. För seminarium 1 samt moment 3 kan frånvaro kompenseras med ersättningsuppgift</t>
   </si>
   <si>
     <t>** obligatorisk, gruppen väljer mötestid själv</t>
   </si>
   <si>
-    <t>Inlämning poster*</t>
-[...101 lines deleted...]
-    <t>***administrativ kontroll av vem som fortfarande går kursen, obligatorisk för att ej få avbrott på kursen</t>
+    <t>09:30-11:30</t>
+  </si>
+  <si>
+    <t>09:00-10:00</t>
+  </si>
+  <si>
+    <t>13:00-14:00</t>
+  </si>
+  <si>
+    <t>09:00-11:00</t>
+  </si>
+  <si>
+    <t>Hela dagen</t>
+  </si>
+  <si>
+    <t>Treveckorskontroll i Canvas - kontroll av vilka som fortsatt går kursen*</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="20" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 – 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -520,51 +557,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 – 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -662,1110 +699,1047 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EE2980D1-5818-AF4A-AFE8-55A661E1E8CB}">
-  <dimension ref="A1:H73"/>
+  <dimension ref="A1:G75"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A10" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="E49" sqref="E49"/>
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="F16" sqref="F16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.83203125" customWidth="1"/>
-    <col min="7" max="7" width="54" customWidth="1"/>
+    <col min="1" max="1" width="16.875" customWidth="1"/>
+    <col min="6" max="6" width="84.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B2" t="s">
         <v>1</v>
       </c>
       <c r="C2" t="s">
         <v>2</v>
       </c>
-      <c r="H2" t="s">
+      <c r="G2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="3" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3">
         <v>4</v>
       </c>
       <c r="C3">
-        <v>250120</v>
+        <v>260119</v>
       </c>
       <c r="D3" t="s">
-        <v>55</v>
+        <v>5</v>
       </c>
       <c r="E3" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C4">
+        <v>260121</v>
+      </c>
+      <c r="D4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" t="s">
         <v>6</v>
       </c>
-      <c r="G3" s="1" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C5">
+        <v>260122</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>13</v>
       </c>
-      <c r="H4" t="s">
+      <c r="F5" t="s">
         <v>14</v>
       </c>
-    </row>
-[...20 lines deleted...]
-    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="G5" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B6">
         <v>5</v>
       </c>
       <c r="C6">
-        <v>250127</v>
+        <v>260126</v>
       </c>
       <c r="D6" t="s">
-        <v>55</v>
+        <v>5</v>
       </c>
       <c r="E6" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F6" t="s">
         <v>6</v>
       </c>
-      <c r="G6" s="1" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="F6" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="C7">
-        <v>250129</v>
+        <v>260128</v>
       </c>
       <c r="D7" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F7" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="G7" t="s">
-        <v>8</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C8">
-        <v>250130</v>
+        <v>260129</v>
       </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>81</v>
+        <v>13</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>80</v>
-[...5 lines deleted...]
-    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B9">
         <v>6</v>
       </c>
       <c r="C9">
-        <v>250203</v>
+        <v>260202</v>
       </c>
       <c r="D9" t="s">
-        <v>55</v>
+        <v>5</v>
       </c>
       <c r="E9" t="s">
+        <v>6</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C10">
+        <v>260204</v>
+      </c>
+      <c r="D10" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" t="s">
+        <v>6</v>
+      </c>
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C11">
+        <v>260205</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" t="s">
+        <v>24</v>
+      </c>
+      <c r="G11" t="s">
         <v>11</v>
       </c>
-      <c r="F9" t="s">
-[...49 lines deleted...]
-    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B12">
         <v>7</v>
       </c>
       <c r="C12">
-        <v>250210</v>
+        <v>260209</v>
       </c>
       <c r="D12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F12" t="s">
+        <v>26</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C13">
+        <v>260209</v>
+      </c>
+      <c r="D13" t="s">
+        <v>5</v>
+      </c>
+      <c r="E13" t="s">
+        <v>95</v>
+      </c>
+      <c r="F13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C14">
+        <v>260211</v>
+      </c>
+      <c r="D14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" t="s">
+        <v>6</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C15">
+        <v>260212</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>92</v>
+      </c>
+      <c r="F15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G15" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C16">
+        <v>260213</v>
+      </c>
+      <c r="D16" t="s">
+        <v>29</v>
+      </c>
+      <c r="E16" t="s">
+        <v>92</v>
+      </c>
+      <c r="F16" t="s">
+        <v>30</v>
+      </c>
+      <c r="G16" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>31</v>
+      </c>
+      <c r="B17">
+        <v>8</v>
+      </c>
+      <c r="C17">
+        <v>260216</v>
+      </c>
+      <c r="D17" t="s">
+        <v>5</v>
+      </c>
+      <c r="E17" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" t="s">
+        <v>32</v>
+      </c>
+      <c r="G17" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C18">
+        <v>260218</v>
+      </c>
+      <c r="D18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" t="s">
+        <v>93</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C19">
+        <v>260219</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>35</v>
+      </c>
+      <c r="G19" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B20">
+        <v>9</v>
+      </c>
+      <c r="C20">
+        <v>260223</v>
+      </c>
+      <c r="D20" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B23">
+        <v>10</v>
+      </c>
+      <c r="C23">
+        <v>260302</v>
+      </c>
+      <c r="D23" t="s">
+        <v>5</v>
+      </c>
+      <c r="E23" t="s">
+        <v>6</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C24">
+        <v>260304</v>
+      </c>
+      <c r="D24" t="s">
+        <v>9</v>
+      </c>
+      <c r="E24" t="s">
+        <v>6</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C25">
+        <v>260305</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>38</v>
+      </c>
+      <c r="C27" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B28">
+        <v>11</v>
+      </c>
+      <c r="C28">
+        <v>260309</v>
+      </c>
+      <c r="D28" t="s">
+        <v>5</v>
+      </c>
+      <c r="E28" t="s">
+        <v>91</v>
+      </c>
+      <c r="F28" t="s">
+        <v>47</v>
+      </c>
+      <c r="G28" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C29">
+        <v>260311</v>
+      </c>
+      <c r="D29" t="s">
+        <v>9</v>
+      </c>
+      <c r="E29" t="s">
+        <v>25</v>
+      </c>
+      <c r="F29" t="s">
+        <v>40</v>
+      </c>
+      <c r="G29" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C30">
+        <v>260312</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" t="s">
+        <v>42</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B31">
+        <v>12</v>
+      </c>
+      <c r="C31">
+        <v>260316</v>
+      </c>
+      <c r="D31" t="s">
+        <v>5</v>
+      </c>
+      <c r="E31" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" t="s">
+        <v>44</v>
+      </c>
+      <c r="G31" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C32">
+        <v>260318</v>
+      </c>
+      <c r="D32" t="s">
+        <v>9</v>
+      </c>
+      <c r="E32" t="s">
+        <v>6</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="C33">
+        <v>260319</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" t="s">
+        <v>45</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="34" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="C34">
+        <v>260320</v>
+      </c>
+      <c r="D34" t="s">
+        <v>29</v>
+      </c>
+      <c r="E34" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="35" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B35">
+        <v>13</v>
+      </c>
+      <c r="C35">
+        <v>260323</v>
+      </c>
+      <c r="D35" t="s">
+        <v>5</v>
+      </c>
+      <c r="E35" t="s">
+        <v>6</v>
+      </c>
+      <c r="F35" t="s">
+        <v>49</v>
+      </c>
+      <c r="G35" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="36" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="C36">
+        <v>260324</v>
+      </c>
+      <c r="D36" t="s">
+        <v>50</v>
+      </c>
+      <c r="E36" t="s">
+        <v>51</v>
+      </c>
+      <c r="F36" t="s">
+        <v>52</v>
+      </c>
+      <c r="G36" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="37" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="C37">
+        <v>260325</v>
+      </c>
+      <c r="D37" t="s">
+        <v>9</v>
+      </c>
+      <c r="E37" t="s">
+        <v>6</v>
+      </c>
+      <c r="F37" t="s">
+        <v>53</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="38" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="C38">
+        <v>260326</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>13</v>
+      </c>
+      <c r="F38" t="s">
         <v>55</v>
       </c>
-      <c r="E12" t="s">
+      <c r="G38" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="39" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B39">
+        <v>14</v>
+      </c>
+      <c r="C39">
+        <v>260330</v>
+      </c>
+      <c r="D39" t="s">
+        <v>5</v>
+      </c>
+      <c r="E39" t="s">
+        <v>6</v>
+      </c>
+      <c r="F39" t="s">
+        <v>57</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="40" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="C40">
+        <v>260401</v>
+      </c>
+      <c r="D40" t="s">
+        <v>9</v>
+      </c>
+      <c r="E40" t="s">
+        <v>6</v>
+      </c>
+      <c r="F40" t="s">
+        <v>59</v>
+      </c>
+      <c r="G40" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="41" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="C41">
+        <v>260402</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>51</v>
+      </c>
+      <c r="F41" t="s">
+        <v>60</v>
+      </c>
+      <c r="G41" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="42" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="C42">
+        <v>260402</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>34</v>
+      </c>
+      <c r="F42" t="s">
+        <v>35</v>
+      </c>
+      <c r="G42" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="44" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B44">
+        <v>15</v>
+      </c>
+      <c r="C44" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="46" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B46">
+        <v>16</v>
+      </c>
+      <c r="C46">
+        <v>260413</v>
+      </c>
+      <c r="D46" t="s">
+        <v>5</v>
+      </c>
+      <c r="E46" t="s">
+        <v>6</v>
+      </c>
+      <c r="F46" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="47" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="C47">
+        <v>260415</v>
+      </c>
+      <c r="D47" t="s">
+        <v>9</v>
+      </c>
+      <c r="E47" t="s">
+        <v>6</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="48" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="C48">
+        <v>260416</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>13</v>
+      </c>
+      <c r="F48" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="49" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="C49">
+        <v>260417</v>
+      </c>
+      <c r="D49" t="s">
+        <v>29</v>
+      </c>
+      <c r="E49" t="s">
+        <v>25</v>
+      </c>
+      <c r="F49" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="50" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="51" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B51">
+        <v>17</v>
+      </c>
+      <c r="C51" s="2">
+        <v>260422</v>
+      </c>
+      <c r="D51" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" t="s">
+        <v>6</v>
+      </c>
+      <c r="F51" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="52" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="C52" s="2">
+        <v>260423</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="53" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B53">
+        <v>18</v>
+      </c>
+      <c r="C53" s="2">
+        <v>260427</v>
+      </c>
+      <c r="D53" t="s">
+        <v>5</v>
+      </c>
+      <c r="E53" t="s">
+        <v>6</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="54" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="C54" s="2">
+        <v>260429</v>
+      </c>
+      <c r="D54" t="s">
+        <v>9</v>
+      </c>
+      <c r="E54" t="s">
+        <v>6</v>
+      </c>
+      <c r="F54" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="55" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="C55" s="2">
+        <v>260430</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="56" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="C56" s="2">
+        <v>260430</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="57" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B57">
+        <v>19</v>
+      </c>
+      <c r="C57" s="2">
+        <v>260504</v>
+      </c>
+      <c r="D57" t="s">
+        <v>5</v>
+      </c>
+      <c r="E57" t="s">
+        <v>6</v>
+      </c>
+      <c r="F57" t="s">
         <v>69</v>
       </c>
-      <c r="F12" t="s">
+    </row>
+    <row r="58" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="C58" s="2">
+        <v>260506</v>
+      </c>
+      <c r="D58" t="s">
+        <v>9</v>
+      </c>
+      <c r="E58" s="4">
+        <v>0.99930555555555556</v>
+      </c>
+      <c r="F58" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="59" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B59">
+        <v>20</v>
+      </c>
+      <c r="C59" s="2">
+        <v>260511</v>
+      </c>
+      <c r="D59" t="s">
+        <v>5</v>
+      </c>
+      <c r="E59" t="s">
         <v>6</v>
       </c>
-      <c r="G12" t="s">
-[...2 lines deleted...]
-      <c r="H12" t="s">
+      <c r="F59" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="E13" t="s">
+    <row r="60" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="C60">
+        <v>260518</v>
+      </c>
+      <c r="D60" t="s">
+        <v>5</v>
+      </c>
+      <c r="E60" t="s">
+        <v>72</v>
+      </c>
+      <c r="F60" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="62" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="D62" t="s">
+        <v>18</v>
+      </c>
+      <c r="E62" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="63" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="64" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="D64" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="65" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D65" t="s">
+        <v>77</v>
+      </c>
+      <c r="E65" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="66" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D66" t="s">
+        <v>79</v>
+      </c>
+      <c r="E66" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="67" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D67" t="s">
+        <v>27</v>
+      </c>
+      <c r="E67" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="68" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D68" t="s">
+        <v>43</v>
+      </c>
+      <c r="E68" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="69" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D69" t="s">
+        <v>46</v>
+      </c>
+      <c r="E69" t="s">
         <v>83</v>
       </c>
-      <c r="G13" t="s">
-[...630 lines deleted...]
-      <c r="G54" t="s">
+    </row>
+    <row r="70" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D70" t="s">
         <v>54</v>
       </c>
-    </row>
-[...117 lines deleted...]
-      <c r="E67" t="s">
+      <c r="E70" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="71" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D71" t="s">
+        <v>85</v>
+      </c>
+      <c r="E71" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="72" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D72" t="s">
+        <v>58</v>
+      </c>
+      <c r="E72" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="73" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D73" t="s">
         <v>41</v>
       </c>
-    </row>
-[...36 lines deleted...]
-        <v>84</v>
+      <c r="E73" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="74" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C74" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="75" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C75" t="s">
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2012,102 +1986,111 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEF72EB4-74D1-46D3-9AE6-C4EA92B4793C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2929F14C-A18D-4754-A2AB-7CA7F257AD66}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="45fbcc7e-bcc8-4c52-92bb-364e2225fda3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="3eacc1de-54be-40fb-ac49-da8087b8b6b2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="45fbcc7e-bcc8-4c52-92bb-364e2225fda3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{569F1B1D-5D31-4C0B-8F8C-A4A5BA08BDF4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="45fbcc7e-bcc8-4c52-92bb-364e2225fda3"/>
     <ds:schemaRef ds:uri="3eacc1de-54be-40fb-ac49-da8087b8b6b2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003812C573E53F8B46AABBC67ADEE23569</vt:lpwstr>
   </property>
 </Properties>
 </file>