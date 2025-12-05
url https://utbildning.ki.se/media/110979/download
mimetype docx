--- v0 (2025-10-06)
+++ v1 (2025-12-05)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="47B39CA9" w14:textId="611520EA" w:rsidR="004007F0" w:rsidRPr="003B164F" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B164F">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Kursanalys (kursutvärdering</w:t>
       </w:r>
       <w:r w:rsidR="00F457DE">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>/kursrapport</w:t>
       </w:r>
       <w:r w:rsidRPr="003B164F">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
@@ -63,62 +63,60 @@
         <w:gridCol w:w="1949"/>
         <w:gridCol w:w="5666"/>
         <w:gridCol w:w="1700"/>
       </w:tblGrid>
       <w:tr w:rsidR="004007F0" w14:paraId="3FEAEF43" w14:textId="77777777" w:rsidTr="3139C529">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="508DE3F3" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="3139C529">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kurskod</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="14E6871B" w14:textId="0A2BBC37" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="000C34DD" w:rsidP="3139C529">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1QA143</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E6EB1F9" w14:textId="3C0C4B69" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="00E90C5A" w:rsidP="3139C529">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -245,134 +243,148 @@
           </w:tcPr>
           <w:p w14:paraId="435CAAC4" w14:textId="417E3351" w:rsidR="00E90C5A" w:rsidRPr="005C3D36" w:rsidRDefault="004007F0" w:rsidP="00E90C5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Termin </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t>/ht-år)</w:t>
+              <w:t>(vt/ht-år)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C86C17A" w14:textId="03769B4C" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="007D2D15" w:rsidP="00E90C5A">
+          <w:p w14:paraId="4C86C17A" w14:textId="565080DB" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="007D2D15" w:rsidP="00E90C5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>HT24</w:t>
+              <w:t>HT2</w:t>
+            </w:r>
+            <w:r w:rsidR="009F6CDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="68B9368A" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tidsperiod</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C622307" w14:textId="69B82AA6" w:rsidR="004007F0" w:rsidRPr="007D2D15" w:rsidRDefault="007D2D15" w:rsidP="000F3E50">
+          <w:p w14:paraId="2C622307" w14:textId="7F41178E" w:rsidR="004007F0" w:rsidRPr="007D2D15" w:rsidRDefault="007D2D15" w:rsidP="000F3E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D2D15">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2024-09-02 - 2024-11-10</w:t>
+              <w:t>2024-09-0</w:t>
+            </w:r>
+            <w:r w:rsidR="008E2E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D2D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2024-11-</w:t>
+            </w:r>
+            <w:r w:rsidR="008E2E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>09</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35DDD7A4" w14:textId="35C26DD9" w:rsidR="000F3E50" w:rsidRPr="00587BFC" w:rsidRDefault="000F3E50" w:rsidP="4141D871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F599EBC" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -681,63 +693,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Övriga medverkande lärare </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26697E93" w14:textId="761DAA4D" w:rsidR="004007F0" w:rsidRDefault="009501AF" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Greta </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Greta Schettini</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="6CD66223" w14:textId="5137F955" w:rsidR="009501AF" w:rsidRPr="009501AF" w:rsidRDefault="009501AF" w:rsidP="009501AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C97F939" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9322" w:type="dxa"/>
@@ -776,67 +777,76 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Antal studenter</w:t>
             </w:r>
             <w:r w:rsidR="002A1B1B">
               <w:rPr>
                 <w:rStyle w:val="Fotnotsreferens"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> vid treveckorskontrollen</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71335744" w14:textId="5C3CAA49" w:rsidR="002F20BA" w:rsidRPr="002F20BA" w:rsidRDefault="007D2D15" w:rsidP="00B82AD0">
+          <w:p w14:paraId="71335744" w14:textId="3E2E97FC" w:rsidR="002F20BA" w:rsidRPr="002F20BA" w:rsidRDefault="007D2D15" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>37</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00D75741">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51A6EB63" w14:textId="5626DFD6" w:rsidR="004007F0" w:rsidRPr="00724248" w:rsidRDefault="007D2D15" w:rsidP="00C820EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
@@ -871,152 +881,159 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">tal </w:t>
             </w:r>
             <w:r w:rsidR="001434DF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">och andel (%) </w:t>
             </w:r>
             <w:r w:rsidR="002B0FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>godkända studenter fyra veckor efter kursens slut</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7014FB42" w14:textId="66ACBBEC" w:rsidR="00AD6D2B" w:rsidRPr="00E90C5A" w:rsidRDefault="004E6BF3" w:rsidP="00B82AD0">
+          <w:p w14:paraId="2004016F" w14:textId="4A01C430" w:rsidR="004007F0" w:rsidRPr="008938E5" w:rsidRDefault="008938E5" w:rsidP="009F6CDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>28 (</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00303DEB">
+              <w:t>26 studenter</w:t>
+            </w:r>
+            <w:r w:rsidR="004C3AAB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>76%)</w:t>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="007A777B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>79%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="54B7C6A8" w14:textId="5F6940F3" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Svarsfrekvens </w:t>
             </w:r>
             <w:r w:rsidR="002B0FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(%) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kursvärderingsenkät</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41A5F923" w14:textId="29F55380" w:rsidR="004007F0" w:rsidRDefault="007D2D15" w:rsidP="00B82AD0">
+          <w:p w14:paraId="41A5F923" w14:textId="43E4F678" w:rsidR="004007F0" w:rsidRDefault="00D75741" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>54%</w:t>
+              <w:t>61</w:t>
+            </w:r>
+            <w:r w:rsidR="007D2D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="294CF1E0" w14:textId="46EE9090" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="00E90C5A" w:rsidP="00E90C5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004007F0" w14:paraId="5C05F732" w14:textId="77777777" w:rsidTr="4141D871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -1420,992 +1437,929 @@
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(Baserad på studenternas kvantitativa svar på kursvärderingen och centrala synpunkter ur fritextsvar. Kvantitativ sammanställning och ev. grafer bifogas.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17439C3B" w14:textId="77777777" w:rsidR="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6631"/>
-        <w:gridCol w:w="2385"/>
+        <w:gridCol w:w="6632"/>
+        <w:gridCol w:w="2384"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="204FA90E" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="204FA90E" w14:textId="77777777" w:rsidTr="00F52DBE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D1188E6" w14:textId="5171E41E" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364A03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Enkätfråga</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24BDCC34" w14:textId="7030847D" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0">
+          <w:p w14:paraId="24BDCC34" w14:textId="51B2541D" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="44C4B3D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Medelvärde (</w:t>
-[...17 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve">Medelvärde </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="523C172D" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="523C172D" w14:textId="77777777" w:rsidTr="00F52DBE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B154079" w14:textId="5A0DBF98" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="00364A03">
+          <w:p w14:paraId="7C59FAC9" w14:textId="63F01AFF" w:rsidR="00F04EB4" w:rsidRPr="001A7F3D" w:rsidRDefault="00F04EB4" w:rsidP="001A7F3D">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00364A03">
+            <w:r w:rsidRPr="00F04EB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Jag uppfattar att jag genom denna kurs utvecklat värdefulla kunskaper/färdigheter.</w:t>
+              <w:t>Kursen var utformad på ett sätt som gav</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F04EB4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mig möjlighet till aktivt lärande.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F04EB4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exempelvis: seminarier med</w:t>
+            </w:r>
+            <w:r w:rsidR="001A7F3D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A7F3D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>diskussioner, grupparbeten, projekt,</w:t>
+            </w:r>
+            <w:r w:rsidR="001A7F3D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A7F3D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-SE"/>
+              </w:rPr>
+              <w:t>studentpresentationer, rollspel, peer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B154079" w14:textId="404F0EEE" w:rsidR="00364A03" w:rsidRPr="00AE3ECC" w:rsidRDefault="00F04EB4" w:rsidP="00D824AA">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>learning, praktiska övningar,</w:t>
+            </w:r>
+            <w:r w:rsidR="00D824AA" w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>laborationer</w:t>
+            </w:r>
+            <w:r w:rsidR="00D824AA" w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>verksamhetsintegrerat</w:t>
+            </w:r>
+            <w:r w:rsidR="00D824AA" w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lärande etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6957393F" w14:textId="0E89D630" w:rsidR="00364A03" w:rsidRDefault="007D2D15" w:rsidP="004007F0">
+          <w:p w14:paraId="6957393F" w14:textId="01A50FA9" w:rsidR="00364A03" w:rsidRDefault="00844A1A" w:rsidP="004007F0">
             <w:r>
-              <w:t>4,5</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>6,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="57BE99B3" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="57BE99B3" w14:textId="77777777" w:rsidTr="00F52DBE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66520BC3" w14:textId="5C7C0A6D" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="00364A03">
+          <w:p w14:paraId="66520BC3" w14:textId="4A90462F" w:rsidR="00364A03" w:rsidRPr="001A6C01" w:rsidRDefault="00364A03" w:rsidP="00844A1A">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00364A03">
+            <w:r w:rsidRPr="00844A1A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Jag bedömer att jag har uppnått kursernas alla lärandemål.</w:t>
+              <w:t xml:space="preserve">Jag </w:t>
+            </w:r>
+            <w:r w:rsidR="00844A1A" w:rsidRPr="00844A1A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Jag kände mig inkluderad och</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00844A1A" w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>respekterad under kursen.</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00844A1A" w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exempelvis: Jag var bekväm med</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00844A1A" w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>att samarbeta med andra</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00844A1A" w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>studenter, tala inför gruppen, svara</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00844A1A" w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>på lärares frågor och jag blev</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00844A1A" w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lyssnad på (inte avbruten,</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00844A1A" w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>förlöjligad eller liknande).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="749A1FB0" w14:textId="3FDEAAA2" w:rsidR="00364A03" w:rsidRDefault="007D2D15" w:rsidP="004007F0">
+          <w:p w14:paraId="749A1FB0" w14:textId="1BA82D5E" w:rsidR="00364A03" w:rsidRDefault="00CF6228" w:rsidP="004007F0">
             <w:r>
-              <w:t>4,2</w:t>
+              <w:t>5,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="71BD7BA5" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="71BD7BA5" w14:textId="77777777" w:rsidTr="00F52DBE">
         <w:trPr>
           <w:trHeight w:val="689"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="461B3E1F" w14:textId="5FBC59CB" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="00364A03">
+          <w:p w14:paraId="461B3E1F" w14:textId="75F4A6D6" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00CF6228" w:rsidP="00CF6228">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00364A03">
+            <w:r w:rsidRPr="00AE3ECC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Kursen som helhet var bra.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2AF9CA" w14:textId="3A7553F4" w:rsidR="00364A03" w:rsidRDefault="007D2D15" w:rsidP="004007F0">
+          <w:p w14:paraId="1E2AF9CA" w14:textId="2CFD57E3" w:rsidR="00364A03" w:rsidRDefault="00F52DBE" w:rsidP="004007F0">
             <w:r>
-              <w:t>4,6</w:t>
-[...95 lines deleted...]
-              <w:t>4,8</w:t>
+              <w:t>5,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22DF5F2E" w14:textId="77777777" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0"/>
     <w:p w14:paraId="1D6A24E7" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
       <w:r>
         <w:t>3. Kursansvarigs reflektioner kring kursens genomförande och resultat</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A9B2305" w14:textId="11943986" w:rsidR="0030203C" w:rsidRDefault="004007F0" w:rsidP="00BF246C">
       <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:iCs/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Kursens styrkor</w:t>
       </w:r>
       <w:r w:rsidR="002964DD">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> (det studenterna uppskattar)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00946DE2">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="522B6623" w14:textId="7E6F8744" w:rsidR="004007F0" w:rsidRDefault="00BF246C" w:rsidP="0030203C">
+    <w:p w14:paraId="0DCB29FC" w14:textId="547B4609" w:rsidR="007A777B" w:rsidRPr="00CC4C75" w:rsidRDefault="00DF21EC" w:rsidP="007A777B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030203C">
+      <w:r w:rsidRPr="00CC4C75">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Tvärvetenskaplig ansats och bredd men med stadig förankring i psykologisk kunskap om mänskligt fungerande</w:t>
-[...6 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>Varierat och uppdaterat innehåll</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76ED98D3" w14:textId="17A547BF" w:rsidR="0030203C" w:rsidRDefault="0030203C" w:rsidP="0030203C">
+    <w:p w14:paraId="200C3543" w14:textId="444F6150" w:rsidR="00DF21EC" w:rsidRPr="00CC4C75" w:rsidRDefault="00DF21EC" w:rsidP="007A777B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CC4C75">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Engagerande dagsaktuella frågor som </w:t>
-[...22 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>Studentcentrerat upplägg med mycket utrymme för diskussion och reflektion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5B18A1" w14:textId="395DE23C" w:rsidR="002964DD" w:rsidRDefault="002964DD" w:rsidP="0030203C">
+    <w:p w14:paraId="402DBBAD" w14:textId="24D3FCAC" w:rsidR="001456AA" w:rsidRPr="00CC4C75" w:rsidRDefault="001456AA" w:rsidP="007A777B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CC4C75">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kursdeltagare med olika bakgrund, kompetens och erfarenheter som berikar </w:t>
-[...6 lines deleted...]
-        <w:t>diskussionerna.</w:t>
+        <w:t>Bra samarbetsklimat i gruppen och engagerade kursledare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B4CFBBD" w14:textId="23F7BCA4" w:rsidR="00133CD4" w:rsidRDefault="00133CD4" w:rsidP="00133CD4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00133CD4">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Kursens s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>vagheter</w:t>
       </w:r>
       <w:r w:rsidR="005B351C">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> (enligt kursansvarig)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78FC189E" w14:textId="0D41CB7D" w:rsidR="00133CD4" w:rsidRDefault="005B351C" w:rsidP="00133CD4">
+    <w:p w14:paraId="7C65C014" w14:textId="4F4F4962" w:rsidR="00133CD4" w:rsidRPr="00203554" w:rsidRDefault="00F43A3F" w:rsidP="00203554">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Höga krav på aktivt deltagande </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00966907">
+        <w:t xml:space="preserve">Att kursen ges på distans ger möjligheter för många fler att delta vilket är positivt men en nackdel är att vi som kursledare inte </w:t>
+      </w:r>
+      <w:r w:rsidR="00C126A8">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">är sårbart (om någon missar två gånger är det mycket jobb med att komma </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00966907">
+        <w:t xml:space="preserve">har samma överblick vid grupparbeten som när studenterna befinner sig i samma lokaler. Kan göra att det blir lite färre frågor till oss och att vi missar </w:t>
+      </w:r>
+      <w:r w:rsidR="0023173A">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>ikapp</w:t>
-[...14 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>enstaka studenter som inte deltar aktivt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57FF1D0D" w14:textId="4B2B474C" w:rsidR="00966907" w:rsidRDefault="00966907" w:rsidP="00133CD4">
+    <w:p w14:paraId="65FA3ED4" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3. Övriga synpunkter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C493D5B" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4. Kursansvarigs slutsatser och eventuella förslag till förändringar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6427FE0E" w14:textId="795CC1F0" w:rsidR="0023173A" w:rsidRPr="002F7777" w:rsidRDefault="0023173A" w:rsidP="004007F0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F7777">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eftersom vi har gjort en utförlig utvärdering och inhämtat deltagarnas förbättringsförslag vid sista träffen har vi </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6DFD" w:rsidRPr="002F7777">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>några konkreta förändringar planerade inför nästa kursgivning, men mest småsaker:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FEE6784" w14:textId="2166238D" w:rsidR="00FC6DFD" w:rsidRPr="002F7777" w:rsidRDefault="002B625B" w:rsidP="00FC6DFD">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> (mer krångel),</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="002F7777">
+        <w:t>Mer material och diskussioner kring privatekonom</w:t>
+      </w:r>
+      <w:r w:rsidR="00773CF3" w:rsidRPr="002F7777">
+        <w:t>i och energiförbrukning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E1ACD0A" w14:textId="11096758" w:rsidR="00226F12" w:rsidRPr="00133CD4" w:rsidRDefault="00226F12" w:rsidP="00133CD4">
+    <w:p w14:paraId="3D6A5BBD" w14:textId="3F767361" w:rsidR="00773CF3" w:rsidRDefault="00773CF3" w:rsidP="00FC6DFD">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...39 lines deleted...]
-        <w:t>.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="002F7777">
+        <w:t xml:space="preserve">En föreläsning görs om till mer interaktivt format samt utrymme för att adressera deltagarnas egna känslor kring </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7777" w:rsidRPr="002F7777">
+        <w:t>klimatkrisen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C65C014" w14:textId="77777777" w:rsidR="00133CD4" w:rsidRPr="00133CD4" w:rsidRDefault="00133CD4" w:rsidP="00133CD4">
-[...63 lines deleted...]
-    <w:p w14:paraId="1D33A317" w14:textId="6853BAFD" w:rsidR="003F78B2" w:rsidRDefault="00D73F23" w:rsidP="00D73F23">
+    <w:p w14:paraId="2522AB38" w14:textId="597D75D9" w:rsidR="002F7777" w:rsidRPr="002F7777" w:rsidRDefault="002F7777" w:rsidP="00FC6DFD">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>Schemat kommer</w:t>
+      </w:r>
+      <w:r w:rsidR="0038587C">
+        <w:t xml:space="preserve"> att</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> integreras med canvaskalendern för att </w:t>
+      </w:r>
+      <w:r w:rsidR="0038587C">
+        <w:t>underlätta för studenterna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD13C6B" w14:textId="43A9F2EF" w:rsidR="005E12A8" w:rsidRPr="00D73F23" w:rsidRDefault="005E12A8" w:rsidP="00D73F23">
-[...37 lines deleted...]
-    <w:p w14:paraId="5DCE6E12" w14:textId="772B00B8" w:rsidR="009B507E" w:rsidRDefault="004007F0" w:rsidP="004007F0">
+    <w:p w14:paraId="5DCE6E12" w14:textId="20908AC2" w:rsidR="009B507E" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
       <w:r>
         <w:t>Bilagor:</w:t>
       </w:r>
       <w:r w:rsidR="009B507E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B507E" w:rsidRPr="009B507E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Enkätsammanställning</w:t>
       </w:r>
       <w:r w:rsidR="009B507E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> HT24</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009B507E">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footnotePr>
         <w:numFmt w:val="chicago"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A55EFFB" w14:textId="77777777" w:rsidR="000A6783" w:rsidRDefault="000A6783" w:rsidP="00F457DE">
+    <w:p w14:paraId="54BBAD4C" w14:textId="77777777" w:rsidR="000C66CB" w:rsidRDefault="000C66CB" w:rsidP="00F457DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CD598E0" w14:textId="77777777" w:rsidR="000A6783" w:rsidRDefault="000A6783" w:rsidP="00F457DE">
+    <w:p w14:paraId="36783B28" w14:textId="77777777" w:rsidR="000C66CB" w:rsidRDefault="000C66CB" w:rsidP="00F457DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="570E808E" w14:textId="77777777" w:rsidR="000A6783" w:rsidRDefault="000A6783" w:rsidP="00F457DE">
+    <w:p w14:paraId="41A0081A" w14:textId="77777777" w:rsidR="000C66CB" w:rsidRDefault="000C66CB" w:rsidP="00F457DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15B34B20" w14:textId="77777777" w:rsidR="000A6783" w:rsidRDefault="000A6783" w:rsidP="00F457DE">
+    <w:p w14:paraId="116029D5" w14:textId="77777777" w:rsidR="000C66CB" w:rsidRDefault="000C66CB" w:rsidP="00F457DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="4CA10CBF" w14:textId="2A52B430" w:rsidR="002A1B1B" w:rsidRDefault="002A1B1B">
       <w:pPr>
         <w:pStyle w:val="Fotnotstext"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fotnotsreferens"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A1B1B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Enbart förstagångsregistrerade studenter ska inkluderas i kursanalysen för att spegla genomströmning och </w:t>
-[...31 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Enbart förstagångsregistrerade studenter ska inkluderas i kursanalysen för att spegla genomströmning och kvalitet  som en effekt av aktuellt kursuplägg.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09D29192" w14:textId="77777777" w:rsidR="00F457DE" w:rsidRDefault="00F457DE" w:rsidP="00F457DE">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="stc3_oa_Logo_sv_0002"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E275166" wp14:editId="62C40374">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>3686175</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>264795</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2476500" cy="590550"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr/>
@@ -2539,52 +2493,165 @@
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:bookmarkEnd w:id="0"/>
   </w:p>
   <w:p w14:paraId="66C946CA" w14:textId="77777777" w:rsidR="00F457DE" w:rsidRDefault="00F457DE">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BB17B87"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E5F468A2"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35A41108"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42726E32"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2653,51 +2720,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A145F2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CEE2E6C"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -2742,51 +2809,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E493745"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92CE7802"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -2831,51 +2898,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="418B2092"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92CE7802"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="470A04C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1CA53B2"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2944,51 +3100,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68170D26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D0CAEEA"/>
     <w:lvl w:ilvl="0" w:tplc="041D0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -3033,51 +3189,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D563FAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B796A4AE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3146,203 +3302,351 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CC30EDD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BFBAF74A"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="891160409">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1318610237">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="714698505">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1797019893">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1940218387">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1318610237">
+  <w:num w:numId="6" w16cid:durableId="1095596258">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1037898473">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="714698505">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="8" w16cid:durableId="1761216505">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1797019893">
-[...2 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="1940218387">
+  <w:num w:numId="9" w16cid:durableId="1861816117">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numFmt w:val="chicago"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004007F0"/>
     <w:rsid w:val="00011B2E"/>
     <w:rsid w:val="0007F01D"/>
     <w:rsid w:val="000A6783"/>
     <w:rsid w:val="000A6C26"/>
     <w:rsid w:val="000C34DD"/>
+    <w:rsid w:val="000C66CB"/>
     <w:rsid w:val="000D2229"/>
     <w:rsid w:val="000F3E50"/>
     <w:rsid w:val="00122F12"/>
     <w:rsid w:val="00133CD4"/>
     <w:rsid w:val="00140388"/>
     <w:rsid w:val="001434DF"/>
+    <w:rsid w:val="001456AA"/>
     <w:rsid w:val="00162837"/>
     <w:rsid w:val="001911A0"/>
+    <w:rsid w:val="00192F25"/>
+    <w:rsid w:val="001A6C01"/>
+    <w:rsid w:val="001A7F3D"/>
     <w:rsid w:val="001B7E5F"/>
+    <w:rsid w:val="00203554"/>
     <w:rsid w:val="00226F12"/>
+    <w:rsid w:val="0023173A"/>
     <w:rsid w:val="002522A0"/>
     <w:rsid w:val="00276088"/>
     <w:rsid w:val="00295EDD"/>
     <w:rsid w:val="002964DD"/>
     <w:rsid w:val="002A1B1B"/>
     <w:rsid w:val="002A7ACE"/>
     <w:rsid w:val="002B0FBD"/>
+    <w:rsid w:val="002B625B"/>
     <w:rsid w:val="002F20BA"/>
+    <w:rsid w:val="002F7777"/>
     <w:rsid w:val="0030203C"/>
     <w:rsid w:val="00303DEB"/>
     <w:rsid w:val="00351D87"/>
     <w:rsid w:val="00364A03"/>
     <w:rsid w:val="0038189E"/>
+    <w:rsid w:val="0038587C"/>
     <w:rsid w:val="003F06C6"/>
     <w:rsid w:val="003F78B2"/>
     <w:rsid w:val="004007F0"/>
     <w:rsid w:val="00481FA2"/>
     <w:rsid w:val="00495914"/>
     <w:rsid w:val="004B4319"/>
+    <w:rsid w:val="004C3AAB"/>
     <w:rsid w:val="004D4988"/>
     <w:rsid w:val="004E6BF3"/>
     <w:rsid w:val="00522693"/>
     <w:rsid w:val="00555B41"/>
     <w:rsid w:val="00571331"/>
     <w:rsid w:val="00587BFC"/>
     <w:rsid w:val="005B351C"/>
     <w:rsid w:val="005C3D36"/>
     <w:rsid w:val="005E12A8"/>
     <w:rsid w:val="005E4941"/>
     <w:rsid w:val="00611EF6"/>
     <w:rsid w:val="00653718"/>
     <w:rsid w:val="006F32B1"/>
     <w:rsid w:val="007179A9"/>
     <w:rsid w:val="00724248"/>
+    <w:rsid w:val="00773CF3"/>
     <w:rsid w:val="007901FD"/>
+    <w:rsid w:val="007A777B"/>
     <w:rsid w:val="007B57A8"/>
     <w:rsid w:val="007D0B28"/>
     <w:rsid w:val="007D2D15"/>
     <w:rsid w:val="008019AF"/>
     <w:rsid w:val="00805B72"/>
     <w:rsid w:val="00833F27"/>
+    <w:rsid w:val="00844A1A"/>
     <w:rsid w:val="00860E8C"/>
     <w:rsid w:val="00861D2D"/>
     <w:rsid w:val="008812C4"/>
     <w:rsid w:val="008823E4"/>
+    <w:rsid w:val="008938E5"/>
     <w:rsid w:val="00894B22"/>
     <w:rsid w:val="008C1C16"/>
+    <w:rsid w:val="008E2E19"/>
     <w:rsid w:val="008E69B8"/>
     <w:rsid w:val="00946DE2"/>
     <w:rsid w:val="009501AF"/>
     <w:rsid w:val="00966907"/>
     <w:rsid w:val="009A3D89"/>
     <w:rsid w:val="009B0ED2"/>
     <w:rsid w:val="009B507E"/>
     <w:rsid w:val="009B7EAA"/>
     <w:rsid w:val="009D4852"/>
     <w:rsid w:val="009D6ECE"/>
     <w:rsid w:val="009F1309"/>
     <w:rsid w:val="009F42A4"/>
+    <w:rsid w:val="009F6CDB"/>
     <w:rsid w:val="00A64A25"/>
     <w:rsid w:val="00A958CA"/>
     <w:rsid w:val="00AD56E2"/>
     <w:rsid w:val="00AD6D2B"/>
+    <w:rsid w:val="00AE3ECC"/>
     <w:rsid w:val="00B32E00"/>
     <w:rsid w:val="00B60850"/>
     <w:rsid w:val="00B621FC"/>
     <w:rsid w:val="00BF246C"/>
     <w:rsid w:val="00BF7364"/>
     <w:rsid w:val="00C00910"/>
+    <w:rsid w:val="00C126A8"/>
     <w:rsid w:val="00C37447"/>
     <w:rsid w:val="00C72580"/>
     <w:rsid w:val="00C77B32"/>
     <w:rsid w:val="00C820EC"/>
     <w:rsid w:val="00CC1515"/>
+    <w:rsid w:val="00CC4C75"/>
     <w:rsid w:val="00CC5712"/>
     <w:rsid w:val="00CF3603"/>
+    <w:rsid w:val="00CF6228"/>
     <w:rsid w:val="00D3603C"/>
     <w:rsid w:val="00D73F23"/>
+    <w:rsid w:val="00D75741"/>
+    <w:rsid w:val="00D824AA"/>
     <w:rsid w:val="00DD095D"/>
+    <w:rsid w:val="00DF21EC"/>
     <w:rsid w:val="00E318B7"/>
     <w:rsid w:val="00E90C5A"/>
     <w:rsid w:val="00E95649"/>
     <w:rsid w:val="00EC1970"/>
     <w:rsid w:val="00EE3F34"/>
+    <w:rsid w:val="00F02B41"/>
+    <w:rsid w:val="00F04EB4"/>
     <w:rsid w:val="00F24FAE"/>
+    <w:rsid w:val="00F43A3F"/>
     <w:rsid w:val="00F457DE"/>
+    <w:rsid w:val="00F52DBE"/>
+    <w:rsid w:val="00FC6DFD"/>
     <w:rsid w:val="00FE13AD"/>
     <w:rsid w:val="00FE190E"/>
     <w:rsid w:val="032D76F5"/>
     <w:rsid w:val="041B9DFF"/>
     <w:rsid w:val="0563FA07"/>
     <w:rsid w:val="0A0A93CF"/>
     <w:rsid w:val="0CAA98AC"/>
     <w:rsid w:val="0D6954DA"/>
     <w:rsid w:val="14D1F2F4"/>
     <w:rsid w:val="1D71BD31"/>
     <w:rsid w:val="2179043E"/>
     <w:rsid w:val="2FE14D70"/>
     <w:rsid w:val="3139C529"/>
     <w:rsid w:val="320A136E"/>
     <w:rsid w:val="325A8214"/>
     <w:rsid w:val="328949F3"/>
     <w:rsid w:val="370C5803"/>
     <w:rsid w:val="4141D871"/>
     <w:rsid w:val="44C4B3D0"/>
     <w:rsid w:val="49C069E0"/>
     <w:rsid w:val="4F4F2F97"/>
     <w:rsid w:val="4FD881A8"/>
     <w:rsid w:val="58A1D855"/>
     <w:rsid w:val="6272145E"/>
     <w:rsid w:val="64D84DEF"/>
@@ -3358,51 +3662,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5E329C27"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4065,51 +4369,51 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00364A03"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D2D15"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -4369,65 +4673,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>457</Words>
-  <Characters>3105</Characters>
+  <Words>495</Words>
+  <Characters>2825</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>110</Lines>
-  <Paragraphs>72</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet, LIME</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3490</CharactersWithSpaces>
+  <CharactersWithSpaces>3314</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Louise Bergman</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>