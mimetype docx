--- v0 (2025-10-06)
+++ v1 (2026-02-17)
@@ -1,1115 +1,1150 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="47B39CA9" w14:textId="611520EA" w:rsidR="004007F0" w:rsidRPr="003B164F" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="003B164F">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Kursanalys (kursutvärdering</w:t>
       </w:r>
       <w:r w:rsidR="00F457DE">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>/kursrapport</w:t>
       </w:r>
       <w:r w:rsidRPr="003B164F">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9315" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1949"/>
         <w:gridCol w:w="5666"/>
         <w:gridCol w:w="1700"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004007F0" w14:paraId="3FEAEF43" w14:textId="77777777" w:rsidTr="4141D871">
+      <w:tr w:rsidR="004007F0" w14:paraId="3FEAEF43" w14:textId="77777777" w:rsidTr="3139C529">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="508DE3F3" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="3139C529">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kurskod</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="320676C9" w14:textId="5113172B" w:rsidR="004007F0" w:rsidRPr="00BD103D" w:rsidRDefault="00DB1E3E" w:rsidP="00B82AD0">
+          <w:p w14:paraId="14E6871B" w14:textId="0B7557ED" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="000C34DD" w:rsidP="3139C529">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD103D">
-[...5 lines deleted...]
-              <w:t>1QA137</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1QA1</w:t>
+            </w:r>
+            <w:r w:rsidR="007231E3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>37</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E6EB1F9" w14:textId="47594FF4" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="00E90C5A" w:rsidP="6272145E">
+          <w:p w14:paraId="6E6EB1F9" w14:textId="3C0C4B69" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="00E90C5A" w:rsidP="3139C529">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27AE8F5A" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="3139C529">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kurstitel</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19E61FE4" w14:textId="77306218" w:rsidR="004007F0" w:rsidRDefault="00DB1E3E" w:rsidP="4141D871">
+          <w:p w14:paraId="012561C5" w14:textId="77777777" w:rsidR="007231E3" w:rsidRPr="007231E3" w:rsidRDefault="007231E3" w:rsidP="007231E3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB1E3E">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> inom medicinsk vetenskap</w:t>
+            <w:r w:rsidRPr="007231E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Introduktion till metod - kvantitativ, kvalitativ och kombinationen mixed-methods inom medicinsk vetenskap</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FE21A74" w14:textId="77777777" w:rsidR="000F3E50" w:rsidRDefault="000F3E50" w:rsidP="000F3E50">
+          <w:p w14:paraId="0FE21A74" w14:textId="66A27312" w:rsidR="000F3E50" w:rsidRPr="007231E3" w:rsidRDefault="000F3E50" w:rsidP="000F3E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21BF5F4D" w14:textId="6159E3D1" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="21BF5F4D" w14:textId="40F94B3A" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Högskolepoäng</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5085AB75" w14:textId="2612E0F3" w:rsidR="00DB1E3E" w:rsidRPr="00DB1E3E" w:rsidRDefault="00DB1E3E" w:rsidP="00B82AD0">
+          <w:p w14:paraId="36C7D7C6" w14:textId="37032AAA" w:rsidR="007D2D15" w:rsidRPr="007D2D15" w:rsidRDefault="007D2D15" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB1E3E">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="007D2D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7,5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36F714EF" w14:textId="56EBFD0E" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="00E90C5A" w:rsidP="00C820EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004007F0" w14:paraId="1AA67816" w14:textId="77777777" w:rsidTr="4141D871">
+      <w:tr w:rsidR="004007F0" w14:paraId="1AA67816" w14:textId="77777777" w:rsidTr="3139C529">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61C27653" w14:textId="77777777" w:rsidR="00DB1E3E" w:rsidRDefault="004007F0" w:rsidP="00E90C5A">
+          <w:p w14:paraId="435CAAC4" w14:textId="417E3351" w:rsidR="00E90C5A" w:rsidRPr="005C3D36" w:rsidRDefault="004007F0" w:rsidP="00E90C5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Termin </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/ht-år)</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="435CAAC4" w14:textId="62AD876F" w:rsidR="00E90C5A" w:rsidRPr="005C3D36" w:rsidRDefault="00DB1E3E" w:rsidP="00E90C5A">
+          <w:p w14:paraId="4C86C17A" w14:textId="565080DB" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="007D2D15" w:rsidP="00E90C5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>HT2</w:t>
             </w:r>
-            <w:r w:rsidR="00A97D53">
-[...15 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="009F6CDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="68B9368A" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tidsperiod</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35DDD7A4" w14:textId="672045A9" w:rsidR="000F3E50" w:rsidRPr="00587BFC" w:rsidRDefault="00A97D53" w:rsidP="4141D871">
+          <w:p w14:paraId="2C622307" w14:textId="40F71E0F" w:rsidR="004007F0" w:rsidRPr="007D2D15" w:rsidRDefault="007D2D15" w:rsidP="000F3E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D2D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00790BFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D2D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-09-</w:t>
+            </w:r>
+            <w:r w:rsidR="00790BFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D2D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2024-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A013D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D2D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00A013D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35DDD7A4" w14:textId="35C26DD9" w:rsidR="000F3E50" w:rsidRPr="00587BFC" w:rsidRDefault="000F3E50" w:rsidP="4141D871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97D53">
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F599EBC" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4583"/>
         <w:gridCol w:w="4739"/>
       </w:tblGrid>
       <w:tr w:rsidR="004007F0" w14:paraId="6179F951" w14:textId="77777777" w:rsidTr="4141D871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4583" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C2B7BB9" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="2C2B7BB9" w14:textId="3648B848" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kursansvarig</w:t>
             </w:r>
+            <w:r w:rsidR="00A96ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="76DE1510" w14:textId="4077C2A4" w:rsidR="004007F0" w:rsidRPr="00E90C5A" w:rsidRDefault="00DB1E3E" w:rsidP="000F3E50">
+          <w:p w14:paraId="76DE1510" w14:textId="1D21D72E" w:rsidR="004007F0" w:rsidRPr="00E90C5A" w:rsidRDefault="00237048" w:rsidP="000F3E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Åsa Norman</w:t>
+              <w:t xml:space="preserve">Kimmo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sorjonen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A96ED2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Marika Melin, Pia Enebrink</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0918347D" w14:textId="0803D608" w:rsidR="000F3E50" w:rsidRDefault="000F3E50" w:rsidP="4141D871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00A2445B" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examinator</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E5E665A" w14:textId="297711CD" w:rsidR="004007F0" w:rsidRPr="00E90C5A" w:rsidRDefault="00DB1E3E" w:rsidP="00B82AD0">
+          <w:p w14:paraId="6C24F939" w14:textId="554200CC" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="00B22808" w:rsidP="4141D871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pia Enebrink</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00E90C5A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004007F0" w14:paraId="777FCAE7" w14:textId="77777777" w:rsidTr="4141D871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4583" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1F5E7650" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Momentansvariga lärare</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05EDA565" w14:textId="77777777" w:rsidR="004007F0" w:rsidRPr="005E4941" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="08EECE5D" w14:textId="474B9381" w:rsidR="004007F0" w:rsidRDefault="001F2C4A" w:rsidP="00153BD1">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005E4941">
-[...108 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ingen indelning i moment</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C6F81E1" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="4C6F81E1" w14:textId="61BEAC27" w:rsidR="004007F0" w:rsidRDefault="006B7F01" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Övriga medverkande lärare </w:t>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="004007F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">edverkande lärare </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CD66223" w14:textId="5137F955" w:rsidR="004007F0" w:rsidRPr="00E90C5A" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="26697E93" w14:textId="43AB09ED" w:rsidR="004007F0" w:rsidRDefault="00B22808" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kimmo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sorjonen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00494D7B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC3CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marika Melin, </w:t>
+            </w:r>
+            <w:r w:rsidR="00494D7B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Filippa Folke</w:t>
+            </w:r>
+            <w:r w:rsidR="006B7F01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Pia Enebrink</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CD66223" w14:textId="5137F955" w:rsidR="009501AF" w:rsidRPr="009501AF" w:rsidRDefault="009501AF" w:rsidP="009501AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C97F939" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2660"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
       <w:tr w:rsidR="004007F0" w14:paraId="07E7E5DC" w14:textId="77777777" w:rsidTr="4141D871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D4102E7" w14:textId="13B46E22" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="6D4102E7" w14:textId="75F91F51" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Antal studenter</w:t>
             </w:r>
             <w:r w:rsidR="002A1B1B">
               <w:rPr>
                 <w:rStyle w:val="Fotnotsreferens"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> vid treveckorskontrollen</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BF1BEE9" w14:textId="7B836A21" w:rsidR="00DB1E3E" w:rsidRPr="00DB1E3E" w:rsidRDefault="00DB1E3E" w:rsidP="00B82AD0">
+          <w:p w14:paraId="71335744" w14:textId="7137A3F9" w:rsidR="002F20BA" w:rsidRPr="002F20BA" w:rsidRDefault="000450A3" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB1E3E">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51A6EB63" w14:textId="5626DFD6" w:rsidR="004007F0" w:rsidRPr="00724248" w:rsidRDefault="007D2D15" w:rsidP="00C820EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DB33BA5" w14:textId="69EACF06" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="06782ECF" w14:textId="4BA6A6A6" w:rsidR="006D6C42" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>An</w:t>
             </w:r>
             <w:r w:rsidR="002B0FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">tal </w:t>
             </w:r>
             <w:r w:rsidR="001434DF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">och andel (%) </w:t>
             </w:r>
             <w:r w:rsidR="002B0FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>godkända studenter fyra veckor efter kursens slut</w:t>
             </w:r>
+            <w:r w:rsidR="006D6C42">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="006D6C42" w:rsidRPr="006D6C42">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="7014FB42" w14:textId="78207D3D" w:rsidR="00AD6D2B" w:rsidRPr="00E90C5A" w:rsidRDefault="0089735C" w:rsidP="00B82AD0">
+          <w:p w14:paraId="2004016F" w14:textId="5778D413" w:rsidR="004007F0" w:rsidRPr="008938E5" w:rsidRDefault="004007F0" w:rsidP="009F6CDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...17 lines deleted...]
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54B7C6A8" w14:textId="0107E4EC" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="54B7C6A8" w14:textId="5F6940F3" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Svarsfrekvens </w:t>
             </w:r>
             <w:r w:rsidR="002B0FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(%) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kursvärderingsenkät</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26E5EFED" w14:textId="21481FA9" w:rsidR="00DB1E3E" w:rsidRDefault="00A97D53" w:rsidP="00B82AD0">
+          <w:p w14:paraId="41A5F923" w14:textId="6F364F21" w:rsidR="004007F0" w:rsidRDefault="000450A3" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>33</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>44</w:t>
+            </w:r>
+            <w:r w:rsidR="007D2D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p w14:paraId="294CF1E0" w14:textId="46EE9090" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="00E90C5A" w:rsidP="00E90C5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004007F0" w14:paraId="5C05F732" w14:textId="77777777" w:rsidTr="4141D871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6669E756" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Övriga metoder för studentinflytande </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(utöver avslutande kursvärdering) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04AC30F4" w14:textId="77777777" w:rsidR="0089735C" w:rsidRPr="00C00910" w:rsidRDefault="0089735C" w:rsidP="0089735C">
+          <w:p w14:paraId="38EC4AFF" w14:textId="21BC1E40" w:rsidR="004007F0" w:rsidRPr="006D6C42" w:rsidRDefault="006D6C42" w:rsidP="001D6B94">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006D6C42">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Avstämning under kursens gång</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-            </w:pPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vid seminarier</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004007F0" w14:paraId="43935A8C" w14:textId="77777777" w:rsidTr="4141D871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6BE91BD8" w14:textId="1F1B813B" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1118,159 +1153,68 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Återkopp</w:t>
             </w:r>
             <w:r w:rsidR="00BF7364">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ing av kursvärderingsresultat till studenterna</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68DE0FC6" w14:textId="77777777" w:rsidR="004007F0" w:rsidRPr="00C00910" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="2A1004C2" w14:textId="5A5281D5" w:rsidR="004007F0" w:rsidRPr="00A630C2" w:rsidRDefault="00A630C2" w:rsidP="001D6B94">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C00910">
-[...99 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00A630C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Via hemsida</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="07057F0F" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:pStyle w:val="Rubrik4"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Observera att…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="353A39BB" w14:textId="404AD78E" w:rsidR="00C37447" w:rsidRPr="00875F1D" w:rsidRDefault="00C37447" w:rsidP="00C37447">
       <w:pPr>
@@ -1460,783 +1404,1208 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00910">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0299BE07" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
       <w:r>
         <w:t>1. Beskrivning av eventuellt genomförda förändringar sedan föregående kurstillfälle baserat på tidigare studenters synpunkter</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="32F9EBC0" w14:textId="77890BC8" w:rsidR="00A630C2" w:rsidRPr="00A630C2" w:rsidRDefault="00A630C2" w:rsidP="00A630C2">
+      <w:r>
+        <w:t xml:space="preserve">Tidigare kursansvarig avslutade sin anställning sen vår och under tidig höst beslutades att lärargruppen gemensamt skulle ansvara för nästa kursgivning. I samband med detta ändrades hela kursupplägget såväl i Canvas som i genomförandet av </w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t>kurs</w:t>
+      </w:r>
+      <w:r>
+        <w:t>seminarierna, i syfte att öka studenter</w:t>
+      </w:r>
+      <w:r w:rsidR="00215D93">
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve"> motivation </w:t>
+      </w:r>
+      <w:r w:rsidR="00215D93">
+        <w:t xml:space="preserve">till kursen </w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve">och </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">stimulera </w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve">till egen </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">kunskapsinhämtning, samt </w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve">till att </w:t>
+      </w:r>
+      <w:r>
+        <w:t>fler studenter</w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve"> skulle ta del av hela </w:t>
+      </w:r>
+      <w:r>
+        <w:t>kurs</w:t>
+      </w:r>
+      <w:r w:rsidR="00215D93">
+        <w:t>upplägget</w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t>. Tidigare har det endast varit en mindre andel av studenterna som slutfört kursen</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Detta innebar </w:t>
+      </w:r>
+      <w:r w:rsidR="00215D93">
+        <w:t xml:space="preserve">ett gemensamt </w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t>skapande</w:t>
+      </w:r>
+      <w:r w:rsidR="00215D93">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve">av ett upplägg där studenterna inför </w:t>
+      </w:r>
+      <w:r w:rsidR="00B63DE9">
+        <w:t>tre</w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve"> obligatoriska seminarier </w:t>
+      </w:r>
+      <w:r w:rsidR="00B63DE9">
+        <w:t xml:space="preserve">om kvantitativ, kvalitativ respektive mixed </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B63DE9">
+        <w:t>methods</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B63DE9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t>skulle förbereda sig genom att lyssna på inspelade föreläsningar, läsa specifika kapitel i kurslitteraturen samt analysera påhittade data och besvara frågor om denna</w:t>
+      </w:r>
+      <w:r w:rsidR="00215D93">
+        <w:t>. Det studenterna förberett diskuterades</w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve"> sedan i smågrupper och </w:t>
+      </w:r>
+      <w:r w:rsidR="00215D93">
+        <w:t xml:space="preserve">slutligen i </w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve">helklass under </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42FC6">
+        <w:t xml:space="preserve">respektive </w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t>seminari</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42FC6">
+        <w:t>um</w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00215D93">
+        <w:t xml:space="preserve">Under </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42FC6">
+        <w:t>det</w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve"> avslutande examinerande seminari</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42FC6">
+        <w:t>et</w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00215D93">
+        <w:t>fick studenterna redovisa</w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve"> och disku</w:t>
+      </w:r>
+      <w:r w:rsidR="00215D93">
+        <w:t>tera</w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00215D93">
+        <w:t xml:space="preserve">analys av en </w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t>egen vald artikel</w:t>
+      </w:r>
+      <w:r w:rsidR="00215D93">
+        <w:t xml:space="preserve"> med kvantitativ, kvalitativ eller mixed </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00215D93">
+        <w:t>methods</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D42FC6">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00215D93">
+        <w:t>design</w:t>
+      </w:r>
+      <w:r w:rsidR="00F063BA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="5F1BCA10" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>2. Kortfattad sammanfattning av studenternas värderingar av kursen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4823B882" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(Baserad på studenternas kvantitativa svar på kursvärderingen och centrala synpunkter ur fritextsvar. Kvantitativ sammanställning och ev. grafer bifogas.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17439C3B" w14:textId="77777777" w:rsidR="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6631"/>
-        <w:gridCol w:w="2385"/>
+        <w:gridCol w:w="6632"/>
+        <w:gridCol w:w="2384"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="204FA90E" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="204FA90E" w14:textId="77777777" w:rsidTr="00F52DBE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D1188E6" w14:textId="5171E41E" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364A03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Enkätfråga</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24BDCC34" w14:textId="7030847D" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0">
+          <w:p w14:paraId="24BDCC34" w14:textId="51B2541D" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="44C4B3D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Medelvärde (</w:t>
-[...17 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve">Medelvärde </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="523C172D" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="523C172D" w14:textId="77777777" w:rsidTr="00F52DBE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B154079" w14:textId="5A0DBF98" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="00364A03">
+          <w:p w14:paraId="7C59FAC9" w14:textId="63F01AFF" w:rsidR="00F04EB4" w:rsidRPr="001A7F3D" w:rsidRDefault="00F04EB4" w:rsidP="001A7F3D">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00364A03">
+            <w:r w:rsidRPr="00F04EB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Jag uppfattar att jag genom denna kurs utvecklat värdefulla kunskaper/färdigheter.</w:t>
-            </w:r>
+              <w:t>Kursen var utformad på ett sätt som gav</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F04EB4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mig möjlighet till aktivt lärande.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F04EB4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exempelvis: seminarier med</w:t>
+            </w:r>
+            <w:r w:rsidR="001A7F3D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A7F3D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>diskussioner, grupparbeten, projekt,</w:t>
+            </w:r>
+            <w:r w:rsidR="001A7F3D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A7F3D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>studentpresentationer, rollspel, peer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B154079" w14:textId="404F0EEE" w:rsidR="00364A03" w:rsidRPr="00AE3ECC" w:rsidRDefault="00F04EB4" w:rsidP="00D824AA">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>learning</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, praktiska övningar,</w:t>
+            </w:r>
+            <w:r w:rsidR="00D824AA" w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>laborationer</w:t>
+            </w:r>
+            <w:r w:rsidR="00D824AA" w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>verksamhetsintegrerat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D824AA" w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lärande </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AE3ECC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>etc.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6957393F" w14:textId="089A6AE5" w:rsidR="00364A03" w:rsidRDefault="00A97D53" w:rsidP="004007F0">
+          <w:p w14:paraId="6957393F" w14:textId="09DDB8E7" w:rsidR="00364A03" w:rsidRDefault="001B44AD" w:rsidP="004007F0">
             <w:r>
-              <w:t>4,4</w:t>
+              <w:t>5,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="57BE99B3" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="57BE99B3" w14:textId="77777777" w:rsidTr="00F52DBE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66520BC3" w14:textId="5C7C0A6D" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="00364A03">
+          <w:p w14:paraId="66520BC3" w14:textId="31A92F50" w:rsidR="00364A03" w:rsidRPr="001A6C01" w:rsidRDefault="00844A1A" w:rsidP="00844A1A">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00364A03">
+            <w:r w:rsidRPr="00844A1A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Jag bedömer att jag har uppnått kursernas alla lärandemål.</w:t>
+              <w:t>Jag kände mig inkluderad och</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>respekterad under kursen.</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exempelvis: Jag var bekväm med</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>att samarbeta med andra</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>studenter, tala inför gruppen, svara</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>på lärares frågor och jag blev</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lyssnad på (inte avbruten,</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6C01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>förlöjligad eller liknande).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="749A1FB0" w14:textId="5C88849F" w:rsidR="00DB1E3E" w:rsidRDefault="00A97D53" w:rsidP="004007F0">
+          <w:p w14:paraId="749A1FB0" w14:textId="1BA82D5E" w:rsidR="00364A03" w:rsidRDefault="00CF6228" w:rsidP="004007F0">
             <w:r>
-              <w:t>4,2</w:t>
+              <w:t>5,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="71BD7BA5" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="71BD7BA5" w14:textId="77777777" w:rsidTr="00F52DBE">
         <w:trPr>
           <w:trHeight w:val="689"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="461B3E1F" w14:textId="5FBC59CB" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="00364A03">
+          <w:p w14:paraId="461B3E1F" w14:textId="75F4A6D6" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00CF6228" w:rsidP="00CF6228">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00364A03">
+            <w:r w:rsidRPr="00AE3ECC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Jag uppfattar att det fanns en röd tråd genom kursen – från lärandemål till examination</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Kursen som helhet var bra.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2AF9CA" w14:textId="458076C9" w:rsidR="00364A03" w:rsidRDefault="00A97D53" w:rsidP="004007F0">
+          <w:p w14:paraId="1E2AF9CA" w14:textId="6D8B3545" w:rsidR="00364A03" w:rsidRDefault="00F52DBE" w:rsidP="004007F0">
             <w:r>
-              <w:t>4,4</w:t>
-[...96 lines deleted...]
-              <w:t>4,4</w:t>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r w:rsidR="00211353">
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22DF5F2E" w14:textId="77777777" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0"/>
     <w:p w14:paraId="1D6A24E7" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
       <w:r>
         <w:t>3. Kursansvarigs reflektioner kring kursens genomförande och resultat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C1664F3" w14:textId="122A4CE5" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
+    <w:p w14:paraId="3A9B2305" w14:textId="11943986" w:rsidR="0030203C" w:rsidRDefault="004007F0" w:rsidP="00BF246C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Kursens styrkor:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0089735C">
+        <w:t>Kursens styrkor</w:t>
+      </w:r>
+      <w:r w:rsidR="002964DD">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
+        <w:t xml:space="preserve"> (det studenterna uppskattar)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00946DE2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0089735C" w:rsidRPr="0089735C">
+    </w:p>
+    <w:p w14:paraId="77F21BD9" w14:textId="39875DFF" w:rsidR="00D42FC6" w:rsidRDefault="00D42FC6" w:rsidP="00BF246C">
+      <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Stu</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0089735C" w:rsidRPr="00942EAD">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">denter uppger att </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0089735C">
+        <w:t xml:space="preserve">Det är väldigt roligt att se att kursupplägget uppskattades av studenterna, både när man ser till kursutvärderingen på kursen som helhet och återkopplingen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">kursens struktur har en </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0089735C" w:rsidRPr="00942EAD">
+        <w:t>vg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>tydlig</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0089735C">
+        <w:t xml:space="preserve"> utformning och upplevd </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> röd tråd där läraren är tydlig i sina förklaringar med positiva inslag av små, återkommande repetitioner. Studenterna </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA26AC">
+        <w:t>inklusion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>anger</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0089735C">
+        <w:t xml:space="preserve"> och respektfullhet under kursen. Kombinationen av inspelade föreläsningar, egna förberedelser med inläsning och besvarande av frågor samt aktiva digitala seminarier förefaller ha fallit ut </w:t>
+      </w:r>
+      <w:r w:rsidR="00B63DE9">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA26AC">
+        <w:t xml:space="preserve">mycket </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>det o</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0089735C">
+        <w:t xml:space="preserve">väl. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE6EFF2" w14:textId="072A2C4C" w:rsidR="00211353" w:rsidRPr="00D42FC6" w:rsidRDefault="00D42FC6" w:rsidP="00BF246C">
+      <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>ckså</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA26AC">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> som positivt</w:t>
-[...50 lines deleted...]
-        <w:t>ktionsförmåga kring metod.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B1A871D" w14:textId="77777777" w:rsidR="00A97D53" w:rsidRPr="00A97D53" w:rsidRDefault="00A97D53" w:rsidP="004007F0"/>
-    <w:p w14:paraId="522B6623" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
+    <w:p w14:paraId="2B4CFBBD" w14:textId="23F7BCA4" w:rsidR="00133CD4" w:rsidRDefault="00133CD4" w:rsidP="00133CD4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00133CD4">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Kursens svagheter:</w:t>
+        <w:t>Kursens s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>vagheter</w:t>
+      </w:r>
+      <w:r w:rsidR="005B351C">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (enligt kursansvarig)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A19F9FD" w14:textId="24A8C2BC" w:rsidR="0089735C" w:rsidRPr="00EA26AC" w:rsidRDefault="0089735C" w:rsidP="004007F0">
-[...30 lines deleted...]
-          <w:iCs/>
+    <w:p w14:paraId="00FBAAF1" w14:textId="2160F7D6" w:rsidR="00D42FC6" w:rsidRPr="0099508E" w:rsidRDefault="00B63DE9" w:rsidP="004007F0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eftersom kursen är helt digital är en svårighet </w:t>
+      </w:r>
+      <w:r w:rsidR="0085353E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA26AC">
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> utanför kursens arrangerade föreläsnings- och seminarietillfällen.</w:t>
+      <w:r w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tt få till interaktion mellan studenterna på kursen. För att skapa en känsla av interaktivitet mellan studenterna kommer vi fundera på hur vi kan använda de obligatoriska seminarierna så dessa ger ytterligare möjlighet till diskussion och aktivt lärande mellan studenterna, och även fundera på om vi kan få mer aktivitet i de diskussionstrådar där studenterna hade möjlighet att ställa frågor till varandra och hjälpas åt. Tiden på det examinerande seminariet var i vissa grupper lite för kort och kan behöva förlängas något för att ge ytterligare möjlighet till diskussion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65FA3ED4" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
+    <w:p w14:paraId="65FA3ED4" w14:textId="3BD8A340" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
       <w:r>
         <w:t>3. Övriga synpunkter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C493D5B" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
       <w:r>
         <w:t>4. Kursansvarigs slutsatser och eventuella förslag till förändringar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C3ACF1" w14:textId="33F9A6FE" w:rsidR="004007F0" w:rsidRDefault="00EA26AC" w:rsidP="004007F0">
-[...29 lines deleted...]
-        <w:t>Kursansvarig är ansvarig för samtliga förändringar.</w:t>
+    <w:p w14:paraId="4B7A1747" w14:textId="223C1C38" w:rsidR="00C209BC" w:rsidRPr="0099508E" w:rsidRDefault="00B63DE9" w:rsidP="004007F0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vår slutsats är att vi inför nästa kursgivning </w:t>
+      </w:r>
+      <w:r w:rsidR="00175E2C" w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>behåll</w:t>
+      </w:r>
+      <w:r w:rsidR="00175E2C" w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> höstens nya upplägg. </w:t>
+      </w:r>
+      <w:r w:rsidR="00175E2C" w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vi går igenom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00175E2C" w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seminarier</w:t>
+      </w:r>
+      <w:r w:rsidR="00175E2C" w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och diskussionstrådar kan kompletteras för att hitta ytterligare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> former för interaktivitet </w:t>
+      </w:r>
+      <w:r w:rsidR="00175E2C" w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och aktivt lärande </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mellan studenter för de som önskar mer av detta</w:t>
+      </w:r>
+      <w:r w:rsidR="00175E2C" w:rsidRPr="0099508E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, samt utvidgar tiden något för det examinerande seminariet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DCE6E12" w14:textId="77777777" w:rsidR="00EA26AC" w:rsidRDefault="004007F0" w:rsidP="004007F0">
+    <w:p w14:paraId="5DCE6E12" w14:textId="06BF551A" w:rsidR="009B507E" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
       <w:r>
         <w:t>Bilagor:</w:t>
       </w:r>
+      <w:r w:rsidR="009B507E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B507E" w:rsidRPr="009B507E">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Enkätsammanställning</w:t>
+      </w:r>
+      <w:r w:rsidR="009B507E">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HT2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B63DE9">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00EA26AC">
-      <w:headerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="009B507E">
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:footnotePr>
         <w:numFmt w:val="chicago"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6CE8A4A4" w14:textId="77777777" w:rsidR="00EC1970" w:rsidRDefault="00EC1970" w:rsidP="00F457DE">
+    <w:p w14:paraId="30FA7FC2" w14:textId="77777777" w:rsidR="002925C8" w:rsidRDefault="002925C8" w:rsidP="00F457DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2AECFA94" w14:textId="77777777" w:rsidR="00EC1970" w:rsidRDefault="00EC1970" w:rsidP="00F457DE">
+    <w:p w14:paraId="566AD801" w14:textId="77777777" w:rsidR="002925C8" w:rsidRDefault="002925C8" w:rsidP="00F457DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13B4F428" w14:textId="77777777" w:rsidR="00EC1970" w:rsidRDefault="00EC1970" w:rsidP="00F457DE">
+    <w:p w14:paraId="2EA189B4" w14:textId="77777777" w:rsidR="002925C8" w:rsidRDefault="002925C8" w:rsidP="00F457DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57BFD6C3" w14:textId="77777777" w:rsidR="00EC1970" w:rsidRDefault="00EC1970" w:rsidP="00F457DE">
+    <w:p w14:paraId="763DD399" w14:textId="77777777" w:rsidR="002925C8" w:rsidRDefault="002925C8" w:rsidP="00F457DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="4CA10CBF" w14:textId="2A52B430" w:rsidR="002A1B1B" w:rsidRDefault="002A1B1B">
       <w:pPr>
         <w:pStyle w:val="Fotnotstext"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fotnotsreferens"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A1B1B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Enbart förstagångsregistrerade studenter ska inkluderas i kursanalysen för att spegla genomströmning och </w:t>
@@ -2257,147 +2626,205 @@
         </w:rPr>
         <w:t xml:space="preserve"> en effekt av aktuellt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A1B1B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>kursuplägg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A1B1B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:bookmarkStart w:id="1" w:name="stc3_oa_Logo_sv_0002"/>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:bookmarkStart w:id="0" w:name="stc3_oa_Logo_sv_0002"/>
   <w:p w14:paraId="09D29192" w14:textId="77777777" w:rsidR="00F457DE" w:rsidRDefault="00F457DE" w:rsidP="00F457DE">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E275166" wp14:editId="756A9B34">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E275166" wp14:editId="62C40374">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>3686175</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>264795</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2476500" cy="276225"/>
-              <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+              <wp:extent cx="2476500" cy="590550"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="2476500" cy="276225"/>
+                        <a:ext cx="2476500" cy="590550"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="2EB1A2B4" w14:textId="26C8DA1E" w:rsidR="00F457DE" w:rsidRDefault="00F457DE" w:rsidP="00F457DE">
+                        <w:p w14:paraId="7DB56D44" w14:textId="63453374" w:rsidR="00C209BC" w:rsidRPr="007231E3" w:rsidRDefault="00F457DE" w:rsidP="00C209BC">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
                           <w:r>
-                            <w:t>Kursanalys, Psykologprogrammet</w:t>
+                            <w:t xml:space="preserve">Kursanalys, </w:t>
+                          </w:r>
+                          <w:r w:rsidR="007D2D15">
+                            <w:t>1QA1</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00C209BC">
+                            <w:t>37</w:t>
+                          </w:r>
+                          <w:r w:rsidR="007D2D15">
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00C209BC" w:rsidRPr="007231E3">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Introduktion till metod - kvantitativ, kvalitativ och kombinationen mixed-methods </w:t>
                           </w:r>
                         </w:p>
+                        <w:p w14:paraId="2EB1A2B4" w14:textId="342DB97F" w:rsidR="00F457DE" w:rsidRPr="00C209BC" w:rsidRDefault="00F457DE" w:rsidP="00F457DE"/>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6E275166" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:290.25pt;margin-top:20.85pt;width:195pt;height:21.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMhx+tdQIAAGUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X514eWxBnCJL0WFA&#10;0BZLh54VWUqEyaImKbGzX19Kdh7reumwi02JH0nx42N63VSa7IXzCkxB+1c9SoThUCqzKeiPx9sP&#10;nyjxgZmSaTCioAfh6fXs/btpbScihy3oUjiCToyf1Lag2xDsJMs834qK+SuwwqBSgqtYwKPbZKVj&#10;NXqvdJb3eqOsBldaB1x4j7c3rZLOkn8pBQ/3UnoRiC4ovi2kr0vfdfxmsymbbByzW8W7Z7B/eEXF&#10;lMGgJ1c3LDCyc+ovV5XiDjzIcMWhykBKxUXKAbPp915ks9oyK1IuSI63J5r8/3PL7/Yr++BIaL5A&#10;gwWMhNTWTzxexnwa6ar4x5cS1COFhxNtogmE42U+GI+GPVRx1OXjUZ4Po5vsbG2dD18FVCQKBXVY&#10;lsQW2y99aKFHSAzmQavyVmmdDrEVxEI7smdYRB3SG9H5HyhtSF3Q0cdhLzk2EM1bz9pENyI1Qxfu&#10;nGGSwkGLiNHmu5BElSnRV2IzzoU5xU/oiJIY6i2GHf78qrcYt3mgRYoMJpyMK2XApezT9JwpK38e&#10;KZMtHmtzkXcUQ7NuusqvoTxgQzhoZ8VbfquwakvmwwNzOBxYaBz4cI8fqQFZh06iZAvu92v3EY89&#10;i1pKahy2gvpfO+YEJfqbwW7+3B8M4nSmw2A4zvHgLjXrS43ZVQvAVujjarE8iREf9FGUDqon3Avz&#10;GBVVzHCMXdBwFBehXQG4V7iYzxMI59GysDQry6PrSG/sycfmiTnbNW7Alr+D41iyyYv+bbHR0sB8&#10;F0Cq1NyR4JbVjnic5TQe3d6Jy+LynFDn7Th7BgAA//8DAFBLAwQUAAYACAAAACEApT++GOAAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+DQBCG7yb+h82YeDF2aSuCyNAYozbxZvEj3rbsCER2&#10;lrBbwH/v9qTHmXnyzvPmm9l0YqTBtZYRlosIBHFldcs1wmv5eJmCcF6xVp1lQvghB5vi9CRXmbYT&#10;v9C487UIIewyhdB432dSuqoho9zC9sTh9mUHo3wYh1rqQU0h3HRyFUXX0qiWw4dG9XTfUPW9OxiE&#10;z4v649nNT2/TOl73D9uxTN51iXh+Nt/dgvA0+z8YjvpBHYrgtLcH1k50CHEaxQFFuFomIAJwkxwX&#10;e4Q0XoEscvm/QfELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATIcfrXUCAABlBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApT++GOAAAAAJAQAA&#10;DwAAAAAAAAAAAAAAAADPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:290.25pt;margin-top:20.85pt;width:195pt;height:46.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDxFT+wdQIAAGUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51kSbsGdYqsRYcB&#13;&#10;RVssHXpWZKkRJouaxMTOfv0o2Xms66XDLjYlfnx9Inlx2daWbVSIBlzJhycDzpSTUBn3XPLvjzcf&#13;&#10;PnEWUbhKWHCq5FsV+eXs/buLxk/VCFZgKxUYOXFx2viSrxD9tCiiXKlaxBPwypFSQ6gF0jE8F1UQ&#13;&#10;DXmvbTEaDE6LBkLlA0gVI91ed0o+y/61VhLvtY4KmS055Yb5G/J3mb7F7EJMn4PwKyP7NMQ/ZFEL&#13;&#10;4yjo3tW1QMHWwfzlqjYyQASNJxLqArQ2UuUaqJrh4EU1i5XwKtdC5ES/pyn+P7fybrPwD4Fh+xla&#13;&#10;esBESOPjNNJlqqfVoU5/ypSRnijc7mlTLTJJl6Px2elkQCpJusn5YDLJvBYHax8iflFQsySUPNCz&#13;&#10;ZLbE5jYiRSToDpKCRbCmujHW5kNqBXVlA9sIekSLOUey+ANlHWtKfvqRQicjB8m882xdulG5Gfpw&#13;&#10;hwqzhFurEsa6b0ozU+VCX4ktpFRuHz+jE0pTqLcY9vhDVm8x7uogixwZHO6Na+Mg5Orz9Bwoq37s&#13;&#10;KNMdngg/qjuJ2C7b/uWXUG2pIQJ0sxK9vDH0arci4oMINBz00DTweE8fbYFYh17ibAXh12v3CU89&#13;&#10;S1rOGhq2ksefaxEUZ/aro24+H47HaTrzYTw5G9EhHGuWxxq3rq+AWmFIq8XLLCY82p2oA9RPtBfm&#13;&#10;KSqphJMUu+S4E6+wWwG0V6SazzOI5tELvHULL5PrRG/qycf2SQTfNy5Sy9/BbizF9EX/dthk6WC+&#13;&#10;RtAmN3ciuGO1J55mOfd8v3fSsjg+Z9RhO85+AwAA//8DAFBLAwQUAAYACAAAACEAdVz2WuYAAAAP&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hIXBBLR1c6uqYT4mNI3Fj5ELesMW1F&#13;&#10;41RN1pV/j3eCiyXbj1+/b76ebCdGHHzrSMF8FoFAqpxpqVbwWj5eLkH4oMnozhEq+EEP6+L0JNeZ&#13;&#10;cQd6wXEbasEi5DOtoAmhz6T0VYNW+5nrkXj35QarA7dDLc2gDyxuO3kVRdfS6pb4Q6N7vGuw+t7u&#13;&#10;rYLPi/rj2U+bt0OcxP3D01im76ZU6vxsul9xuV2BCDiFvws4ZmD/ULCxnduT8aJTkCyjhFEFi3kK&#13;&#10;goGb9DjYMRkvUpBFLv/nKH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#13;&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#13;&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8RU/sHUCAABl&#13;&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdVz2WuYA&#13;&#10;AAAPAQAADwAAAAAAAAAAAAAAAADPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#13;&#10;AAAAAA==&#13;&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="2EB1A2B4" w14:textId="26C8DA1E" w:rsidR="00F457DE" w:rsidRDefault="00F457DE" w:rsidP="00F457DE">
+                  <w:p w14:paraId="7DB56D44" w14:textId="63453374" w:rsidR="00C209BC" w:rsidRPr="007231E3" w:rsidRDefault="00F457DE" w:rsidP="00C209BC">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang/>
+                      </w:rPr>
+                    </w:pPr>
                     <w:r>
-                      <w:t>Kursanalys, Psykologprogrammet</w:t>
+                      <w:t xml:space="preserve">Kursanalys, </w:t>
                     </w:r>
+                    <w:r w:rsidR="007D2D15">
+                      <w:t>1QA1</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00C209BC">
+                      <w:t>37</w:t>
+                    </w:r>
+                    <w:r w:rsidR="007D2D15">
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00C209BC" w:rsidRPr="007231E3">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Introduktion till metod - kvantitativ, kvalitativ och kombinationen mixed-methods </w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="2EB1A2B4" w14:textId="342DB97F" w:rsidR="00F457DE" w:rsidRPr="00C209BC" w:rsidRDefault="00F457DE" w:rsidP="00F457DE">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:lang/>
+                      </w:rPr>
+                    </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15D1227D" wp14:editId="1324CDFC">
           <wp:extent cx="1838325" cy="752475"/>
           <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
           <wp:docPr id="2" name="Bild 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2"/>
@@ -2412,63 +2839,289 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1838325" cy="752475"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="0"/>
   </w:p>
   <w:p w14:paraId="66C946CA" w14:textId="77777777" w:rsidR="00F457DE" w:rsidRDefault="00F457DE">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BB17B87"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E5F468A2"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35A41108"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="42726E32"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A145F2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CEE2E6C"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -2513,51 +3166,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E493745"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92CE7802"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -2602,51 +3255,253 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="418B2092"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92CE7802"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="470A04C3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A1CA53B2"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68170D26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D0CAEEA"/>
     <w:lvl w:ilvl="0" w:tplc="041D0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -2691,243 +3546,577 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-[...2 lines deleted...]
-  <w:num w:numId="2">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D563FAC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B796A4AE"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CC30EDD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BFBAF74A"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="891160409">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="2" w16cid:durableId="1318610237">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="714698505">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1797019893">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1940218387">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1095596258">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1037898473">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1761216505">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1861816117">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...2 lines deleted...]
-  <w:hideGrammaticalErrors/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="156"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numFmt w:val="chicago"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004007F0"/>
     <w:rsid w:val="00011B2E"/>
+    <w:rsid w:val="000450A3"/>
     <w:rsid w:val="0007F01D"/>
+    <w:rsid w:val="000A6783"/>
     <w:rsid w:val="000A6C26"/>
+    <w:rsid w:val="000C34DD"/>
+    <w:rsid w:val="000C66CB"/>
     <w:rsid w:val="000D2229"/>
     <w:rsid w:val="000F3E50"/>
+    <w:rsid w:val="00122F12"/>
+    <w:rsid w:val="00133CD4"/>
     <w:rsid w:val="00140388"/>
     <w:rsid w:val="001434DF"/>
+    <w:rsid w:val="001456AA"/>
+    <w:rsid w:val="00153BD1"/>
     <w:rsid w:val="00162837"/>
+    <w:rsid w:val="00175E2C"/>
     <w:rsid w:val="001911A0"/>
+    <w:rsid w:val="00192F25"/>
+    <w:rsid w:val="001A6C01"/>
+    <w:rsid w:val="001A7F3D"/>
+    <w:rsid w:val="001B44AD"/>
     <w:rsid w:val="001B7E5F"/>
+    <w:rsid w:val="001D6B94"/>
+    <w:rsid w:val="001F2C4A"/>
+    <w:rsid w:val="00203554"/>
+    <w:rsid w:val="00211353"/>
+    <w:rsid w:val="00215D93"/>
+    <w:rsid w:val="00226F12"/>
+    <w:rsid w:val="0023173A"/>
+    <w:rsid w:val="00237048"/>
+    <w:rsid w:val="002522A0"/>
     <w:rsid w:val="00276088"/>
+    <w:rsid w:val="002925C8"/>
     <w:rsid w:val="00295EDD"/>
+    <w:rsid w:val="002964DD"/>
     <w:rsid w:val="002A1B1B"/>
     <w:rsid w:val="002A7ACE"/>
     <w:rsid w:val="002B0FBD"/>
+    <w:rsid w:val="002B625B"/>
     <w:rsid w:val="002F20BA"/>
+    <w:rsid w:val="002F7777"/>
+    <w:rsid w:val="0030203C"/>
+    <w:rsid w:val="00303DEB"/>
+    <w:rsid w:val="00351D87"/>
     <w:rsid w:val="00364A03"/>
     <w:rsid w:val="0038189E"/>
+    <w:rsid w:val="0038587C"/>
+    <w:rsid w:val="003F06C6"/>
+    <w:rsid w:val="003F78B2"/>
     <w:rsid w:val="004007F0"/>
     <w:rsid w:val="00481FA2"/>
+    <w:rsid w:val="00494D7B"/>
     <w:rsid w:val="00495914"/>
     <w:rsid w:val="004B4319"/>
+    <w:rsid w:val="004C3AAB"/>
     <w:rsid w:val="004D4988"/>
+    <w:rsid w:val="004E6BF3"/>
+    <w:rsid w:val="00501F1E"/>
+    <w:rsid w:val="00522693"/>
+    <w:rsid w:val="00555823"/>
     <w:rsid w:val="00555B41"/>
     <w:rsid w:val="00571331"/>
     <w:rsid w:val="00587BFC"/>
+    <w:rsid w:val="005B351C"/>
     <w:rsid w:val="005C3D36"/>
+    <w:rsid w:val="005E12A8"/>
     <w:rsid w:val="005E4941"/>
     <w:rsid w:val="00611EF6"/>
-    <w:rsid w:val="006351A6"/>
     <w:rsid w:val="00653718"/>
-    <w:rsid w:val="006B2CFB"/>
+    <w:rsid w:val="006677D7"/>
+    <w:rsid w:val="006706F9"/>
+    <w:rsid w:val="006B7F01"/>
+    <w:rsid w:val="006D6C42"/>
     <w:rsid w:val="006F32B1"/>
+    <w:rsid w:val="006F59A6"/>
     <w:rsid w:val="007179A9"/>
+    <w:rsid w:val="007231E3"/>
     <w:rsid w:val="00724248"/>
+    <w:rsid w:val="00773CF3"/>
     <w:rsid w:val="007901FD"/>
+    <w:rsid w:val="00790BFC"/>
+    <w:rsid w:val="007A777B"/>
     <w:rsid w:val="007B57A8"/>
+    <w:rsid w:val="007C655A"/>
     <w:rsid w:val="007D0B28"/>
+    <w:rsid w:val="007D2D15"/>
     <w:rsid w:val="008019AF"/>
+    <w:rsid w:val="00805B72"/>
     <w:rsid w:val="00833F27"/>
+    <w:rsid w:val="00844A1A"/>
+    <w:rsid w:val="0085353E"/>
     <w:rsid w:val="00860E8C"/>
+    <w:rsid w:val="00861D2D"/>
     <w:rsid w:val="008812C4"/>
     <w:rsid w:val="008823E4"/>
+    <w:rsid w:val="008938E5"/>
     <w:rsid w:val="00894B22"/>
-    <w:rsid w:val="0089735C"/>
     <w:rsid w:val="008C1C16"/>
+    <w:rsid w:val="008E2E19"/>
     <w:rsid w:val="008E69B8"/>
+    <w:rsid w:val="00946DE2"/>
+    <w:rsid w:val="009501AF"/>
+    <w:rsid w:val="00966907"/>
+    <w:rsid w:val="0099508E"/>
     <w:rsid w:val="009A3D89"/>
+    <w:rsid w:val="009B0ED2"/>
+    <w:rsid w:val="009B507E"/>
     <w:rsid w:val="009B7EAA"/>
     <w:rsid w:val="009D4852"/>
+    <w:rsid w:val="009D6ECE"/>
     <w:rsid w:val="009F1309"/>
     <w:rsid w:val="009F42A4"/>
+    <w:rsid w:val="009F6CDB"/>
+    <w:rsid w:val="00A013D3"/>
+    <w:rsid w:val="00A347B0"/>
+    <w:rsid w:val="00A44FBA"/>
+    <w:rsid w:val="00A630C2"/>
     <w:rsid w:val="00A64A25"/>
     <w:rsid w:val="00A958CA"/>
-    <w:rsid w:val="00A97D53"/>
+    <w:rsid w:val="00A96ED2"/>
+    <w:rsid w:val="00AD56E2"/>
     <w:rsid w:val="00AD6D2B"/>
+    <w:rsid w:val="00AE3ECC"/>
+    <w:rsid w:val="00B22808"/>
     <w:rsid w:val="00B32E00"/>
     <w:rsid w:val="00B60850"/>
     <w:rsid w:val="00B621FC"/>
-    <w:rsid w:val="00B81ED7"/>
-    <w:rsid w:val="00BD103D"/>
+    <w:rsid w:val="00B63DE9"/>
+    <w:rsid w:val="00BF246C"/>
     <w:rsid w:val="00BF7364"/>
     <w:rsid w:val="00C00910"/>
+    <w:rsid w:val="00C126A8"/>
+    <w:rsid w:val="00C209BC"/>
     <w:rsid w:val="00C37447"/>
+    <w:rsid w:val="00C72580"/>
     <w:rsid w:val="00C77B32"/>
     <w:rsid w:val="00C820EC"/>
     <w:rsid w:val="00CC1515"/>
+    <w:rsid w:val="00CC4C75"/>
     <w:rsid w:val="00CC5712"/>
     <w:rsid w:val="00CF3603"/>
+    <w:rsid w:val="00CF6228"/>
     <w:rsid w:val="00D3603C"/>
-    <w:rsid w:val="00DB1E3E"/>
+    <w:rsid w:val="00D42FC6"/>
+    <w:rsid w:val="00D73F23"/>
+    <w:rsid w:val="00D75741"/>
+    <w:rsid w:val="00D824AA"/>
+    <w:rsid w:val="00DC3CCE"/>
+    <w:rsid w:val="00DD095D"/>
+    <w:rsid w:val="00DF21EC"/>
     <w:rsid w:val="00E318B7"/>
     <w:rsid w:val="00E90C5A"/>
-    <w:rsid w:val="00EA26AC"/>
+    <w:rsid w:val="00E95649"/>
     <w:rsid w:val="00EC1970"/>
     <w:rsid w:val="00EE3F34"/>
+    <w:rsid w:val="00F02B41"/>
+    <w:rsid w:val="00F04EB4"/>
+    <w:rsid w:val="00F063BA"/>
     <w:rsid w:val="00F24FAE"/>
+    <w:rsid w:val="00F43A3F"/>
     <w:rsid w:val="00F457DE"/>
+    <w:rsid w:val="00F52DBE"/>
+    <w:rsid w:val="00F6515B"/>
+    <w:rsid w:val="00FC6DFD"/>
     <w:rsid w:val="00FE13AD"/>
     <w:rsid w:val="00FE190E"/>
+    <w:rsid w:val="00FF73B4"/>
     <w:rsid w:val="032D76F5"/>
     <w:rsid w:val="041B9DFF"/>
     <w:rsid w:val="0563FA07"/>
     <w:rsid w:val="0A0A93CF"/>
     <w:rsid w:val="0CAA98AC"/>
     <w:rsid w:val="0D6954DA"/>
     <w:rsid w:val="14D1F2F4"/>
     <w:rsid w:val="1D71BD31"/>
     <w:rsid w:val="2179043E"/>
     <w:rsid w:val="2FE14D70"/>
+    <w:rsid w:val="3139C529"/>
     <w:rsid w:val="320A136E"/>
     <w:rsid w:val="325A8214"/>
     <w:rsid w:val="328949F3"/>
     <w:rsid w:val="370C5803"/>
     <w:rsid w:val="4141D871"/>
     <w:rsid w:val="44C4B3D0"/>
     <w:rsid w:val="49C069E0"/>
     <w:rsid w:val="4F4F2F97"/>
     <w:rsid w:val="4FD881A8"/>
     <w:rsid w:val="58A1D855"/>
     <w:rsid w:val="6272145E"/>
     <w:rsid w:val="64D84DEF"/>
+    <w:rsid w:val="668FDCD9"/>
+    <w:rsid w:val="75FDF335"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5E329C27"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3257,63 +4446,85 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004007F0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="007231E3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="004007F0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
@@ -3563,68 +4774,82 @@
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002A1B1B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00364A03"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DB1E3E"/>
+    <w:rsid w:val="007D2D15"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007231E3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3872,390 +5097,70 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...310 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>494</Words>
-  <Characters>2620</Characters>
+  <Words>619</Words>
+  <Characters>4062</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>6</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>109</Lines>
+  <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet, LIME</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3108</CharactersWithSpaces>
+  <CharactersWithSpaces>4620</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Louise Bergman</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>