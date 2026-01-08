--- v0 (2025-10-06)
+++ v1 (2026-01-08)
@@ -1,6593 +1,522 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...1666 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11207"/>
+  <workbookPr defaultThemeVersion="202300"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kise-my.sharepoint.com/personal/marika_melin_ki_se/Documents/Dokument/2 UNDERVISNING KI/2 ARBORG 2/ArbOrg2 2026/Schema och admin/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{ED4AC56F-2230-834E-BD84-11BFA38D92B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="540" yWindow="920" windowWidth="27840" windowHeight="15760" xr2:uid="{4D6D0349-3E9E-8C4A-B4D8-C40648727D4A}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Blad1" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <calcPr calcId="181029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...50 lines deleted...]
-</w:fonts>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="66">
+  <si>
+    <t>Arbets- och</t>
+  </si>
+  <si>
+    <t>organisationspsykologi 2</t>
+  </si>
+  <si>
+    <t>Datum</t>
+  </si>
+  <si>
+    <t>Tid</t>
+  </si>
+  <si>
+    <t>Föreläsning</t>
+  </si>
+  <si>
+    <t>20-jan (OBL.)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">09.00-12.00  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Introduktion &amp;  Interventionsforskning </t>
+  </si>
+  <si>
+    <t xml:space="preserve">09.00- 12.00  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grunderna i OBM </t>
+  </si>
+  <si>
+    <t>Eget arbete fältarbetet</t>
+  </si>
+  <si>
+    <t>09.00-12.00</t>
+  </si>
+  <si>
+    <t>Vecka 4</t>
+  </si>
+  <si>
+    <t>Handledning 1 Tydlig riktning (+rollspel)</t>
+  </si>
+  <si>
+    <t>09.00- 12.00</t>
+  </si>
+  <si>
+    <t>Vecka 5</t>
+  </si>
+  <si>
+    <t>Handledning 2 Skapa förutsättningar (beteendeanalys)</t>
+  </si>
+  <si>
+    <t>10.00-12.00</t>
+  </si>
+  <si>
+    <t>Vecka 6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">09.00- 15.00 </t>
+  </si>
+  <si>
+    <t>Handledning 3 Genomföra förändring</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.00-12.00 </t>
+  </si>
+  <si>
+    <t>Vecka 7</t>
+  </si>
+  <si>
+    <t>Presentationer/redovisning klassen</t>
+  </si>
+  <si>
+    <t>Lokal</t>
+  </si>
+  <si>
+    <t>Beteendeanalysens ABC</t>
+  </si>
+  <si>
+    <t>Drop-in fältarbetet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Presentationsteknik &amp; workshop </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Drop-in fältarbetet </t>
+  </si>
+  <si>
+    <t>09.00- 16.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">09.00- 16.00 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">I grupperna, ca 45 min (OBL.) </t>
+  </si>
+  <si>
+    <t>Seminarium Kunskapsläget</t>
+  </si>
+  <si>
+    <t>Seminarium Flygcase</t>
+  </si>
+  <si>
+    <t>Vecka 8</t>
+  </si>
+  <si>
+    <t>19-jan (OBL.)</t>
+  </si>
+  <si>
+    <t>23-jan (OBL.)</t>
+  </si>
+  <si>
+    <t>27-jan (OBL.)</t>
+  </si>
+  <si>
+    <t>30-jan (OBL.)</t>
+  </si>
+  <si>
+    <t>3 feb (OBL.)</t>
+  </si>
+  <si>
+    <t>10-feb (OBL.)</t>
+  </si>
+  <si>
+    <t>16-feb (OBL.)</t>
+  </si>
+  <si>
+    <t>17-feb (OBL.)</t>
+  </si>
+  <si>
+    <t>19-feb (OBL.)</t>
+  </si>
+  <si>
+    <t>Innehåll</t>
+  </si>
+  <si>
+    <t>Arbetsform</t>
+  </si>
+  <si>
+    <t>Litteratur/material</t>
+  </si>
+  <si>
+    <t>Kursmaterial på Canvas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Steg 1 OBM-analys "Tydlig riktning" </t>
+  </si>
+  <si>
+    <t>Steg 2 OBM-analys "Skapa förutsättningar"</t>
+  </si>
+  <si>
+    <t>Steg 3 OBM-analys Genomföra förändring</t>
+  </si>
+  <si>
+    <t>Föreläsning och övningar</t>
+  </si>
+  <si>
+    <t>Seminarium</t>
+  </si>
+  <si>
+    <t>Handledning i era grupper</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Seminarium </t>
+  </si>
+  <si>
+    <t>Seminarium Prioriteringar i vården</t>
+  </si>
+  <si>
+    <t xml:space="preserve">09.00- 12.00 </t>
+  </si>
+  <si>
+    <t>Hjälp med fältarbetet, analyser etc</t>
+  </si>
+  <si>
+    <t>Presentationer i halvklass</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evidensbaserad praktik </t>
+  </si>
+  <si>
+    <t>13.00- 16.00</t>
+  </si>
+  <si>
+    <t>Franklin</t>
+  </si>
+  <si>
+    <t>Andreas Vesalius</t>
+  </si>
+  <si>
+    <t>Rockefeller</t>
+  </si>
+  <si>
+    <t>Samuelssonsalen</t>
+  </si>
+  <si>
+    <t>Stora konferensrummet</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...2889 lines deleted...]
-</w:numbering>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="16" x14ac:knownFonts="1">
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Corbel"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Corbel"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Corbel"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Corbel"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Corbel"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Corbel"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Corbel"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF0070C0"/>
+      <name val="Corbel"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="10"/>
+      <color rgb="FF00B050"/>
+      <name val="Corbel"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Corbel"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="5"/>
+      <name val="Corbel"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFC00000"/>
+      <name val="Corbel"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Corbel"/>
+    </font>
+  </fonts>
+  <fills count="6">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC9C9C9"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="3">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="2">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+  </cellStyleXfs>
+  <cellXfs count="33">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="16" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="16" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="16" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="16" fontId="9" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+  </cellXfs>
+  <cellStyles count="2">
+    <cellStyle name="40 % - Dekorfärg6" xfId="1" builtinId="51"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-[...43 lines deleted...]
-</w:settings>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...1881 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
@@ -6595,103 +524,103 @@
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
@@ -6749,65 +678,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -6828,69 +757,573 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5569D0AA-26D5-6540-8B27-8A4520A3F56F}">
+  <dimension ref="A1:H32"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScale="125" workbookViewId="0">
+      <selection activeCell="C12" sqref="C12"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="16.5" customWidth="1"/>
+    <col min="2" max="2" width="26.33203125" customWidth="1"/>
+    <col min="3" max="3" width="31.5" customWidth="1"/>
+    <col min="4" max="4" width="24.5" customWidth="1"/>
+    <col min="5" max="5" width="9.6640625" customWidth="1"/>
+    <col min="6" max="6" width="18.1640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="2"/>
+      <c r="D1" s="3"/>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A2" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C2" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D2" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="E2" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" s="4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A3" s="23" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="22"/>
+      <c r="C3" s="22"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="29"/>
+      <c r="F3" s="29"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="9"/>
+      <c r="F4" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A5" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="26" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" s="9"/>
+      <c r="F5" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A6" s="5">
+        <v>45312</v>
+      </c>
+      <c r="B6" s="10"/>
+      <c r="C6" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" s="26" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" s="9"/>
+      <c r="F6" s="9"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A7" s="10">
+        <v>45313</v>
+      </c>
+      <c r="B7" s="9"/>
+      <c r="C7" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" s="26"/>
+      <c r="E7" s="9"/>
+      <c r="F7" s="9"/>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A8" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" s="9"/>
+      <c r="F8" s="9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A9" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="15"/>
+      <c r="C9" s="16"/>
+      <c r="D9" s="28"/>
+      <c r="E9" s="31"/>
+      <c r="F9" s="31"/>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A10" s="10">
+        <v>45317</v>
+      </c>
+      <c r="B10" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" s="26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" s="9"/>
+      <c r="F10" s="9"/>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A11" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B11" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" s="26" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" s="9"/>
+      <c r="F11" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G11" s="9"/>
+      <c r="H11" s="26"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A12" s="10">
+        <v>44224</v>
+      </c>
+      <c r="B12" s="8"/>
+      <c r="C12" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" s="26"/>
+      <c r="E12" s="9"/>
+      <c r="F12" s="9"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A13" s="5">
+        <v>45320</v>
+      </c>
+      <c r="B13" s="10"/>
+      <c r="C13" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="26" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" s="9"/>
+      <c r="F13" s="9"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A14" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D14" s="26" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" s="9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A15" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="18"/>
+      <c r="C15" s="19"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="31"/>
+      <c r="F15" s="31"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A16" s="10">
+        <v>44229</v>
+      </c>
+      <c r="B16" s="20"/>
+      <c r="C16" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="26"/>
+      <c r="E16" s="9"/>
+      <c r="F16" s="9"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A17" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D17" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" s="9"/>
+      <c r="F17" s="9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A18" s="10">
+        <v>45326</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C18" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="D18" s="26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" s="9"/>
+      <c r="F18" s="9"/>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A19" s="5">
+        <v>45327</v>
+      </c>
+      <c r="B19" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C19" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19" s="26"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A20" s="5">
+        <v>44233</v>
+      </c>
+      <c r="B20" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D20" s="27" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" s="32"/>
+      <c r="F20" s="9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A21" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" s="18"/>
+      <c r="C21" s="19"/>
+      <c r="D21" s="28"/>
+      <c r="E21" s="31"/>
+      <c r="F21" s="31"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A22" s="5">
+        <v>45331</v>
+      </c>
+      <c r="B22" s="10"/>
+      <c r="C22" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" s="26" t="s">
+        <v>47</v>
+      </c>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A23" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B23" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C23" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D23" s="26" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" s="9"/>
+      <c r="F23" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A24" s="10">
+        <v>44238</v>
+      </c>
+      <c r="B24" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" s="26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" s="9"/>
+      <c r="F24" s="9"/>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A25" s="5">
+        <v>44239</v>
+      </c>
+      <c r="B25" s="8"/>
+      <c r="C25" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" s="26"/>
+      <c r="E25" s="9"/>
+      <c r="F25" s="9"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A26" s="5">
+        <v>44240</v>
+      </c>
+      <c r="B26" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C26" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="27" t="s">
+        <v>57</v>
+      </c>
+      <c r="E26" s="9"/>
+      <c r="F26" s="9"/>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A27" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="B27" s="18"/>
+      <c r="C27" s="19"/>
+      <c r="D27" s="30"/>
+      <c r="E27" s="31"/>
+      <c r="F27" s="31"/>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A28" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B28" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="C28" s="21" t="s">
+        <v>23</v>
+      </c>
+      <c r="D28" s="26" t="s">
+        <v>58</v>
+      </c>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A29" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B29" s="8"/>
+      <c r="C29" s="21"/>
+      <c r="D29" s="26"/>
+      <c r="E29" s="9"/>
+      <c r="F29" s="9"/>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A30" s="5">
+        <v>44245</v>
+      </c>
+      <c r="F30" s="9"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A31" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B31" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C31" s="21" t="s">
+        <v>23</v>
+      </c>
+      <c r="D31" s="26" t="s">
+        <v>58</v>
+      </c>
+      <c r="E31" s="9"/>
+      <c r="F31" s="9"/>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A32" s="5">
+        <v>44247</v>
+      </c>
+      <c r="B32" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C32" s="21" t="s">
+        <v>23</v>
+      </c>
+      <c r="D32" s="26" t="s">
+        <v>58</v>
+      </c>
+      <c r="E32" s="9"/>
+      <c r="F32" s="9"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-[...4 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Kalkylblad</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Blad1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>899</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Marika Melin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>