--- v0 (2025-10-09)
+++ v1 (2026-02-17)
@@ -8,175 +8,221 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="571B221A" w14:textId="77777777" w:rsidR="007D1562" w:rsidRDefault="007D1562" w:rsidP="000F6944"/>
     <w:p w14:paraId="46F82C9E" w14:textId="77777777" w:rsidR="000F6944" w:rsidRDefault="000F6944" w:rsidP="000F6944"/>
     <w:p w14:paraId="39D475D3" w14:textId="77777777" w:rsidR="000F6944" w:rsidRDefault="00587644" w:rsidP="000F6944">
       <w:r>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="000F6944">
         <w:t>ursanalys för återrapportering till studenter</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> - Fysioterapeutprogrammet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26B903FC" w14:textId="77777777" w:rsidR="000F6944" w:rsidRDefault="000F6944" w:rsidP="000F6944"/>
     <w:p w14:paraId="22DA9657" w14:textId="0BB78E1B" w:rsidR="000F6944" w:rsidRPr="002A1929" w:rsidRDefault="000F6944" w:rsidP="002A1929">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A1929">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Kortfattad sammanfattning av studenternas värderingar av kursen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF1F100" w14:textId="749C5897" w:rsidR="002A1929" w:rsidRPr="00942C18" w:rsidRDefault="004B3AD5" w:rsidP="002A1929">
-[...56 lines deleted...]
-    </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:id w:val="175153957"/>
         <w:placeholder>
           <w:docPart w:val="4781699BB925450FBCB23E6BA95A84C0"/>
         </w:placeholder>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="499776752"/>
             <w:placeholder>
               <w:docPart w:val="14723E9C79BD4A19A2D68C10D2ABDBF2"/>
             </w:placeholder>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="36C65F7F" w14:textId="09BC9B08" w:rsidR="00BB2E91" w:rsidRDefault="00BB2E91" w:rsidP="00BB2E91">
+            <w:p w14:paraId="239C7CC5" w14:textId="707B69B7" w:rsidR="00914BA5" w:rsidRPr="00913631" w:rsidRDefault="00914BA5" w:rsidP="00914BA5">
+              <w:pPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+              </w:pPr>
+              <w:r w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utvärderingarna denna termin var ovanligt ojämna vilket gör det svårt att dra några slutsatser. Snittresultaten på de specifika enkätfrågorna är generellt ganska höga (3,6-4,8) trots att två studenter genomgående har svarat 1 på alla frågor, en av dem sedan har skrivit i fritextkommentar ”Jag har satt en 1a på alla frågor. Det stämmer </w:t>
+              </w:r>
+              <w:r w:rsidR="005E221F" w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>egentligen</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> inte. Jag tycker att Sara är bra och att vissa av workshopparna vi haft varit bra”.</w:t>
+              </w:r>
+            </w:p>
+            <w:p w14:paraId="36C65F7F" w14:textId="1C2BC0D1" w:rsidR="00BB2E91" w:rsidRPr="00913631" w:rsidRDefault="00914BA5" w:rsidP="00BB2E91">
               <w:pPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
               </w:pPr>
+              <w:r w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Fritextsvaren visar precis som resultaten på enkätfrågorna att studenterna ofta har motsatta åsikter</w:t>
+              </w:r>
+              <w:r w:rsidR="008B190B" w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> om såväl innehåll (</w:t>
+              </w:r>
+              <w:r w:rsidR="007424D5" w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>”</w:t>
+              </w:r>
+              <w:r w:rsidR="008B190B" w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>ytterst viktigt och relevant</w:t>
+              </w:r>
+              <w:r w:rsidR="007424D5" w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>”</w:t>
+              </w:r>
+              <w:r w:rsidR="008B190B" w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> vs </w:t>
+              </w:r>
+              <w:r w:rsidR="007424D5" w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>”mest onödiga kursen på programmet”)</w:t>
+              </w:r>
+              <w:r w:rsidR="002E2B55" w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> som upplägg (”upplägget motiverar till reflektion och analys</w:t>
+              </w:r>
+              <w:r w:rsidR="006D187F" w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> vilket gav mycket” vs </w:t>
+              </w:r>
+              <w:r w:rsidR="00585898" w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>”tjatigt och stressigt”)</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00913631">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. </w:t>
+              </w:r>
             </w:p>
             <w:tbl>
               <w:tblPr>
                 <w:tblStyle w:val="Tabellrutnt"/>
                 <w:tblW w:w="0" w:type="auto"/>
                 <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
               </w:tblPr>
               <w:tblGrid>
                 <w:gridCol w:w="5985"/>
                 <w:gridCol w:w="2185"/>
               </w:tblGrid>
               <w:tr w:rsidR="00BB2E91" w14:paraId="37640DA1" w14:textId="77777777" w:rsidTr="002A29E3">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="5985" w:type="dxa"/>
                   </w:tcPr>
                   <w:p w14:paraId="734A6772" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="002A29E3">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00364A03">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -187,522 +233,554 @@
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2185" w:type="dxa"/>
                   </w:tcPr>
                   <w:p w14:paraId="086F783A" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="002A29E3">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00364A03">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       </w:rPr>
                       <w:t>Medelvärde</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
               <w:tr w:rsidR="00BB2E91" w14:paraId="2FC9F891" w14:textId="77777777" w:rsidTr="002A29E3">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="5985" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="146BBB0C" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="00BB2E91">
+                  <w:p w14:paraId="146BBB0C" w14:textId="5B925383" w:rsidR="00BB2E91" w:rsidRPr="00914BA5" w:rsidRDefault="0044134D" w:rsidP="00666A4E">
                     <w:pPr>
                       <w:pStyle w:val="Liststycke"/>
                       <w:numPr>
                         <w:ilvl w:val="0"/>
                         <w:numId w:val="1"/>
                       </w:numPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00364A03">
-                      <w:t>Jag uppfattar att jag genom denna kurs utvecklat värdefulla kunskaper/färdigheter.</w:t>
+                    <w:r w:rsidRPr="00914BA5">
+                      <w:t xml:space="preserve">Kursen var utformad på ett sätt som gav mig möjlighet till aktivt lärande. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2185" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="03F381DF" w14:textId="0229F1E8" w:rsidR="00BB2E91" w:rsidRDefault="00922F80" w:rsidP="002A29E3">
+                  <w:p w14:paraId="03F381DF" w14:textId="0F90E49A" w:rsidR="00BB2E91" w:rsidRDefault="00974473" w:rsidP="002A29E3">
                     <w:r>
-                      <w:t>4,0</w:t>
+                      <w:t>4</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00916303">
+                      <w:t>,</w:t>
+                    </w:r>
+                    <w:r w:rsidR="0061230C">
+                      <w:t>6</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
               <w:tr w:rsidR="00BB2E91" w14:paraId="34FF9549" w14:textId="77777777" w:rsidTr="002A29E3">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="5985" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="7251A11F" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="00BB2E91">
+                  <w:p w14:paraId="7251A11F" w14:textId="179AA8F3" w:rsidR="00BB2E91" w:rsidRPr="006F3F75" w:rsidRDefault="006F3F75" w:rsidP="006F3F75">
                     <w:pPr>
                       <w:pStyle w:val="Liststycke"/>
                       <w:numPr>
                         <w:ilvl w:val="0"/>
                         <w:numId w:val="1"/>
                       </w:numPr>
+                      <w:autoSpaceDE w:val="0"/>
+                      <w:autoSpaceDN w:val="0"/>
+                      <w:adjustRightInd w:val="0"/>
                     </w:pPr>
-                    <w:r w:rsidRPr="00364A03">
-                      <w:t>Jag bedömer att jag har uppnått kursernas alla lärandemål.</w:t>
+                    <w:r w:rsidRPr="006F3F75">
+                      <w:t xml:space="preserve">Jag kände mig inkluderad och respekterad under kursen. </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2185" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="409F2948" w14:textId="67B138E7" w:rsidR="00BB2E91" w:rsidRDefault="00922F80" w:rsidP="002A29E3">
+                  <w:p w14:paraId="409F2948" w14:textId="1D8469A2" w:rsidR="00BB2E91" w:rsidRDefault="00974473" w:rsidP="002A29E3">
                     <w:r>
-                      <w:t>4,6</w:t>
+                      <w:t>4,3</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
               <w:tr w:rsidR="00BB2E91" w14:paraId="7D4281D5" w14:textId="77777777" w:rsidTr="002A29E3">
                 <w:trPr>
                   <w:trHeight w:val="689"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="5985" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="4C0EDB19" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="00BB2E91">
+                  <w:p w14:paraId="4C0EDB19" w14:textId="7DE54386" w:rsidR="00BB2E91" w:rsidRPr="003651E7" w:rsidRDefault="003651E7" w:rsidP="003651E7">
                     <w:pPr>
                       <w:pStyle w:val="Liststycke"/>
                       <w:numPr>
                         <w:ilvl w:val="0"/>
                         <w:numId w:val="1"/>
                       </w:numPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00364A03">
-                      <w:t>Jag uppfattar att det fanns en röd tråd genom kursen – från lärandemål till examination.</w:t>
+                    <w:r w:rsidRPr="003651E7">
+                      <w:t>Kursen som helhet var bra.</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2185" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="70F83628" w14:textId="140FC34B" w:rsidR="00BB2E91" w:rsidRDefault="00916303" w:rsidP="002A29E3">
+                  <w:p w14:paraId="70F83628" w14:textId="38E020C5" w:rsidR="00BB2E91" w:rsidRDefault="00974473" w:rsidP="002A29E3">
                     <w:r>
-                      <w:t>4,</w:t>
-[...2 lines deleted...]
-                      <w:t>4</w:t>
+                      <w:t>3,6</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
               <w:tr w:rsidR="00BB2E91" w14:paraId="31DF926D" w14:textId="77777777" w:rsidTr="002A29E3">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="5985" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="7B7BB865" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="00BB2E91">
+                  <w:p w14:paraId="6EF392C1" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRDefault="008D3842" w:rsidP="003651E7">
                     <w:pPr>
                       <w:pStyle w:val="Liststycke"/>
                       <w:numPr>
                         <w:ilvl w:val="0"/>
                         <w:numId w:val="1"/>
                       </w:numPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00364A03">
-                      <w:t>Jag uppfattar att kursen har stimulerat mig till ett vetenskapligt förhållningssätt.</w:t>
+                    <w:r w:rsidRPr="008D3842">
+                      <w:t>Jag förväntades redovisa uppgifter på ett vetenskapligt sätt.</w:t>
                     </w:r>
+                  </w:p>
+                  <w:p w14:paraId="7B7BB865" w14:textId="0A00F352" w:rsidR="008D3842" w:rsidRPr="00364A03" w:rsidRDefault="008D3842" w:rsidP="008D3842">
+                    <w:pPr>
+                      <w:pStyle w:val="Liststycke"/>
+                    </w:pPr>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2185" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="545DE9CF" w14:textId="60507BB2" w:rsidR="00BB2E91" w:rsidRDefault="00916303" w:rsidP="002A29E3">
+                  <w:p w14:paraId="545DE9CF" w14:textId="604B9500" w:rsidR="00BB2E91" w:rsidRDefault="00974473" w:rsidP="002A29E3">
                     <w:r>
-                      <w:t>3,</w:t>
-[...2 lines deleted...]
-                      <w:t>6</w:t>
+                      <w:t>4,8</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
               <w:tr w:rsidR="00BB2E91" w14:paraId="342CC6BA" w14:textId="77777777" w:rsidTr="002A29E3">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="5985" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="69012C79" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="00BB2E91">
+                  <w:p w14:paraId="69012C79" w14:textId="26F7E3BB" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="008569B9" w:rsidP="003651E7">
                     <w:pPr>
                       <w:pStyle w:val="Liststycke"/>
                       <w:numPr>
                         <w:ilvl w:val="0"/>
                         <w:numId w:val="1"/>
                       </w:numPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00364A03">
-[...8 lines deleted...]
-                      <w:t xml:space="preserve"> och synpunkter på kursens utformning och innehåll.</w:t>
+                    <w:r w:rsidRPr="008569B9">
+                      <w:t>Lärarna/handledarna lyfte forskning och forskningsresultat under praktiska/kliniska moment.</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2185" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="6D1405BB" w14:textId="770BF47B" w:rsidR="00BB2E91" w:rsidRDefault="00922F80" w:rsidP="002A29E3">
+                  <w:p w14:paraId="6D1405BB" w14:textId="668B6D3F" w:rsidR="00BB2E91" w:rsidRDefault="00974473" w:rsidP="002A29E3">
                     <w:r>
-                      <w:t>4,4</w:t>
+                      <w:t>4,5</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
             </w:tbl>
-            <w:p w14:paraId="34D0A7B6" w14:textId="77777777" w:rsidR="00D20168" w:rsidRDefault="004B3AD5" w:rsidP="00D20168">
+            <w:p w14:paraId="34D0A7B6" w14:textId="77777777" w:rsidR="00D20168" w:rsidRDefault="00000000" w:rsidP="00D20168">
               <w:pPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
               </w:pPr>
             </w:p>
           </w:sdtContent>
         </w:sdt>
-        <w:p w14:paraId="43BEB84D" w14:textId="77777777" w:rsidR="000F6944" w:rsidRPr="000F6944" w:rsidRDefault="004B3AD5" w:rsidP="000F6944"/>
+        <w:p w14:paraId="43BEB84D" w14:textId="77777777" w:rsidR="000F6944" w:rsidRPr="000F6944" w:rsidRDefault="00000000" w:rsidP="000F6944"/>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="06B12AE2" w14:textId="77777777" w:rsidR="000F6944" w:rsidRPr="000F6944" w:rsidRDefault="00557CAA" w:rsidP="000F6944">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="000F6944" w:rsidRPr="000F6944">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. Kursansvarigs reflektioner kring kursens genomförande och resultat </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A6C2CCB" w14:textId="77777777" w:rsidR="004B3AD5" w:rsidRPr="004B3AD5" w:rsidRDefault="004B3AD5" w:rsidP="004B3AD5">
+    <w:p w14:paraId="55C6C976" w14:textId="033FE411" w:rsidR="00E45CBF" w:rsidRPr="00D90607" w:rsidRDefault="00E45CBF" w:rsidP="00E45CBF">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:b/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B3AD5">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Kursens styrkor:</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3AD5">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="004B3AD5">
+      <w:r w:rsidR="00DF31F6" w:rsidRPr="00913631">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Varierande undervisningsformat med mycket studentcentrerat lärande och grupparbete i olika konstellationer. Engagerande ämne.</w:t>
+        <w:t>De flesta studenter uppskattar kursupplägget</w:t>
+      </w:r>
+      <w:r w:rsidR="00702D74" w:rsidRPr="00913631">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med hög grad av självständighet och studentcentrerade arbetsformer.</w:t>
+      </w:r>
+      <w:r w:rsidR="00702D74" w:rsidRPr="00D90607">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22FF6DDF" w14:textId="77777777" w:rsidR="004B3AD5" w:rsidRPr="004B3AD5" w:rsidRDefault="004B3AD5" w:rsidP="004B3AD5">
+    <w:p w14:paraId="462B97E5" w14:textId="26251C4B" w:rsidR="00E45CBF" w:rsidRDefault="00E45CBF" w:rsidP="00E45CBF">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B3AD5">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Kursens svagheter:</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3AD5">
+      <w:r w:rsidRPr="00794B45">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C26BCE2" w14:textId="77777777" w:rsidR="004B3AD5" w:rsidRPr="004B3AD5" w:rsidRDefault="004B3AD5" w:rsidP="004B3AD5">
+    <w:p w14:paraId="781E16FC" w14:textId="22B5C4BB" w:rsidR="00051815" w:rsidRDefault="00051815" w:rsidP="00E45CBF">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B3AD5">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Intensivt</w:t>
+        <w:t xml:space="preserve">Det är alltid en utmaning att ge kurser över jul och nyår då många (inklusive lärare) längtar efter vila och återhämtning. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3AD5">
+      <w:r w:rsidR="00F46CAF">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> i början av kursen med högt krav på närvaro</w:t>
+        <w:t>Jag upplever att formatet fungerar hyfsat för detta men nackdelen är att det blir intensivt och ganska krävande inledningsvis under kursen.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3AD5">
+      <w:r w:rsidR="005C0E8A">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116F18D7" w14:textId="5CD1BAFB" w:rsidR="000F6944" w:rsidRPr="000F6944" w:rsidRDefault="00587644" w:rsidP="007A3DF0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="000F6944" w:rsidRPr="000F6944">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>. Kursansvarigs slutsatser och eventuella förslag till förändringar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E18B21D" w14:textId="3B61BBCF" w:rsidR="000F6944" w:rsidRPr="000F6944" w:rsidRDefault="004B3AD5" w:rsidP="000F6944">
+    <w:p w14:paraId="6E18B21D" w14:textId="3FCE8EA9" w:rsidR="000F6944" w:rsidRPr="000F6944" w:rsidRDefault="00000000" w:rsidP="000F6944">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:id w:val="-920947061"/>
           <w:placeholder>
             <w:docPart w:val="4781699BB925450FBCB23E6BA95A84C0"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="782315511"/>
               <w:placeholder>
                 <w:docPart w:val="5A1DEE202BFB472B94787C410D679CFA"/>
               </w:placeholder>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r>
-[...8 lines deleted...]
-                <w:t xml:space="preserve"> risk att studenterna använder AI till mer än språkgranskning. Nästa termin kommer jag förtydliga att de ska använda källor från kursen i uppgifterna för att minska risken för felaktiga (AI-påhittade) källor och referenser.</w:t>
+              <w:r w:rsidR="0003062B" w:rsidRPr="00846C9D">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Jag planerar inte några större förändringar i examinationsuppgifter eller kursupplägget i stort men kommer att se över en del material och litteratur</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="007A3DF0">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="447603B6" w14:textId="77777777" w:rsidR="000F6944" w:rsidRPr="000F6944" w:rsidRDefault="000F6944" w:rsidP="000F6944"/>
     <w:sectPr w:rsidR="000F6944" w:rsidRPr="000F6944">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31434F5E" w14:textId="77777777" w:rsidR="004216FB" w:rsidRDefault="004216FB" w:rsidP="000F6944">
+    <w:p w14:paraId="7ECECC6C" w14:textId="77777777" w:rsidR="003C3960" w:rsidRDefault="003C3960" w:rsidP="000F6944">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="429C015A" w14:textId="77777777" w:rsidR="004216FB" w:rsidRDefault="004216FB" w:rsidP="000F6944">
+    <w:p w14:paraId="3A895AFD" w14:textId="77777777" w:rsidR="003C3960" w:rsidRDefault="003C3960" w:rsidP="000F6944">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6125D7A2" w14:textId="77777777" w:rsidR="004216FB" w:rsidRDefault="004216FB" w:rsidP="000F6944">
+    <w:p w14:paraId="5D3F8988" w14:textId="77777777" w:rsidR="003C3960" w:rsidRDefault="003C3960" w:rsidP="000F6944">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E55731E" w14:textId="77777777" w:rsidR="004216FB" w:rsidRDefault="004216FB" w:rsidP="000F6944">
+    <w:p w14:paraId="3FCC0AB1" w14:textId="77777777" w:rsidR="003C3960" w:rsidRDefault="003C3960" w:rsidP="000F6944">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="368FC573" w14:textId="77777777" w:rsidR="000F6944" w:rsidRDefault="000F6944">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="607D60D3" wp14:editId="44F856D8">
           <wp:extent cx="1798320" cy="743585"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Bildobjekt 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -719,51 +797,51 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1798320" cy="743585"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E493745"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92CE7802"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -810,50 +888,276 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43CE7296"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="73608348"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="494D62FB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ED660074"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EC97E53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F9C1E06"/>
     <w:lvl w:ilvl="0" w:tplc="718ED370">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -898,170 +1202,392 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2048334159">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65EA147D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8A845E7C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="724C1172"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92CE7802"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="239213961">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="779421431">
+  <w:num w:numId="2" w16cid:durableId="244001196">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1678464577">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="121656688">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="459422024">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="80488795">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="80"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0005582A"/>
-    <w:rsid w:val="00041189"/>
+    <w:rsid w:val="0003062B"/>
+    <w:rsid w:val="00041617"/>
+    <w:rsid w:val="00051815"/>
     <w:rsid w:val="0005582A"/>
     <w:rsid w:val="000A47C3"/>
     <w:rsid w:val="000F6944"/>
+    <w:rsid w:val="000F7FB3"/>
     <w:rsid w:val="001569CC"/>
     <w:rsid w:val="00174482"/>
     <w:rsid w:val="00184C47"/>
     <w:rsid w:val="001E12BB"/>
     <w:rsid w:val="001E1D01"/>
+    <w:rsid w:val="00202AC3"/>
+    <w:rsid w:val="002158CA"/>
     <w:rsid w:val="002267AE"/>
     <w:rsid w:val="00234077"/>
     <w:rsid w:val="002A1929"/>
+    <w:rsid w:val="002E2B55"/>
     <w:rsid w:val="002E3F8F"/>
-    <w:rsid w:val="003A22A3"/>
+    <w:rsid w:val="003651E7"/>
     <w:rsid w:val="003B2DF8"/>
+    <w:rsid w:val="003C3960"/>
     <w:rsid w:val="003D2CE7"/>
-    <w:rsid w:val="004216FB"/>
+    <w:rsid w:val="00434DA2"/>
+    <w:rsid w:val="0044134D"/>
     <w:rsid w:val="00447CDB"/>
     <w:rsid w:val="00476348"/>
     <w:rsid w:val="004A03D3"/>
-    <w:rsid w:val="004B3AD5"/>
     <w:rsid w:val="004D6B95"/>
+    <w:rsid w:val="00501A0F"/>
+    <w:rsid w:val="00502623"/>
     <w:rsid w:val="0051094F"/>
     <w:rsid w:val="00557CAA"/>
+    <w:rsid w:val="00585898"/>
     <w:rsid w:val="00587644"/>
+    <w:rsid w:val="005C0E8A"/>
     <w:rsid w:val="005C11D8"/>
     <w:rsid w:val="005C6586"/>
+    <w:rsid w:val="005E221F"/>
+    <w:rsid w:val="00601AD2"/>
     <w:rsid w:val="0061230C"/>
     <w:rsid w:val="00612B6D"/>
     <w:rsid w:val="00616B03"/>
+    <w:rsid w:val="00666A4E"/>
+    <w:rsid w:val="006C7884"/>
+    <w:rsid w:val="006D187F"/>
+    <w:rsid w:val="006F3F75"/>
     <w:rsid w:val="006F6751"/>
+    <w:rsid w:val="00702D74"/>
     <w:rsid w:val="00704160"/>
     <w:rsid w:val="0072736D"/>
+    <w:rsid w:val="007424D5"/>
     <w:rsid w:val="007A3DF0"/>
     <w:rsid w:val="007D1562"/>
+    <w:rsid w:val="00826430"/>
+    <w:rsid w:val="00832E3C"/>
+    <w:rsid w:val="00846C9D"/>
+    <w:rsid w:val="008569B9"/>
+    <w:rsid w:val="008B190B"/>
+    <w:rsid w:val="008D3842"/>
     <w:rsid w:val="008F1566"/>
+    <w:rsid w:val="00913631"/>
+    <w:rsid w:val="00914BA5"/>
     <w:rsid w:val="00916303"/>
-    <w:rsid w:val="00922F80"/>
     <w:rsid w:val="00942C18"/>
+    <w:rsid w:val="00974473"/>
     <w:rsid w:val="009E0C63"/>
     <w:rsid w:val="00A8625D"/>
+    <w:rsid w:val="00AD3473"/>
     <w:rsid w:val="00B11797"/>
     <w:rsid w:val="00BB2E91"/>
     <w:rsid w:val="00BB6AED"/>
     <w:rsid w:val="00C01ABA"/>
     <w:rsid w:val="00C50B55"/>
+    <w:rsid w:val="00C551DF"/>
     <w:rsid w:val="00D20168"/>
+    <w:rsid w:val="00D90607"/>
     <w:rsid w:val="00DC33BF"/>
+    <w:rsid w:val="00DF31F6"/>
+    <w:rsid w:val="00E17EDE"/>
     <w:rsid w:val="00E308AE"/>
     <w:rsid w:val="00E45CBF"/>
+    <w:rsid w:val="00F46CAF"/>
     <w:rsid w:val="00FD5C47"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="581BF435"/>
   <w15:docId w15:val="{897F01DD-B45E-4315-BDF3-EAF86641B6FC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1565,70 +2091,70 @@
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D20168"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002A1929"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4781699BB925450FBCB23E6BA95A84C0"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5FEAEE1F-AB4A-41D9-9F00-29F0CFE90A2D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00DF1FD5" w:rsidRDefault="00841303" w:rsidP="00841303">
           <w:pPr>
             <w:pStyle w:val="4781699BB925450FBCB23E6BA95A84C0"/>
           </w:pPr>
           <w:r w:rsidRPr="003A7120">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
@@ -1673,191 +2199,192 @@
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BB740C9C-2B1A-4A16-9F99-375E0E12074A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003C1EE6" w:rsidRDefault="00284053" w:rsidP="00284053">
           <w:pPr>
             <w:pStyle w:val="5A1DEE202BFB472B94787C410D679CFA"/>
           </w:pPr>
           <w:r w:rsidRPr="003A7120">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...27 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00841303"/>
+    <w:rsid w:val="001E28BF"/>
     <w:rsid w:val="00284053"/>
     <w:rsid w:val="00316ABB"/>
     <w:rsid w:val="003277A1"/>
-    <w:rsid w:val="003A22A3"/>
     <w:rsid w:val="003C1EE6"/>
-    <w:rsid w:val="00571C6E"/>
+    <w:rsid w:val="00502623"/>
     <w:rsid w:val="005B2C6A"/>
+    <w:rsid w:val="00601AD2"/>
     <w:rsid w:val="00612BF8"/>
     <w:rsid w:val="007472D5"/>
+    <w:rsid w:val="00791301"/>
+    <w:rsid w:val="00826430"/>
     <w:rsid w:val="00830696"/>
     <w:rsid w:val="00841303"/>
     <w:rsid w:val="008C371A"/>
     <w:rsid w:val="008C603A"/>
     <w:rsid w:val="00A45FBA"/>
     <w:rsid w:val="00C01ABA"/>
+    <w:rsid w:val="00C551DF"/>
     <w:rsid w:val="00C60192"/>
     <w:rsid w:val="00C7699F"/>
     <w:rsid w:val="00D06358"/>
     <w:rsid w:val="00DF1FD5"/>
     <w:rsid w:val="00E60E4A"/>
     <w:rsid w:val="00E61810"/>
     <w:rsid w:val="00EC33B7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2259,73 +2786,62 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EC33B7"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4781699BB925450FBCB23E6BA95A84C0">
     <w:name w:val="4781699BB925450FBCB23E6BA95A84C0"/>
     <w:rsid w:val="00841303"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="14723E9C79BD4A19A2D68C10D2ABDBF2">
     <w:name w:val="14723E9C79BD4A19A2D68C10D2ABDBF2"/>
     <w:rsid w:val="00316ABB"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B33FA72E28887E4CAEAD1F98F6F702F6">
-[...9 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A1DEE202BFB472B94787C410D679CFA">
     <w:name w:val="5A1DEE202BFB472B94787C410D679CFA"/>
     <w:rsid w:val="00284053"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -2574,76 +3090,76 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>188</Words>
-  <Characters>1226</Characters>
+  <Words>291</Words>
+  <Characters>1661</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1412</CharactersWithSpaces>
+  <CharactersWithSpaces>1949</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nina Brodin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>4417d773745c34ca94473e929f7726fb75a68d1c82800a3fb31d17ce2623a188</vt:lpwstr>
   </property>
 </Properties>
 </file>