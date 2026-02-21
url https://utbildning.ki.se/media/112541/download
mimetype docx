--- v0 (2025-10-06)
+++ v1 (2026-02-21)
@@ -1,904 +1,2017 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="18C4ABB9" w14:textId="5A3446A0" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Schema för "Funktionsnedsättningens psykologi"</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="134FD5E6" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BFCA4C9" w14:textId="22863FF1" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
+    <w:p w14:paraId="4BFCA4C9" w14:textId="47E1D554" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="00FD6ED4" w:rsidP="008C2DB8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>3 mars:</w:t>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mars:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56343C25" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>13.00–13.15</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> Introduktion till kursen – Douglas Sjöwall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="364A7EEC" w14:textId="03E3D377" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
+    <w:p w14:paraId="60FCBB1A" w14:textId="77777777" w:rsidR="009953D2" w:rsidRDefault="009953D2" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="329CA34C" w14:textId="1CCF2A47" w:rsidR="009953D2" w:rsidRDefault="009953D2" w:rsidP="008C2DB8">
+      <w:r>
+        <w:t xml:space="preserve">Douglas Sjöwall: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009953D2">
+        <w:t>Docent i psykologi vid Karolinska Institutet. Projektledare på FoUU-enheten och samordnare för verksamhetsintegrerat lärande (VIL) vid Habilitering &amp; Hälsa, Region Stockholm. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364A7EEC" w14:textId="1FC805B8" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:r w:rsidRPr="008C2DB8">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>13.15–14.30</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>"Funktionsnedsättningar – Interdisciplinära perspektiv"</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> – Magnus Ivarsson</w:t>
       </w:r>
+      <w:r w:rsidR="000F7A8E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:br/>
-        <w:t xml:space="preserve">Introduktion till den biopsykosociala modellen International </w:t>
-[...34 lines deleted...]
-        <w:r w:rsidRPr="008C2DB8">
+        <w:t>Introduktion till den biopsykosociala modellen International Classification of Functioning, Disability and Health (ICF) och en beskrivning av varför ett tvärvetenskapligt perspektiv är nödvändigt för att förstå funktionsnedsättningar. Sal 20</w:t>
+      </w:r>
+      <w:r w:rsidR="008358CC">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve">. Se kartan och information om rummet på följande länk: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="009E3367" w:rsidRPr="001264F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://medarbetare.ki.se/200</w:t>
+          <w:t>https://staff.ki.se/202</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
+    <w:p w14:paraId="06B312EC" w14:textId="77777777" w:rsidR="00366223" w:rsidRDefault="00366223" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="0327F5F7" w14:textId="2EBF71DB" w:rsidR="00366223" w:rsidRDefault="00366223" w:rsidP="008C2DB8">
+      <w:r>
+        <w:t xml:space="preserve">Magnus Ivarsson: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00366223">
+        <w:t>Doktorand vid Institutionen för beteendevetenskap och lärande, Avdelningen för handikappvetenskap, Linköpings universitet. Leg. psykolog med specialisttjänst vid VUB-teamet, Habilitering &amp; Hälsa, SLSO, Region Stockholm. </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="7FDE07F2" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8"/>
-    <w:p w14:paraId="62F3FDA6" w14:textId="2CF42EF6" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
+    <w:p w14:paraId="62F3FDA6" w14:textId="4106D59A" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>14.45–15.45</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>"Psykologens roll i ett interprofessionellt team"</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> – Mattias Ehn</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:br/>
-        <w:t xml:space="preserve">I denna föreläsning beskrivs psykologens roll i ett interprofessionellt habiliteringsteam och hur en biopsykosocial hälsomodell kan hjälpa oss att analysera problem och anpassa en behandling. Föreläsningen utgår från individer med dövblindhet och beskriver de psykologiska konsekvenser som kan uppstå vid funktionsnedsättning i två sinnen. Sal 200. Se kartan och information om rummet på följande länk: </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="008C2DB8">
+        <w:t>I denna föreläsning beskrivs psykologens roll i ett interprofessionellt habiliteringsteam och hur en biopsykosocial hälsomodell kan hjälpa oss att analysera problem och anpassa en behandling. Föreläsningen utgår från individer med dövblindhet och beskriver de psykologiska konsekvenser som kan uppstå vid funktionsnedsättning i två sinnen. Sal 20</w:t>
+      </w:r>
+      <w:r w:rsidR="000742F9">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve">. Se kartan och information om rummet på följande länk: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="009E3367" w:rsidRPr="001264F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://medarbetare.ki.se/200</w:t>
+          <w:t>https://staff.ki.se/202</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
+    <w:p w14:paraId="47184EBF" w14:textId="77777777" w:rsidR="00DE59C8" w:rsidRDefault="00DE59C8" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="16AAF70A" w14:textId="5C843D34" w:rsidR="00DE59C8" w:rsidRDefault="009953D2" w:rsidP="008C2DB8">
+      <w:r>
+        <w:t xml:space="preserve">Mattias Ehn: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE59C8" w:rsidRPr="00DE59C8">
+        <w:t>Med. dr. vid Örebro universitet. Leg. psykolog, Dövblindteamet, Habilitering &amp; Hälsa, Region Stockholm. </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="3C2293CC" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4556A1F2" w14:textId="2EBA4CD7" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>15.45–16.00</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> Introduktion till examinationsuppgift – Douglas Sjöwall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="278F962F" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="00A14032" w:rsidP="008C2DB8">
+    <w:p w14:paraId="278F962F" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="001B50EF" w:rsidP="008C2DB8">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict w14:anchorId="5C7F714D">
+        <w:pict w14:anchorId="23588A2F">
           <v:rect id="_x0000_i1030" alt="" style="width:453.6pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A8157AC" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
+    <w:p w14:paraId="4A8157AC" w14:textId="43868E71" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>13 mars:</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD6ED4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0085751A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>mars:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="530A6E0A" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>13.00–13.05</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> Introduktion till dagens föreläsare – Douglas Sjöwall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F0D5014" w14:textId="522C5A8F" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
+    <w:p w14:paraId="5F0D5014" w14:textId="5D0A095D" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:r w:rsidRPr="008C2DB8">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>13.05–13.45</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>"Stegvis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> vårdmodeller"</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
-        <w:t xml:space="preserve"> – </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Hirvikoski</w:t>
+        <w:t xml:space="preserve"> – Tatja Hirvikoski</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:br/>
-        <w:t xml:space="preserve">Att arbeta enligt en stegvis vårdmodell innebär att ge patienten insatser i olika faser, där man börjar med enklare och mindre tidskrävande åtgärder och fortsätter med mer omfattande och individanpassade insatser vid behov. Detta kan vara strategiskt både för individen och för att resurserna ska räcka till. Föreläsningen ger en introduktion till stegvisa vårdmodeller och exempel på hur de kan se ut i praktiken. Sal 200. Se kartan och information om rummet på följande länk: </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="008C2DB8">
+        <w:t>Att arbeta enligt en stegvis vårdmodell innebär att ge patienten insatser i olika faser, där man börjar med enklare och mindre tidskrävande åtgärder och fortsätter med mer omfattande och individanpassade insatser vid behov. Detta kan vara strategiskt både för individen och för att resurserna ska räcka till. Föreläsningen ger en introduktion till stegvisa vårdmodeller och exempel på hur de kan se ut i praktiken. Sal 20</w:t>
+      </w:r>
+      <w:r w:rsidR="000742F9">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve">. Se kartan och information om rummet på följande länk: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="009E3367" w:rsidRPr="001264F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://medarbetare.ki.se/200</w:t>
+          <w:t>https://staff.ki.se/202</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...7 lines deleted...]
-        <w:t>14.00–15.45</w:t>
+      <w:r w:rsidR="00425F82">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0853B71E" w14:textId="77777777" w:rsidR="00183D91" w:rsidRDefault="00183D91" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="5F28E735" w14:textId="36E30221" w:rsidR="00183D91" w:rsidRDefault="00183D91" w:rsidP="008C2DB8">
+      <w:r>
+        <w:t>Tatja Hirv</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1529">
+        <w:t>ikoski</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00670030">
+        <w:t xml:space="preserve">Leg specialist psykolog, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00183D91">
+        <w:t>FoUU-chef vid Habilitering &amp; Hälsa, Stockholms läns sjukvårdsområde (SLSO) i Region Stockholm, med ansvar för forskning, utveckling och personalutbildning. Tatja är även docent och ledare för en forskargrupp som är anknuten till Center for Neurodevelopmental Disorders, Karolinska institutet (KIND).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4704BE51" w14:textId="77777777" w:rsidR="00C23346" w:rsidRDefault="00C23346" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="4509FAFC" w14:textId="77777777" w:rsidR="0044254F" w:rsidRDefault="0044254F" w:rsidP="008C2DB8">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A477FB1" w14:textId="4E97CD86" w:rsidR="008C2DB8" w:rsidRDefault="00A8769E" w:rsidP="008C2DB8">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.05–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.45</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r w:rsidRPr="0044254F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>"Anpassningar för funktionsnedsättningar"</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r w:rsidRPr="0044254F">
         <w:t xml:space="preserve"> – Tiina Holmberg Bergman</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r w:rsidRPr="0044254F">
         <w:br/>
-        <w:t xml:space="preserve">Föreläsningen tar upp konkreta anpassningar som psykologen kan behöva göra vid psykologisk behandling och konsultationer. Vi diskuterar hur man arbetar med individer med autism eller intellektuella funktionsnedsättningar, samt kombinationen av dessa. Sal 200. Se kartan och information om rummet på följande länk: </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="008C2DB8">
+        <w:t>Föreläsningen tar upp konkreta anpassningar som psykologen kan behöva göra vid psykologisk behandling och konsultationer. Vi diskuterar hur man arbetar med individer med autism eller intellektuella funktionsnedsättningar, samt kombinationen av dessa. Sal 20</w:t>
+      </w:r>
+      <w:r w:rsidR="000742F9">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044254F">
+        <w:t xml:space="preserve">. Se kartan och information om rummet på följande länk: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="009E3367" w:rsidRPr="001264F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://medarbetare.ki.se/200</w:t>
+          <w:t>https://staff.ki.se/202</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
+    <w:p w14:paraId="1C96C019" w14:textId="77777777" w:rsidR="00B31ECD" w:rsidRDefault="00B31ECD" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="60ED750E" w14:textId="7FDE51F8" w:rsidR="00B31ECD" w:rsidRDefault="00AB36CD" w:rsidP="008C2DB8">
+      <w:r>
+        <w:t xml:space="preserve">Tiina Holmberg Bergman: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB434B" w:rsidRPr="00EB434B">
+        <w:t>Med.dr vid Center of Neurodevelopmental Disorders at Karolinska Institutet (KIND), Institutionen för Kvinnors och barns Hälsa (KBH), Karolinska Institutet. Leg. psykolog med specialisttjänst vid Habiliteringens resurscenter Habilitering &amp; Hälsa, Region Stockholm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EEE8FC" w14:textId="77777777" w:rsidR="00876EB7" w:rsidRDefault="00876EB7" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="0A64C441" w14:textId="77777777" w:rsidR="0044254F" w:rsidRPr="008C2DB8" w:rsidRDefault="0044254F" w:rsidP="008C2DB8"/>
     <w:p w14:paraId="7021FBC1" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>15.45–16.00</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> Introduktion till examinationsuppgift – Douglas Sjöwall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62C40463" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="00A14032" w:rsidP="008C2DB8">
+    <w:p w14:paraId="62C40463" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="001B50EF" w:rsidP="008C2DB8">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict w14:anchorId="202A7FA6">
+        <w:pict w14:anchorId="657CC6FD">
           <v:rect id="_x0000_i1029" alt="" style="width:453.6pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="14E92BC0" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>19 mars:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A9AFB3A" w14:textId="47AA8F65" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="008C2DB8">
+    <w:p w14:paraId="7A9AFB3A" w14:textId="339C7757" w:rsidR="008C2DB8" w:rsidRDefault="004C5D4C" w:rsidP="008C2DB8">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.00–</w:t>
+      </w:r>
+      <w:r w:rsidR="00C776A5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>13.05</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> Tre</w:t>
       </w:r>
       <w:r w:rsidR="00D1692A">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
         <w:t>veckors</w:t>
       </w:r>
       <w:r w:rsidR="00D1692A">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
         <w:t>kontroll</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="504019CC" w14:textId="340D3AF1" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008C2DB8">
+    <w:p w14:paraId="504019CC" w14:textId="4B68FFBA" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="2CC76C8C" w14:textId="77777777" w:rsidR="004C5D4C" w:rsidRDefault="004C5D4C" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="285F91AF" w14:textId="3DD58DFF" w:rsidR="004C5D4C" w:rsidRDefault="00045767" w:rsidP="004C5D4C">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8769E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5D4C" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.00–1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8769E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5D4C" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8769E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5D4C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r w:rsidR="004C5D4C" w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>"Vad gör habiliteringen?"</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r w:rsidR="004C5D4C" w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> – Douglas Sjöwall</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r w:rsidR="004C5D4C" w:rsidRPr="008C2DB8">
         <w:br/>
-        <w:t xml:space="preserve">Beskrivning av habiliteringens uppdrag, inklusive målgrupper samt olika vårdprofessioner och deras arbetsuppgifter. Sal 200. Se kartan och information om rummet på följande länk: </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="008C2DB8">
+        <w:t>Beskrivning av habiliteringens uppdrag, inklusive målgrupper samt olika vårdprofessioner och deras arbetsuppgifter. Sal 20</w:t>
+      </w:r>
+      <w:r w:rsidR="000742F9">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5D4C" w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve">. Se kartan och information om rummet på följande länk: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="009E3367" w:rsidRPr="001264F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://medarbetare.ki.se/200</w:t>
+          <w:t>https://staff.ki.se/202</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="462A9807" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008C2DB8">
+    <w:p w14:paraId="6E936A3D" w14:textId="77777777" w:rsidR="004C5D4C" w:rsidRDefault="004C5D4C" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="173159FE" w14:textId="77777777" w:rsidR="0044254F" w:rsidRPr="008C2DB8" w:rsidRDefault="0044254F" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="462A9807" w14:textId="75C7AAE4" w:rsidR="008C2DB8" w:rsidRDefault="00A8769E" w:rsidP="008C2DB8">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.00–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0044254F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>"Samarbete och samverkan"</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2DB8">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve"> – Ulrika Långh</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
         <w:br/>
-        <w:t xml:space="preserve">Personer med funktionsnedsättningar kommer i kontakt med många olika vårdaktörer. Samarbete mellan dessa aktörer är avgörande för att gemensamt ge insatser och stöd. Föreläsningen går igenom olika samarbetsparter och vad det innebär att arbeta genom nätverk, så kallat konsultativt arbetssätt. Sal 200. Se kartan och information om rummet på följande länk: </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="008C2DB8">
+        <w:t>Personer med funktionsnedsättningar kommer i kontakt med många olika vårdaktörer. Samarbete mellan dessa aktörer är avgörande för att gemensamt ge insatser och stöd. Föreläsningen går igenom olika samarbetsparter och vad det innebär att arbeta genom nätverk, så kallat konsultativt arbetssätt. Sal 20</w:t>
+      </w:r>
+      <w:r w:rsidR="000742F9">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve">. Se kartan och information om rummet på följande länk: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="009E3367" w:rsidRPr="001264F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://medarbetare.ki.se/200</w:t>
+          <w:t>https://staff.ki.se/202</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
+    <w:p w14:paraId="628AA234" w14:textId="77777777" w:rsidR="00BB6915" w:rsidRDefault="00BB6915" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="1A50C824" w14:textId="4BC223F0" w:rsidR="00BB6915" w:rsidRDefault="00AB36CD" w:rsidP="008C2DB8">
+      <w:r>
+        <w:t xml:space="preserve">Ulrika Långh: </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6915" w:rsidRPr="00BB6915">
+        <w:t>Med. dr vid Karolinska Institutet. Leg. psykolog, leg. psykoterapeut vid Habiliteringens resurscenter. Arbetar också med övergripande utvecklingsfrågor vid Habilitering &amp; Hälsa, Region Stockholm. </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="1B1D9322" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8"/>
-    <w:p w14:paraId="6B17141D" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="008C2DB8">
+    <w:p w14:paraId="6B17141D" w14:textId="7A9C4AAE" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="00A8769E" w:rsidP="008C2DB8">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.45–1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> Introduktion till examinationsuppgift – Douglas Sjöwall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6B98FD" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="00A14032" w:rsidP="008C2DB8">
+    <w:p w14:paraId="6F6B98FD" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="001B50EF" w:rsidP="008C2DB8">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict w14:anchorId="196FD3A1">
+        <w:pict w14:anchorId="68161109">
           <v:rect id="_x0000_i1028" alt="" style="width:453.6pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD916E0" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
+    <w:p w14:paraId="0DD916E0" w14:textId="1447BDBB" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="00231B5B" w:rsidP="008C2DB8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>4 april:</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008C2DB8">
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>mars</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B4C15F" w14:textId="4D5E6F31" w:rsidR="00106A59" w:rsidRDefault="00231B5B" w:rsidP="008C2DB8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.00–1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
         <w:t xml:space="preserve"> Seminarium</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r w:rsidR="00CD0CBB">
+        <w:t xml:space="preserve"> ”</w:t>
+      </w:r>
+      <w:r w:rsidR="00335B31" w:rsidRPr="00335B31">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00335B31">
+        <w:t>Ett professionellt samtal om kliniskt tänkande</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0CBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00767E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00335B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Douglas Sjöwall </w:t>
+      </w:r>
+      <w:r w:rsidR="00767E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assrar Sinai och </w:t>
+      </w:r>
+      <w:r w:rsidR="007F65B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>Sara Tonemar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62EB85D1" w14:textId="155CE0E2" w:rsidR="00624FEA" w:rsidRDefault="00FD56CC" w:rsidP="00241393">
+      <w:r>
+        <w:t>På seminariet tränar</w:t>
+      </w:r>
+      <w:r w:rsidR="00726736">
+        <w:t xml:space="preserve"> du</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> på att </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Betoning"/>
+        </w:rPr>
+        <w:t>läsa, värdera och diskutera psykologiskt arbete</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
-        <w:t xml:space="preserve">Innan seminariet ska </w:t>
-[...8 lines deleted...]
-        <w:r w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve">– och där habiliteringspsykologerna fungerar som </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD56CC">
+        <w:rPr>
+          <w:rStyle w:val="Stark"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>erfarna kollegor</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, inte examinatorer.</w:t>
+      </w:r>
+      <w:r w:rsidR="000A676D">
+        <w:t xml:space="preserve"> Olika lösningar kan vara lika professionella.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F253FAB" w14:textId="77777777" w:rsidR="00241393" w:rsidRPr="00241393" w:rsidRDefault="00241393" w:rsidP="00241393">
+      <w:r w:rsidRPr="00241393">
+        <w:t>Inför seminariet ska du:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13084A3B" w14:textId="77777777" w:rsidR="00241393" w:rsidRPr="00241393" w:rsidRDefault="00241393" w:rsidP="00241393">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241393">
+        <w:t xml:space="preserve">vara väl insatt i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11E5F">
+        <w:t>din egen inlämning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40147B5F" w14:textId="77777777" w:rsidR="00241393" w:rsidRPr="00241393" w:rsidRDefault="00241393" w:rsidP="00241393">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241393">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">läsa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11E5F">
+        <w:t>en kurskamrats inlämning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241393">
+        <w:t xml:space="preserve"> (samtliga tre uppgifter)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CCDBF5B" w14:textId="77777777" w:rsidR="00241393" w:rsidRPr="00241393" w:rsidRDefault="00241393" w:rsidP="00241393">
+      <w:r w:rsidRPr="00241393">
+        <w:t>När du läser ska du förbereda:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C32E9B7" w14:textId="77777777" w:rsidR="00241393" w:rsidRPr="00241393" w:rsidRDefault="00241393" w:rsidP="00241393">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D11E5F">
+        <w:t>Centrala delar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241393">
+        <w:t xml:space="preserve"> i texten som du upplever är professionellt relevanta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241393">
+        <w:br/>
+        <w:t xml:space="preserve">– motivera </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241393">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>varför</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241393">
+        <w:t xml:space="preserve"> de är viktiga i psykologiskt arbete.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="383CDB49" w14:textId="77777777" w:rsidR="00241393" w:rsidRPr="00241393" w:rsidRDefault="00241393" w:rsidP="00241393">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D11E5F">
+        <w:t>1–2 delar du vill diskutera vidare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241393">
+        <w:br/>
+        <w:t xml:space="preserve">– motivera </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241393">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>varför</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00241393">
+        <w:t xml:space="preserve"> dessa väcker frågor eller är intressanta att fördjupa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B55624" w14:textId="77777777" w:rsidR="00241393" w:rsidRPr="00022D33" w:rsidRDefault="00241393" w:rsidP="00241393">
+      <w:r w:rsidRPr="00241393">
+        <w:t xml:space="preserve">Syftet är att träna på att läsa och diskutera psykologiskt arbete ur ett </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022D33">
+        <w:t>kollegialt och professionellt perspektiv, inte att bedöma rätt eller fel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3896DEF2" w14:textId="77777777" w:rsidR="00FD56CC" w:rsidRDefault="00FD56CC" w:rsidP="008C2DB8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57420C61" w14:textId="77777777" w:rsidR="00C22BF2" w:rsidRDefault="00C22BF2" w:rsidP="008C2DB8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42CA61A1" w14:textId="6D440A3E" w:rsidR="00C22BF2" w:rsidRDefault="00AE2FD5" w:rsidP="008C2DB8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>Assrar Sinai: Leg</w:t>
+      </w:r>
+      <w:r w:rsidR="0093335D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Psykolog hemmahörande vid Habiliterings &amp; Hälsa </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15479">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>barnsektionen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143B7D32" w14:textId="2005E748" w:rsidR="00B15479" w:rsidRDefault="00B15479" w:rsidP="008C2DB8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>Sara Tonemar: Leg psykolog hemmahörande inom Habilitering &amp; Hälsas vuxensektion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4F57AE" w14:textId="5AF2FBDA" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
+      <w:r w:rsidRPr="008C2DB8">
+        <w:br/>
+        <w:t xml:space="preserve">Se kartan och information om rummet på följande länk: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="009E3367" w:rsidRPr="001264F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://medarbetare.ki.se/200</w:t>
+          <w:t>https://staff.ki.se/202</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="61B59E7D" w14:textId="15495D7E" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="00A14032" w:rsidP="008C2DB8">
+    <w:p w14:paraId="7E8434A6" w14:textId="77777777" w:rsidR="00B84A41" w:rsidRDefault="00B84A41" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="4D234112" w14:textId="77777777" w:rsidR="00B84A41" w:rsidRPr="008C2DB8" w:rsidRDefault="00B84A41" w:rsidP="00B84A41">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.45–1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve"> Introduktion till examinationsuppgift – Douglas Sjöwall</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F16E59" w14:textId="77777777" w:rsidR="00B84A41" w:rsidRDefault="00B84A41" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="61B59E7D" w14:textId="15495D7E" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="001B50EF" w:rsidP="008C2DB8">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict w14:anchorId="3A946824">
+        <w:pict w14:anchorId="4963EB98">
           <v:rect id="_x0000_i1027" alt="" style="width:453.6pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AE392EA" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Vecka 16 eller 17:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3787F9A5" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
       <w:r w:rsidRPr="008C2DB8">
         <w:t>Syftet med praktiken är att ge dig möjlighet att "skugga" och träffa professionella från andra områden samt lära dig hur de arbetar och samverkar med psykologer. Du får mer detaljerade instruktioner om praktikplats senare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7680F24D" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="00A14032" w:rsidP="008C2DB8">
+    <w:p w14:paraId="7680F24D" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="001B50EF" w:rsidP="008C2DB8">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict w14:anchorId="72169689">
+        <w:pict w14:anchorId="43EF402A">
           <v:rect id="_x0000_i1026" alt="" style="width:453.6pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BDC5920" w14:textId="779144A4" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
+    <w:p w14:paraId="4BDC5920" w14:textId="3AB2920D" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="00485647" w:rsidP="008C2DB8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C2DB8">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">30 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E6FC3">
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0ACB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>april</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve"> april</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5402DB" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008C2DB8">
+    <w:p w14:paraId="5F5402DB" w14:textId="2B34FFDB" w:rsidR="008C2DB8" w:rsidRDefault="008E5D7D" w:rsidP="008C2DB8">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.00–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40C2A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.45</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve"> Seminarium</w:t>
+      </w:r>
+      <w:r w:rsidR="00933FD0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B291D">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00933FD0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B291D">
+        <w:t>Vad lärde du dig under praktiken</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3C9E">
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00933FD0">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:t>Douglas Sjöwall</w:t>
+      </w:r>
+      <w:r w:rsidR="00933FD0">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
         <w:br/>
-        <w:t xml:space="preserve">Under seminariet reflekterar vi över vad du lärt dig under praktiken, med fokus på evidensbaserad praktik och interprofessionellt arbete. Sal 200. Se kartan och information om rummet på följande länk: </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="008C2DB8">
+        <w:t>Under seminariet reflekterar vi över vad du lärt dig under praktiken, med fokus på evidensbaserad praktik och interprofessionellt arbete.</w:t>
+      </w:r>
+      <w:r w:rsidR="0007396B">
+        <w:t xml:space="preserve"> Använd </w:t>
+      </w:r>
+      <w:r w:rsidR="004005B3">
+        <w:t>reflektionsmallen.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve"> Sal 20</w:t>
+      </w:r>
+      <w:r w:rsidR="004005B3">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2DB8" w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve">. Se kartan och information om rummet på följande länk: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="009E3367" w:rsidRPr="001264F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://medarbetare.ki.se/200</w:t>
+          <w:t>https://staff.ki.se/202</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="61346915" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8"/>
-    <w:p w14:paraId="34FE6A6B" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8">
-[...33 lines deleted...]
-    <w:p w14:paraId="1F456310" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="00A14032" w:rsidP="008C2DB8">
+    <w:p w14:paraId="2137E0D7" w14:textId="317323B4" w:rsidR="00433FD4" w:rsidRDefault="00433FD4" w:rsidP="00433FD4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Anna Fladvad: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Leg. Psykolog hemmahörande vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00A854CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kurs och </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2730">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>Kunskapscenter</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9705E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Habilitering &amp; Hälsa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FE6A6B" w14:textId="77B957B7" w:rsidR="008C2DB8" w:rsidRDefault="008C2DB8" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="7CC6B4D5" w14:textId="77777777" w:rsidR="00433FD4" w:rsidRDefault="00433FD4" w:rsidP="008C2DB8"/>
+    <w:p w14:paraId="62F1F594" w14:textId="12854E1D" w:rsidR="0085751A" w:rsidRPr="008C2DB8" w:rsidRDefault="0085751A" w:rsidP="008C2DB8">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.45–1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2DB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2DB8">
+        <w:t xml:space="preserve"> Introduktion till examinationsuppgift – Douglas Sjöwall</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F456310" w14:textId="77777777" w:rsidR="008C2DB8" w:rsidRPr="008C2DB8" w:rsidRDefault="001B50EF" w:rsidP="008C2DB8">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict w14:anchorId="6799F7CF">
+        <w:pict w14:anchorId="369316F4">
           <v:rect id="_x0000_i1025" alt="" style="width:453.6pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="03DA724D" w14:textId="77777777" w:rsidR="004E5FC9" w:rsidRDefault="004E5FC9"/>
     <w:sectPr w:rsidR="004E5FC9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F0D0F51"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="728008B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66547D64"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="67AC9ECE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1809475100">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1532450640">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="144"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="139"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C2DB8"/>
+    <w:rsid w:val="00022D33"/>
+    <w:rsid w:val="00045767"/>
     <w:rsid w:val="0004799B"/>
+    <w:rsid w:val="00062E1B"/>
+    <w:rsid w:val="00063AE0"/>
+    <w:rsid w:val="0007396B"/>
+    <w:rsid w:val="000742F9"/>
     <w:rsid w:val="0008138B"/>
-    <w:rsid w:val="00096B7A"/>
-    <w:rsid w:val="000A0721"/>
+    <w:rsid w:val="000843CD"/>
     <w:rsid w:val="000A2009"/>
+    <w:rsid w:val="000A676D"/>
+    <w:rsid w:val="000B21A3"/>
+    <w:rsid w:val="000B3260"/>
+    <w:rsid w:val="000D0F8D"/>
     <w:rsid w:val="000D2BC2"/>
+    <w:rsid w:val="000D4E76"/>
+    <w:rsid w:val="000E1529"/>
     <w:rsid w:val="000E3252"/>
+    <w:rsid w:val="000E726F"/>
+    <w:rsid w:val="000F7A8E"/>
+    <w:rsid w:val="00106A59"/>
+    <w:rsid w:val="00141E5B"/>
     <w:rsid w:val="00145A9C"/>
+    <w:rsid w:val="001579EE"/>
     <w:rsid w:val="001821B5"/>
+    <w:rsid w:val="00183D91"/>
+    <w:rsid w:val="00190F65"/>
+    <w:rsid w:val="001934E5"/>
+    <w:rsid w:val="001A7552"/>
+    <w:rsid w:val="001B50EF"/>
+    <w:rsid w:val="001C0E5E"/>
+    <w:rsid w:val="001D744D"/>
     <w:rsid w:val="001F018E"/>
+    <w:rsid w:val="0021066D"/>
+    <w:rsid w:val="00224E7A"/>
     <w:rsid w:val="002279ED"/>
+    <w:rsid w:val="00231B5B"/>
+    <w:rsid w:val="00241393"/>
+    <w:rsid w:val="002775BF"/>
+    <w:rsid w:val="00283AA9"/>
     <w:rsid w:val="00294DDA"/>
     <w:rsid w:val="002D4013"/>
     <w:rsid w:val="002E306C"/>
     <w:rsid w:val="003124DC"/>
+    <w:rsid w:val="00335B31"/>
+    <w:rsid w:val="00366223"/>
     <w:rsid w:val="00382258"/>
+    <w:rsid w:val="003A4F91"/>
     <w:rsid w:val="003B7FE1"/>
     <w:rsid w:val="003D60F4"/>
     <w:rsid w:val="003F61CC"/>
+    <w:rsid w:val="004005B3"/>
+    <w:rsid w:val="00422D98"/>
+    <w:rsid w:val="00425F82"/>
+    <w:rsid w:val="00433FD4"/>
+    <w:rsid w:val="0044254F"/>
+    <w:rsid w:val="00443D9D"/>
     <w:rsid w:val="00462A51"/>
+    <w:rsid w:val="004777EC"/>
+    <w:rsid w:val="00485647"/>
+    <w:rsid w:val="004B14F8"/>
+    <w:rsid w:val="004B2677"/>
     <w:rsid w:val="004B6760"/>
+    <w:rsid w:val="004C5D4C"/>
     <w:rsid w:val="004E5FC9"/>
+    <w:rsid w:val="004F15BE"/>
     <w:rsid w:val="00501BF4"/>
     <w:rsid w:val="0051478E"/>
     <w:rsid w:val="0051696B"/>
     <w:rsid w:val="005339C1"/>
     <w:rsid w:val="00563571"/>
+    <w:rsid w:val="0057778B"/>
     <w:rsid w:val="00581F78"/>
     <w:rsid w:val="005C2C7B"/>
+    <w:rsid w:val="005D0718"/>
     <w:rsid w:val="00600079"/>
     <w:rsid w:val="00603859"/>
+    <w:rsid w:val="006155C1"/>
+    <w:rsid w:val="00622D65"/>
+    <w:rsid w:val="00624FEA"/>
+    <w:rsid w:val="006267C1"/>
     <w:rsid w:val="0064074A"/>
     <w:rsid w:val="0064574F"/>
+    <w:rsid w:val="00670030"/>
     <w:rsid w:val="006709B6"/>
+    <w:rsid w:val="006722C8"/>
     <w:rsid w:val="006755C7"/>
     <w:rsid w:val="00680FF3"/>
     <w:rsid w:val="00682901"/>
     <w:rsid w:val="00683DAD"/>
+    <w:rsid w:val="006957DA"/>
+    <w:rsid w:val="006B3394"/>
+    <w:rsid w:val="006E520C"/>
+    <w:rsid w:val="006E61FB"/>
     <w:rsid w:val="007169AF"/>
+    <w:rsid w:val="00716DD7"/>
+    <w:rsid w:val="00720B32"/>
+    <w:rsid w:val="00721D1F"/>
+    <w:rsid w:val="007252F7"/>
+    <w:rsid w:val="00726736"/>
     <w:rsid w:val="00746225"/>
+    <w:rsid w:val="00767E06"/>
+    <w:rsid w:val="00771705"/>
+    <w:rsid w:val="00774CEB"/>
+    <w:rsid w:val="00785C7E"/>
+    <w:rsid w:val="0079017D"/>
+    <w:rsid w:val="007938C7"/>
     <w:rsid w:val="007B3121"/>
-    <w:rsid w:val="00802A91"/>
+    <w:rsid w:val="007C7764"/>
+    <w:rsid w:val="007D2C87"/>
+    <w:rsid w:val="007F65B9"/>
     <w:rsid w:val="00824711"/>
+    <w:rsid w:val="008358CC"/>
+    <w:rsid w:val="008522A5"/>
+    <w:rsid w:val="0085751A"/>
+    <w:rsid w:val="00876EB7"/>
+    <w:rsid w:val="00877829"/>
     <w:rsid w:val="00886E18"/>
+    <w:rsid w:val="008B097F"/>
+    <w:rsid w:val="008B291D"/>
+    <w:rsid w:val="008C2730"/>
     <w:rsid w:val="008C2DB8"/>
     <w:rsid w:val="008D32C4"/>
-    <w:rsid w:val="008E6FC3"/>
+    <w:rsid w:val="008D6AB0"/>
+    <w:rsid w:val="008E5D7D"/>
+    <w:rsid w:val="008F0517"/>
     <w:rsid w:val="00911099"/>
     <w:rsid w:val="00912D1D"/>
+    <w:rsid w:val="009170F1"/>
+    <w:rsid w:val="009267DA"/>
     <w:rsid w:val="00932717"/>
+    <w:rsid w:val="0093335D"/>
+    <w:rsid w:val="00933FD0"/>
     <w:rsid w:val="009368C2"/>
+    <w:rsid w:val="009417E5"/>
+    <w:rsid w:val="00952EA9"/>
+    <w:rsid w:val="009953D2"/>
+    <w:rsid w:val="0099556D"/>
     <w:rsid w:val="00996279"/>
+    <w:rsid w:val="0099630A"/>
     <w:rsid w:val="009C5EEF"/>
-    <w:rsid w:val="00A14032"/>
+    <w:rsid w:val="009D2A26"/>
+    <w:rsid w:val="009E3367"/>
+    <w:rsid w:val="009E5FC3"/>
+    <w:rsid w:val="00A5353E"/>
+    <w:rsid w:val="00A57CDE"/>
+    <w:rsid w:val="00A854CA"/>
     <w:rsid w:val="00A857C6"/>
+    <w:rsid w:val="00A87587"/>
+    <w:rsid w:val="00A8769E"/>
+    <w:rsid w:val="00AA2E14"/>
+    <w:rsid w:val="00AB36CD"/>
     <w:rsid w:val="00AC2AD4"/>
+    <w:rsid w:val="00AD0BD9"/>
     <w:rsid w:val="00AD22B2"/>
+    <w:rsid w:val="00AE2FD5"/>
     <w:rsid w:val="00AF2CCC"/>
     <w:rsid w:val="00B0414D"/>
     <w:rsid w:val="00B049DB"/>
-    <w:rsid w:val="00B10BB6"/>
+    <w:rsid w:val="00B15479"/>
+    <w:rsid w:val="00B31ECD"/>
+    <w:rsid w:val="00B33F0B"/>
     <w:rsid w:val="00B6203B"/>
+    <w:rsid w:val="00B62E7F"/>
+    <w:rsid w:val="00B66D15"/>
+    <w:rsid w:val="00B84A41"/>
+    <w:rsid w:val="00B877FD"/>
     <w:rsid w:val="00B9042A"/>
     <w:rsid w:val="00B9622F"/>
+    <w:rsid w:val="00B968F4"/>
+    <w:rsid w:val="00BA0305"/>
     <w:rsid w:val="00BA1850"/>
+    <w:rsid w:val="00BB6915"/>
+    <w:rsid w:val="00BC3DED"/>
     <w:rsid w:val="00BF391D"/>
     <w:rsid w:val="00C02B1B"/>
     <w:rsid w:val="00C13720"/>
+    <w:rsid w:val="00C16C3B"/>
+    <w:rsid w:val="00C22BF2"/>
+    <w:rsid w:val="00C23346"/>
     <w:rsid w:val="00C31996"/>
+    <w:rsid w:val="00C42CD2"/>
+    <w:rsid w:val="00C44FE8"/>
+    <w:rsid w:val="00C54FEE"/>
+    <w:rsid w:val="00C66F49"/>
+    <w:rsid w:val="00C71CA5"/>
+    <w:rsid w:val="00C776A5"/>
+    <w:rsid w:val="00C86DC8"/>
+    <w:rsid w:val="00CB1494"/>
+    <w:rsid w:val="00CC485F"/>
+    <w:rsid w:val="00CD0CBB"/>
+    <w:rsid w:val="00D11E5F"/>
+    <w:rsid w:val="00D1347A"/>
     <w:rsid w:val="00D1692A"/>
     <w:rsid w:val="00D37B52"/>
+    <w:rsid w:val="00D435E4"/>
     <w:rsid w:val="00D50DED"/>
     <w:rsid w:val="00D51E66"/>
     <w:rsid w:val="00D521EA"/>
+    <w:rsid w:val="00DA3C9E"/>
     <w:rsid w:val="00DB3490"/>
+    <w:rsid w:val="00DD0ACB"/>
     <w:rsid w:val="00DD6EFE"/>
+    <w:rsid w:val="00DE59C8"/>
+    <w:rsid w:val="00DF3C0A"/>
+    <w:rsid w:val="00E11D0B"/>
     <w:rsid w:val="00E25083"/>
+    <w:rsid w:val="00E30891"/>
+    <w:rsid w:val="00E40C2A"/>
     <w:rsid w:val="00E51FDC"/>
+    <w:rsid w:val="00E65F71"/>
+    <w:rsid w:val="00E72517"/>
+    <w:rsid w:val="00E801F9"/>
     <w:rsid w:val="00E81BEA"/>
+    <w:rsid w:val="00E851F1"/>
+    <w:rsid w:val="00E85B19"/>
+    <w:rsid w:val="00E8648A"/>
+    <w:rsid w:val="00E910BA"/>
     <w:rsid w:val="00EA4718"/>
+    <w:rsid w:val="00EB434B"/>
+    <w:rsid w:val="00EC3023"/>
+    <w:rsid w:val="00ED52F8"/>
+    <w:rsid w:val="00EE2257"/>
+    <w:rsid w:val="00EE59D9"/>
     <w:rsid w:val="00EF17A7"/>
+    <w:rsid w:val="00F32A81"/>
     <w:rsid w:val="00F37442"/>
+    <w:rsid w:val="00F4044D"/>
     <w:rsid w:val="00F56644"/>
     <w:rsid w:val="00F61642"/>
+    <w:rsid w:val="00F9705E"/>
     <w:rsid w:val="00FA06FF"/>
     <w:rsid w:val="00FB0907"/>
     <w:rsid w:val="00FB3441"/>
+    <w:rsid w:val="00FD1063"/>
+    <w:rsid w:val="00FD35DA"/>
+    <w:rsid w:val="00FD56CC"/>
+    <w:rsid w:val="00FD6ED4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="64B1139B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EE1FEA92-4D88-F84F-BBCF-EA2D07312B72}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1788,90 +2901,112 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C2DB8"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C2DB8"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Betoning">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD56CC"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Stark">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD56CC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="743339964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="895699900">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/200" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/200" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/200" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/200" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/200" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/200" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/200" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/200" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/200" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/202" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/202" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/202" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/202" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/202" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/202" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/202" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/202" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2129,55 +3264,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4039</Characters>
+  <Pages>3</Pages>
+  <Words>867</Words>
+  <Characters>5805</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>138</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4791</CharactersWithSpaces>
+  <CharactersWithSpaces>6622</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Douglas Sjöwall</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>