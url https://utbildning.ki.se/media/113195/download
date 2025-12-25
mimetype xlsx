--- v0 (2025-10-05)
+++ v1 (2025-12-25)
@@ -2,176 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bjlind\Dropbox\Dok\KI\teaching\fristående kurs\mine\schedule\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3868CB5A-5F89-4BBD-98E8-BF21552CCCBE}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C307DBD-ADDB-4FEE-81D5-50B4583A4ADD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="16480" windowHeight="8150" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="79">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Aktivitet</t>
   </si>
   <si>
     <t>Ämne</t>
   </si>
   <si>
-    <t>22/1</t>
-[...91 lines deleted...]
-  <si>
     <t>10.00–11.00</t>
   </si>
   <si>
     <t>11.00–12.00</t>
   </si>
   <si>
     <t>10.00–12.00</t>
   </si>
   <si>
     <t>13.00–16.00</t>
   </si>
   <si>
     <t>13.00–14.00</t>
   </si>
   <si>
     <t>Föreläsning</t>
   </si>
   <si>
     <t>Seminarium</t>
   </si>
   <si>
     <t>Inlämning</t>
   </si>
   <si>
     <t>Tentamen</t>
@@ -327,66 +234,50 @@
     <t>Vecka 19</t>
   </si>
   <si>
     <t>Vecka 20</t>
   </si>
   <si>
     <t>Vecka 21</t>
   </si>
   <si>
     <t>Vecka 22</t>
   </si>
   <si>
     <t>Vecka 23</t>
   </si>
   <si>
     <t>Obligatorisk</t>
   </si>
   <si>
     <t>Nej</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Lärare</t>
-  </si>
-[...14 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Obs! </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Obligatorisk närvaro</t>
     </r>
     <r>
@@ -396,50 +287,66 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> kräver ersättningsuppgift vid frånvaro (se Canvas)</t>
     </r>
   </si>
   <si>
     <t>Treveckorskontroll</t>
   </si>
   <si>
     <t>07.00- 23.59</t>
   </si>
   <si>
     <t>Treveckorskontrollen; en administrativ kontroll av vem som fortfarande går kursen.
  Gör ”quizet” (en ja/nej-fråga) i Canvas.</t>
   </si>
   <si>
     <t>Föreläsning (förinspelad)</t>
   </si>
   <si>
     <t>14.00–16.00</t>
   </si>
   <si>
     <t>Erik Andersson</t>
+  </si>
+  <si>
+    <r>
+      <t>Schema:</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="20"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Fortsättningskurs i psykologi, 15 hp VT 2026</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
@@ -516,243 +423,207 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -888,4119 +759,4106 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:ES62"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A31" workbookViewId="0">
-      <selection activeCell="D65" sqref="D65"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B63" sqref="B63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="3" max="3" width="15.81640625" customWidth="1"/>
     <col min="4" max="4" width="20.1796875" customWidth="1"/>
     <col min="5" max="5" width="17.453125" customWidth="1"/>
     <col min="6" max="6" width="61.26953125" customWidth="1"/>
     <col min="7" max="7" width="49.7265625" customWidth="1"/>
-    <col min="10" max="149" width="9.1796875" style="15"/>
+    <col min="10" max="149" width="9.1796875"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:149" ht="26" x14ac:dyDescent="0.6">
-      <c r="B1" s="10"/>
-[...22 lines deleted...]
-      <c r="G3" s="10"/>
+      <c r="D1" s="10" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="4" spans="1:149" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="E4" s="12" t="s">
-        <v>103</v>
+      <c r="E4" s="11" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:149" x14ac:dyDescent="0.35">
       <c r="A5" s="3" t="s">
-        <v>77</v>
+        <v>46</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>101</v>
+        <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
-      <c r="J6" s="15"/>
-[...138 lines deleted...]
-      <c r="ES6" s="15"/>
+      <c r="J6"/>
+      <c r="K6"/>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6"/>
+      <c r="O6"/>
+      <c r="P6"/>
+      <c r="Q6"/>
+      <c r="R6"/>
+      <c r="S6"/>
+      <c r="T6"/>
+      <c r="U6"/>
+      <c r="V6"/>
+      <c r="W6"/>
+      <c r="X6"/>
+      <c r="Y6"/>
+      <c r="Z6"/>
+      <c r="AA6"/>
+      <c r="AB6"/>
+      <c r="AC6"/>
+      <c r="AD6"/>
+      <c r="AE6"/>
+      <c r="AF6"/>
+      <c r="AG6"/>
+      <c r="AH6"/>
+      <c r="AI6"/>
+      <c r="AJ6"/>
+      <c r="AK6"/>
+      <c r="AL6"/>
+      <c r="AM6"/>
+      <c r="AN6"/>
+      <c r="AO6"/>
+      <c r="AP6"/>
+      <c r="AQ6"/>
+      <c r="AR6"/>
+      <c r="AS6"/>
+      <c r="AT6"/>
+      <c r="AU6"/>
+      <c r="AV6"/>
+      <c r="AW6"/>
+      <c r="AX6"/>
+      <c r="AY6"/>
+      <c r="AZ6"/>
+      <c r="BA6"/>
+      <c r="BB6"/>
+      <c r="BC6"/>
+      <c r="BD6"/>
+      <c r="BE6"/>
+      <c r="BF6"/>
+      <c r="BG6"/>
+      <c r="BH6"/>
+      <c r="BI6"/>
+      <c r="BJ6"/>
+      <c r="BK6"/>
+      <c r="BL6"/>
+      <c r="BM6"/>
+      <c r="BN6"/>
+      <c r="BO6"/>
+      <c r="BP6"/>
+      <c r="BQ6"/>
+      <c r="BR6"/>
+      <c r="BS6"/>
+      <c r="BT6"/>
+      <c r="BU6"/>
+      <c r="BV6"/>
+      <c r="BW6"/>
+      <c r="BX6"/>
+      <c r="BY6"/>
+      <c r="BZ6"/>
+      <c r="CA6"/>
+      <c r="CB6"/>
+      <c r="CC6"/>
+      <c r="CD6"/>
+      <c r="CE6"/>
+      <c r="CF6"/>
+      <c r="CG6"/>
+      <c r="CH6"/>
+      <c r="CI6"/>
+      <c r="CJ6"/>
+      <c r="CK6"/>
+      <c r="CL6"/>
+      <c r="CM6"/>
+      <c r="CN6"/>
+      <c r="CO6"/>
+      <c r="CP6"/>
+      <c r="CQ6"/>
+      <c r="CR6"/>
+      <c r="CS6"/>
+      <c r="CT6"/>
+      <c r="CU6"/>
+      <c r="CV6"/>
+      <c r="CW6"/>
+      <c r="CX6"/>
+      <c r="CY6"/>
+      <c r="CZ6"/>
+      <c r="DA6"/>
+      <c r="DB6"/>
+      <c r="DC6"/>
+      <c r="DD6"/>
+      <c r="DE6"/>
+      <c r="DF6"/>
+      <c r="DG6"/>
+      <c r="DH6"/>
+      <c r="DI6"/>
+      <c r="DJ6"/>
+      <c r="DK6"/>
+      <c r="DL6"/>
+      <c r="DM6"/>
+      <c r="DN6"/>
+      <c r="DO6"/>
+      <c r="DP6"/>
+      <c r="DQ6"/>
+      <c r="DR6"/>
+      <c r="DS6"/>
+      <c r="DT6"/>
+      <c r="DU6"/>
+      <c r="DV6"/>
+      <c r="DW6"/>
+      <c r="DX6"/>
+      <c r="DY6"/>
+      <c r="DZ6"/>
+      <c r="EA6"/>
+      <c r="EB6"/>
+      <c r="EC6"/>
+      <c r="ED6"/>
+      <c r="EE6"/>
+      <c r="EF6"/>
+      <c r="EG6"/>
+      <c r="EH6"/>
+      <c r="EI6"/>
+      <c r="EJ6"/>
+      <c r="EK6"/>
+      <c r="EL6"/>
+      <c r="EM6"/>
+      <c r="EN6"/>
+      <c r="EO6"/>
+      <c r="EP6"/>
+      <c r="EQ6"/>
+      <c r="ER6"/>
+      <c r="ES6"/>
     </row>
     <row r="7" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B7" t="s">
+      <c r="B7" s="14">
+        <v>46041</v>
+      </c>
+      <c r="C7" t="s">
         <v>4</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" s="7" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="E7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="G7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B8" s="14">
+        <v>46041</v>
+      </c>
+      <c r="C8" t="s">
+        <v>5</v>
+      </c>
+      <c r="D8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" t="s">
+        <v>68</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="H7" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="G8" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="H8" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
-        <v>79</v>
+        <v>48</v>
       </c>
       <c r="F9" s="6"/>
-      <c r="J9" s="15"/>
-[...138 lines deleted...]
-      <c r="ES9" s="15"/>
+      <c r="J9"/>
+      <c r="K9"/>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9"/>
+      <c r="O9"/>
+      <c r="P9"/>
+      <c r="Q9"/>
+      <c r="R9"/>
+      <c r="S9"/>
+      <c r="T9"/>
+      <c r="U9"/>
+      <c r="V9"/>
+      <c r="W9"/>
+      <c r="X9"/>
+      <c r="Y9"/>
+      <c r="Z9"/>
+      <c r="AA9"/>
+      <c r="AB9"/>
+      <c r="AC9"/>
+      <c r="AD9"/>
+      <c r="AE9"/>
+      <c r="AF9"/>
+      <c r="AG9"/>
+      <c r="AH9"/>
+      <c r="AI9"/>
+      <c r="AJ9"/>
+      <c r="AK9"/>
+      <c r="AL9"/>
+      <c r="AM9"/>
+      <c r="AN9"/>
+      <c r="AO9"/>
+      <c r="AP9"/>
+      <c r="AQ9"/>
+      <c r="AR9"/>
+      <c r="AS9"/>
+      <c r="AT9"/>
+      <c r="AU9"/>
+      <c r="AV9"/>
+      <c r="AW9"/>
+      <c r="AX9"/>
+      <c r="AY9"/>
+      <c r="AZ9"/>
+      <c r="BA9"/>
+      <c r="BB9"/>
+      <c r="BC9"/>
+      <c r="BD9"/>
+      <c r="BE9"/>
+      <c r="BF9"/>
+      <c r="BG9"/>
+      <c r="BH9"/>
+      <c r="BI9"/>
+      <c r="BJ9"/>
+      <c r="BK9"/>
+      <c r="BL9"/>
+      <c r="BM9"/>
+      <c r="BN9"/>
+      <c r="BO9"/>
+      <c r="BP9"/>
+      <c r="BQ9"/>
+      <c r="BR9"/>
+      <c r="BS9"/>
+      <c r="BT9"/>
+      <c r="BU9"/>
+      <c r="BV9"/>
+      <c r="BW9"/>
+      <c r="BX9"/>
+      <c r="BY9"/>
+      <c r="BZ9"/>
+      <c r="CA9"/>
+      <c r="CB9"/>
+      <c r="CC9"/>
+      <c r="CD9"/>
+      <c r="CE9"/>
+      <c r="CF9"/>
+      <c r="CG9"/>
+      <c r="CH9"/>
+      <c r="CI9"/>
+      <c r="CJ9"/>
+      <c r="CK9"/>
+      <c r="CL9"/>
+      <c r="CM9"/>
+      <c r="CN9"/>
+      <c r="CO9"/>
+      <c r="CP9"/>
+      <c r="CQ9"/>
+      <c r="CR9"/>
+      <c r="CS9"/>
+      <c r="CT9"/>
+      <c r="CU9"/>
+      <c r="CV9"/>
+      <c r="CW9"/>
+      <c r="CX9"/>
+      <c r="CY9"/>
+      <c r="CZ9"/>
+      <c r="DA9"/>
+      <c r="DB9"/>
+      <c r="DC9"/>
+      <c r="DD9"/>
+      <c r="DE9"/>
+      <c r="DF9"/>
+      <c r="DG9"/>
+      <c r="DH9"/>
+      <c r="DI9"/>
+      <c r="DJ9"/>
+      <c r="DK9"/>
+      <c r="DL9"/>
+      <c r="DM9"/>
+      <c r="DN9"/>
+      <c r="DO9"/>
+      <c r="DP9"/>
+      <c r="DQ9"/>
+      <c r="DR9"/>
+      <c r="DS9"/>
+      <c r="DT9"/>
+      <c r="DU9"/>
+      <c r="DV9"/>
+      <c r="DW9"/>
+      <c r="DX9"/>
+      <c r="DY9"/>
+      <c r="DZ9"/>
+      <c r="EA9"/>
+      <c r="EB9"/>
+      <c r="EC9"/>
+      <c r="ED9"/>
+      <c r="EE9"/>
+      <c r="EF9"/>
+      <c r="EG9"/>
+      <c r="EH9"/>
+      <c r="EI9"/>
+      <c r="EJ9"/>
+      <c r="EK9"/>
+      <c r="EL9"/>
+      <c r="EM9"/>
+      <c r="EN9"/>
+      <c r="EO9"/>
+      <c r="EP9"/>
+      <c r="EQ9"/>
+      <c r="ER9"/>
+      <c r="ES9"/>
     </row>
     <row r="10" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B10" t="s">
-        <v>5</v>
+      <c r="B10" s="14">
+        <v>46048</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" t="s">
         <v>40</v>
       </c>
-      <c r="E10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H10" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="F11" s="6"/>
-      <c r="J11" s="15"/>
-[...138 lines deleted...]
-      <c r="ES11" s="15"/>
+      <c r="J11"/>
+      <c r="K11"/>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11"/>
+      <c r="O11"/>
+      <c r="P11"/>
+      <c r="Q11"/>
+      <c r="R11"/>
+      <c r="S11"/>
+      <c r="T11"/>
+      <c r="U11"/>
+      <c r="V11"/>
+      <c r="W11"/>
+      <c r="X11"/>
+      <c r="Y11"/>
+      <c r="Z11"/>
+      <c r="AA11"/>
+      <c r="AB11"/>
+      <c r="AC11"/>
+      <c r="AD11"/>
+      <c r="AE11"/>
+      <c r="AF11"/>
+      <c r="AG11"/>
+      <c r="AH11"/>
+      <c r="AI11"/>
+      <c r="AJ11"/>
+      <c r="AK11"/>
+      <c r="AL11"/>
+      <c r="AM11"/>
+      <c r="AN11"/>
+      <c r="AO11"/>
+      <c r="AP11"/>
+      <c r="AQ11"/>
+      <c r="AR11"/>
+      <c r="AS11"/>
+      <c r="AT11"/>
+      <c r="AU11"/>
+      <c r="AV11"/>
+      <c r="AW11"/>
+      <c r="AX11"/>
+      <c r="AY11"/>
+      <c r="AZ11"/>
+      <c r="BA11"/>
+      <c r="BB11"/>
+      <c r="BC11"/>
+      <c r="BD11"/>
+      <c r="BE11"/>
+      <c r="BF11"/>
+      <c r="BG11"/>
+      <c r="BH11"/>
+      <c r="BI11"/>
+      <c r="BJ11"/>
+      <c r="BK11"/>
+      <c r="BL11"/>
+      <c r="BM11"/>
+      <c r="BN11"/>
+      <c r="BO11"/>
+      <c r="BP11"/>
+      <c r="BQ11"/>
+      <c r="BR11"/>
+      <c r="BS11"/>
+      <c r="BT11"/>
+      <c r="BU11"/>
+      <c r="BV11"/>
+      <c r="BW11"/>
+      <c r="BX11"/>
+      <c r="BY11"/>
+      <c r="BZ11"/>
+      <c r="CA11"/>
+      <c r="CB11"/>
+      <c r="CC11"/>
+      <c r="CD11"/>
+      <c r="CE11"/>
+      <c r="CF11"/>
+      <c r="CG11"/>
+      <c r="CH11"/>
+      <c r="CI11"/>
+      <c r="CJ11"/>
+      <c r="CK11"/>
+      <c r="CL11"/>
+      <c r="CM11"/>
+      <c r="CN11"/>
+      <c r="CO11"/>
+      <c r="CP11"/>
+      <c r="CQ11"/>
+      <c r="CR11"/>
+      <c r="CS11"/>
+      <c r="CT11"/>
+      <c r="CU11"/>
+      <c r="CV11"/>
+      <c r="CW11"/>
+      <c r="CX11"/>
+      <c r="CY11"/>
+      <c r="CZ11"/>
+      <c r="DA11"/>
+      <c r="DB11"/>
+      <c r="DC11"/>
+      <c r="DD11"/>
+      <c r="DE11"/>
+      <c r="DF11"/>
+      <c r="DG11"/>
+      <c r="DH11"/>
+      <c r="DI11"/>
+      <c r="DJ11"/>
+      <c r="DK11"/>
+      <c r="DL11"/>
+      <c r="DM11"/>
+      <c r="DN11"/>
+      <c r="DO11"/>
+      <c r="DP11"/>
+      <c r="DQ11"/>
+      <c r="DR11"/>
+      <c r="DS11"/>
+      <c r="DT11"/>
+      <c r="DU11"/>
+      <c r="DV11"/>
+      <c r="DW11"/>
+      <c r="DX11"/>
+      <c r="DY11"/>
+      <c r="DZ11"/>
+      <c r="EA11"/>
+      <c r="EB11"/>
+      <c r="EC11"/>
+      <c r="ED11"/>
+      <c r="EE11"/>
+      <c r="EF11"/>
+      <c r="EG11"/>
+      <c r="EH11"/>
+      <c r="EI11"/>
+      <c r="EJ11"/>
+      <c r="EK11"/>
+      <c r="EL11"/>
+      <c r="EM11"/>
+      <c r="EN11"/>
+      <c r="EO11"/>
+      <c r="EP11"/>
+      <c r="EQ11"/>
+      <c r="ER11"/>
+      <c r="ES11"/>
     </row>
     <row r="12" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B12" t="s">
+      <c r="B12" s="14">
+        <v>46055</v>
+      </c>
+      <c r="C12" t="s">
         <v>6</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12" t="s">
         <v>40</v>
       </c>
-      <c r="E12" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="2" t="s">
+      <c r="H12" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="13" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B13" s="14">
+        <v>46057</v>
+      </c>
+      <c r="C13" t="s">
+        <v>6</v>
+      </c>
+      <c r="D13" t="s">
         <v>75</v>
       </c>
-      <c r="G12" t="s">
-[...13 lines deleted...]
-      <c r="D13" t="s">
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
         <v>40</v>
       </c>
-      <c r="E13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H13" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="F14" s="6"/>
-      <c r="J14" s="15"/>
-[...138 lines deleted...]
-      <c r="ES14" s="15"/>
+      <c r="J14"/>
+      <c r="K14"/>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14"/>
+      <c r="O14"/>
+      <c r="P14"/>
+      <c r="Q14"/>
+      <c r="R14"/>
+      <c r="S14"/>
+      <c r="T14"/>
+      <c r="U14"/>
+      <c r="V14"/>
+      <c r="W14"/>
+      <c r="X14"/>
+      <c r="Y14"/>
+      <c r="Z14"/>
+      <c r="AA14"/>
+      <c r="AB14"/>
+      <c r="AC14"/>
+      <c r="AD14"/>
+      <c r="AE14"/>
+      <c r="AF14"/>
+      <c r="AG14"/>
+      <c r="AH14"/>
+      <c r="AI14"/>
+      <c r="AJ14"/>
+      <c r="AK14"/>
+      <c r="AL14"/>
+      <c r="AM14"/>
+      <c r="AN14"/>
+      <c r="AO14"/>
+      <c r="AP14"/>
+      <c r="AQ14"/>
+      <c r="AR14"/>
+      <c r="AS14"/>
+      <c r="AT14"/>
+      <c r="AU14"/>
+      <c r="AV14"/>
+      <c r="AW14"/>
+      <c r="AX14"/>
+      <c r="AY14"/>
+      <c r="AZ14"/>
+      <c r="BA14"/>
+      <c r="BB14"/>
+      <c r="BC14"/>
+      <c r="BD14"/>
+      <c r="BE14"/>
+      <c r="BF14"/>
+      <c r="BG14"/>
+      <c r="BH14"/>
+      <c r="BI14"/>
+      <c r="BJ14"/>
+      <c r="BK14"/>
+      <c r="BL14"/>
+      <c r="BM14"/>
+      <c r="BN14"/>
+      <c r="BO14"/>
+      <c r="BP14"/>
+      <c r="BQ14"/>
+      <c r="BR14"/>
+      <c r="BS14"/>
+      <c r="BT14"/>
+      <c r="BU14"/>
+      <c r="BV14"/>
+      <c r="BW14"/>
+      <c r="BX14"/>
+      <c r="BY14"/>
+      <c r="BZ14"/>
+      <c r="CA14"/>
+      <c r="CB14"/>
+      <c r="CC14"/>
+      <c r="CD14"/>
+      <c r="CE14"/>
+      <c r="CF14"/>
+      <c r="CG14"/>
+      <c r="CH14"/>
+      <c r="CI14"/>
+      <c r="CJ14"/>
+      <c r="CK14"/>
+      <c r="CL14"/>
+      <c r="CM14"/>
+      <c r="CN14"/>
+      <c r="CO14"/>
+      <c r="CP14"/>
+      <c r="CQ14"/>
+      <c r="CR14"/>
+      <c r="CS14"/>
+      <c r="CT14"/>
+      <c r="CU14"/>
+      <c r="CV14"/>
+      <c r="CW14"/>
+      <c r="CX14"/>
+      <c r="CY14"/>
+      <c r="CZ14"/>
+      <c r="DA14"/>
+      <c r="DB14"/>
+      <c r="DC14"/>
+      <c r="DD14"/>
+      <c r="DE14"/>
+      <c r="DF14"/>
+      <c r="DG14"/>
+      <c r="DH14"/>
+      <c r="DI14"/>
+      <c r="DJ14"/>
+      <c r="DK14"/>
+      <c r="DL14"/>
+      <c r="DM14"/>
+      <c r="DN14"/>
+      <c r="DO14"/>
+      <c r="DP14"/>
+      <c r="DQ14"/>
+      <c r="DR14"/>
+      <c r="DS14"/>
+      <c r="DT14"/>
+      <c r="DU14"/>
+      <c r="DV14"/>
+      <c r="DW14"/>
+      <c r="DX14"/>
+      <c r="DY14"/>
+      <c r="DZ14"/>
+      <c r="EA14"/>
+      <c r="EB14"/>
+      <c r="EC14"/>
+      <c r="ED14"/>
+      <c r="EE14"/>
+      <c r="EF14"/>
+      <c r="EG14"/>
+      <c r="EH14"/>
+      <c r="EI14"/>
+      <c r="EJ14"/>
+      <c r="EK14"/>
+      <c r="EL14"/>
+      <c r="EM14"/>
+      <c r="EN14"/>
+      <c r="EO14"/>
+      <c r="EP14"/>
+      <c r="EQ14"/>
+      <c r="ER14"/>
+      <c r="ES14"/>
     </row>
     <row r="15" spans="1:149" s="7" customFormat="1" ht="47.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" t="s">
-        <v>8</v>
+      <c r="B15" s="14">
+        <v>46062</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>105</v>
+        <v>73</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>104</v>
+        <v>72</v>
       </c>
       <c r="E15" s="8" t="s">
-        <v>100</v>
-[...143 lines deleted...]
-      <c r="ES15" s="15"/>
+        <v>69</v>
+      </c>
+      <c r="F15" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="J15"/>
+      <c r="K15"/>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15"/>
+      <c r="O15"/>
+      <c r="P15"/>
+      <c r="Q15"/>
+      <c r="R15"/>
+      <c r="S15"/>
+      <c r="T15"/>
+      <c r="U15"/>
+      <c r="V15"/>
+      <c r="W15"/>
+      <c r="X15"/>
+      <c r="Y15"/>
+      <c r="Z15"/>
+      <c r="AA15"/>
+      <c r="AB15"/>
+      <c r="AC15"/>
+      <c r="AD15"/>
+      <c r="AE15"/>
+      <c r="AF15"/>
+      <c r="AG15"/>
+      <c r="AH15"/>
+      <c r="AI15"/>
+      <c r="AJ15"/>
+      <c r="AK15"/>
+      <c r="AL15"/>
+      <c r="AM15"/>
+      <c r="AN15"/>
+      <c r="AO15"/>
+      <c r="AP15"/>
+      <c r="AQ15"/>
+      <c r="AR15"/>
+      <c r="AS15"/>
+      <c r="AT15"/>
+      <c r="AU15"/>
+      <c r="AV15"/>
+      <c r="AW15"/>
+      <c r="AX15"/>
+      <c r="AY15"/>
+      <c r="AZ15"/>
+      <c r="BA15"/>
+      <c r="BB15"/>
+      <c r="BC15"/>
+      <c r="BD15"/>
+      <c r="BE15"/>
+      <c r="BF15"/>
+      <c r="BG15"/>
+      <c r="BH15"/>
+      <c r="BI15"/>
+      <c r="BJ15"/>
+      <c r="BK15"/>
+      <c r="BL15"/>
+      <c r="BM15"/>
+      <c r="BN15"/>
+      <c r="BO15"/>
+      <c r="BP15"/>
+      <c r="BQ15"/>
+      <c r="BR15"/>
+      <c r="BS15"/>
+      <c r="BT15"/>
+      <c r="BU15"/>
+      <c r="BV15"/>
+      <c r="BW15"/>
+      <c r="BX15"/>
+      <c r="BY15"/>
+      <c r="BZ15"/>
+      <c r="CA15"/>
+      <c r="CB15"/>
+      <c r="CC15"/>
+      <c r="CD15"/>
+      <c r="CE15"/>
+      <c r="CF15"/>
+      <c r="CG15"/>
+      <c r="CH15"/>
+      <c r="CI15"/>
+      <c r="CJ15"/>
+      <c r="CK15"/>
+      <c r="CL15"/>
+      <c r="CM15"/>
+      <c r="CN15"/>
+      <c r="CO15"/>
+      <c r="CP15"/>
+      <c r="CQ15"/>
+      <c r="CR15"/>
+      <c r="CS15"/>
+      <c r="CT15"/>
+      <c r="CU15"/>
+      <c r="CV15"/>
+      <c r="CW15"/>
+      <c r="CX15"/>
+      <c r="CY15"/>
+      <c r="CZ15"/>
+      <c r="DA15"/>
+      <c r="DB15"/>
+      <c r="DC15"/>
+      <c r="DD15"/>
+      <c r="DE15"/>
+      <c r="DF15"/>
+      <c r="DG15"/>
+      <c r="DH15"/>
+      <c r="DI15"/>
+      <c r="DJ15"/>
+      <c r="DK15"/>
+      <c r="DL15"/>
+      <c r="DM15"/>
+      <c r="DN15"/>
+      <c r="DO15"/>
+      <c r="DP15"/>
+      <c r="DQ15"/>
+      <c r="DR15"/>
+      <c r="DS15"/>
+      <c r="DT15"/>
+      <c r="DU15"/>
+      <c r="DV15"/>
+      <c r="DW15"/>
+      <c r="DX15"/>
+      <c r="DY15"/>
+      <c r="DZ15"/>
+      <c r="EA15"/>
+      <c r="EB15"/>
+      <c r="EC15"/>
+      <c r="ED15"/>
+      <c r="EE15"/>
+      <c r="EF15"/>
+      <c r="EG15"/>
+      <c r="EH15"/>
+      <c r="EI15"/>
+      <c r="EJ15"/>
+      <c r="EK15"/>
+      <c r="EL15"/>
+      <c r="EM15"/>
+      <c r="EN15"/>
+      <c r="EO15"/>
+      <c r="EP15"/>
+      <c r="EQ15"/>
+      <c r="ER15"/>
+      <c r="ES15"/>
     </row>
     <row r="16" spans="1:149" s="7" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="F16" s="13"/>
-[...139 lines deleted...]
-      <c r="ES16" s="15"/>
+      <c r="F16" s="12"/>
+      <c r="J16"/>
+      <c r="K16"/>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16"/>
+      <c r="O16"/>
+      <c r="P16"/>
+      <c r="Q16"/>
+      <c r="R16"/>
+      <c r="S16"/>
+      <c r="T16"/>
+      <c r="U16"/>
+      <c r="V16"/>
+      <c r="W16"/>
+      <c r="X16"/>
+      <c r="Y16"/>
+      <c r="Z16"/>
+      <c r="AA16"/>
+      <c r="AB16"/>
+      <c r="AC16"/>
+      <c r="AD16"/>
+      <c r="AE16"/>
+      <c r="AF16"/>
+      <c r="AG16"/>
+      <c r="AH16"/>
+      <c r="AI16"/>
+      <c r="AJ16"/>
+      <c r="AK16"/>
+      <c r="AL16"/>
+      <c r="AM16"/>
+      <c r="AN16"/>
+      <c r="AO16"/>
+      <c r="AP16"/>
+      <c r="AQ16"/>
+      <c r="AR16"/>
+      <c r="AS16"/>
+      <c r="AT16"/>
+      <c r="AU16"/>
+      <c r="AV16"/>
+      <c r="AW16"/>
+      <c r="AX16"/>
+      <c r="AY16"/>
+      <c r="AZ16"/>
+      <c r="BA16"/>
+      <c r="BB16"/>
+      <c r="BC16"/>
+      <c r="BD16"/>
+      <c r="BE16"/>
+      <c r="BF16"/>
+      <c r="BG16"/>
+      <c r="BH16"/>
+      <c r="BI16"/>
+      <c r="BJ16"/>
+      <c r="BK16"/>
+      <c r="BL16"/>
+      <c r="BM16"/>
+      <c r="BN16"/>
+      <c r="BO16"/>
+      <c r="BP16"/>
+      <c r="BQ16"/>
+      <c r="BR16"/>
+      <c r="BS16"/>
+      <c r="BT16"/>
+      <c r="BU16"/>
+      <c r="BV16"/>
+      <c r="BW16"/>
+      <c r="BX16"/>
+      <c r="BY16"/>
+      <c r="BZ16"/>
+      <c r="CA16"/>
+      <c r="CB16"/>
+      <c r="CC16"/>
+      <c r="CD16"/>
+      <c r="CE16"/>
+      <c r="CF16"/>
+      <c r="CG16"/>
+      <c r="CH16"/>
+      <c r="CI16"/>
+      <c r="CJ16"/>
+      <c r="CK16"/>
+      <c r="CL16"/>
+      <c r="CM16"/>
+      <c r="CN16"/>
+      <c r="CO16"/>
+      <c r="CP16"/>
+      <c r="CQ16"/>
+      <c r="CR16"/>
+      <c r="CS16"/>
+      <c r="CT16"/>
+      <c r="CU16"/>
+      <c r="CV16"/>
+      <c r="CW16"/>
+      <c r="CX16"/>
+      <c r="CY16"/>
+      <c r="CZ16"/>
+      <c r="DA16"/>
+      <c r="DB16"/>
+      <c r="DC16"/>
+      <c r="DD16"/>
+      <c r="DE16"/>
+      <c r="DF16"/>
+      <c r="DG16"/>
+      <c r="DH16"/>
+      <c r="DI16"/>
+      <c r="DJ16"/>
+      <c r="DK16"/>
+      <c r="DL16"/>
+      <c r="DM16"/>
+      <c r="DN16"/>
+      <c r="DO16"/>
+      <c r="DP16"/>
+      <c r="DQ16"/>
+      <c r="DR16"/>
+      <c r="DS16"/>
+      <c r="DT16"/>
+      <c r="DU16"/>
+      <c r="DV16"/>
+      <c r="DW16"/>
+      <c r="DX16"/>
+      <c r="DY16"/>
+      <c r="DZ16"/>
+      <c r="EA16"/>
+      <c r="EB16"/>
+      <c r="EC16"/>
+      <c r="ED16"/>
+      <c r="EE16"/>
+      <c r="EF16"/>
+      <c r="EG16"/>
+      <c r="EH16"/>
+      <c r="EI16"/>
+      <c r="EJ16"/>
+      <c r="EK16"/>
+      <c r="EL16"/>
+      <c r="EM16"/>
+      <c r="EN16"/>
+      <c r="EO16"/>
+      <c r="EP16"/>
+      <c r="EQ16"/>
+      <c r="ER16"/>
+      <c r="ES16"/>
     </row>
     <row r="17" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B17" t="s">
-        <v>8</v>
+      <c r="B17" s="14">
+        <v>46065</v>
       </c>
       <c r="C17" t="s">
+        <v>6</v>
+      </c>
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17" t="s">
+        <v>40</v>
+      </c>
+      <c r="H17" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="18" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B18" s="14">
+        <v>46066</v>
+      </c>
+      <c r="C18" t="s">
         <v>37</v>
       </c>
-      <c r="D17" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="D18" s="3" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E18" s="9"/>
       <c r="F18" s="2" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="G18" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="F19" s="6"/>
-      <c r="J19" s="15"/>
-[...138 lines deleted...]
-      <c r="ES19" s="15"/>
+      <c r="J19"/>
+      <c r="K19"/>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19"/>
+      <c r="O19"/>
+      <c r="P19"/>
+      <c r="Q19"/>
+      <c r="R19"/>
+      <c r="S19"/>
+      <c r="T19"/>
+      <c r="U19"/>
+      <c r="V19"/>
+      <c r="W19"/>
+      <c r="X19"/>
+      <c r="Y19"/>
+      <c r="Z19"/>
+      <c r="AA19"/>
+      <c r="AB19"/>
+      <c r="AC19"/>
+      <c r="AD19"/>
+      <c r="AE19"/>
+      <c r="AF19"/>
+      <c r="AG19"/>
+      <c r="AH19"/>
+      <c r="AI19"/>
+      <c r="AJ19"/>
+      <c r="AK19"/>
+      <c r="AL19"/>
+      <c r="AM19"/>
+      <c r="AN19"/>
+      <c r="AO19"/>
+      <c r="AP19"/>
+      <c r="AQ19"/>
+      <c r="AR19"/>
+      <c r="AS19"/>
+      <c r="AT19"/>
+      <c r="AU19"/>
+      <c r="AV19"/>
+      <c r="AW19"/>
+      <c r="AX19"/>
+      <c r="AY19"/>
+      <c r="AZ19"/>
+      <c r="BA19"/>
+      <c r="BB19"/>
+      <c r="BC19"/>
+      <c r="BD19"/>
+      <c r="BE19"/>
+      <c r="BF19"/>
+      <c r="BG19"/>
+      <c r="BH19"/>
+      <c r="BI19"/>
+      <c r="BJ19"/>
+      <c r="BK19"/>
+      <c r="BL19"/>
+      <c r="BM19"/>
+      <c r="BN19"/>
+      <c r="BO19"/>
+      <c r="BP19"/>
+      <c r="BQ19"/>
+      <c r="BR19"/>
+      <c r="BS19"/>
+      <c r="BT19"/>
+      <c r="BU19"/>
+      <c r="BV19"/>
+      <c r="BW19"/>
+      <c r="BX19"/>
+      <c r="BY19"/>
+      <c r="BZ19"/>
+      <c r="CA19"/>
+      <c r="CB19"/>
+      <c r="CC19"/>
+      <c r="CD19"/>
+      <c r="CE19"/>
+      <c r="CF19"/>
+      <c r="CG19"/>
+      <c r="CH19"/>
+      <c r="CI19"/>
+      <c r="CJ19"/>
+      <c r="CK19"/>
+      <c r="CL19"/>
+      <c r="CM19"/>
+      <c r="CN19"/>
+      <c r="CO19"/>
+      <c r="CP19"/>
+      <c r="CQ19"/>
+      <c r="CR19"/>
+      <c r="CS19"/>
+      <c r="CT19"/>
+      <c r="CU19"/>
+      <c r="CV19"/>
+      <c r="CW19"/>
+      <c r="CX19"/>
+      <c r="CY19"/>
+      <c r="CZ19"/>
+      <c r="DA19"/>
+      <c r="DB19"/>
+      <c r="DC19"/>
+      <c r="DD19"/>
+      <c r="DE19"/>
+      <c r="DF19"/>
+      <c r="DG19"/>
+      <c r="DH19"/>
+      <c r="DI19"/>
+      <c r="DJ19"/>
+      <c r="DK19"/>
+      <c r="DL19"/>
+      <c r="DM19"/>
+      <c r="DN19"/>
+      <c r="DO19"/>
+      <c r="DP19"/>
+      <c r="DQ19"/>
+      <c r="DR19"/>
+      <c r="DS19"/>
+      <c r="DT19"/>
+      <c r="DU19"/>
+      <c r="DV19"/>
+      <c r="DW19"/>
+      <c r="DX19"/>
+      <c r="DY19"/>
+      <c r="DZ19"/>
+      <c r="EA19"/>
+      <c r="EB19"/>
+      <c r="EC19"/>
+      <c r="ED19"/>
+      <c r="EE19"/>
+      <c r="EF19"/>
+      <c r="EG19"/>
+      <c r="EH19"/>
+      <c r="EI19"/>
+      <c r="EJ19"/>
+      <c r="EK19"/>
+      <c r="EL19"/>
+      <c r="EM19"/>
+      <c r="EN19"/>
+      <c r="EO19"/>
+      <c r="EP19"/>
+      <c r="EQ19"/>
+      <c r="ER19"/>
+      <c r="ES19"/>
     </row>
     <row r="20" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B20" t="s">
-        <v>10</v>
+      <c r="B20" s="14">
+        <v>46069</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="D20" t="s">
-        <v>107</v>
+        <v>75</v>
       </c>
       <c r="E20" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="21" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B21" s="14">
+        <v>46070</v>
+      </c>
+      <c r="C21" t="s">
+        <v>5</v>
+      </c>
+      <c r="D21" t="s">
+        <v>75</v>
+      </c>
+      <c r="E21" t="s">
+        <v>68</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="H20" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="G21" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B22" t="s">
-        <v>11</v>
+      <c r="B22" s="14">
+        <v>45706</v>
       </c>
       <c r="C22" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="D22" t="s">
-        <v>107</v>
+        <v>75</v>
       </c>
       <c r="E22" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="G22" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="H22" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B23" t="s">
-        <v>12</v>
+      <c r="B23" s="14">
+        <v>46073</v>
       </c>
       <c r="C23" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="D23" t="s">
-        <v>107</v>
+        <v>75</v>
       </c>
       <c r="E23" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="G23" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="H23" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4" t="s">
-        <v>83</v>
+        <v>52</v>
       </c>
       <c r="F24" s="6"/>
-      <c r="J24" s="15"/>
-[...138 lines deleted...]
-      <c r="ES24" s="15"/>
+      <c r="J24"/>
+      <c r="K24"/>
+      <c r="L24"/>
+      <c r="M24"/>
+      <c r="N24"/>
+      <c r="O24"/>
+      <c r="P24"/>
+      <c r="Q24"/>
+      <c r="R24"/>
+      <c r="S24"/>
+      <c r="T24"/>
+      <c r="U24"/>
+      <c r="V24"/>
+      <c r="W24"/>
+      <c r="X24"/>
+      <c r="Y24"/>
+      <c r="Z24"/>
+      <c r="AA24"/>
+      <c r="AB24"/>
+      <c r="AC24"/>
+      <c r="AD24"/>
+      <c r="AE24"/>
+      <c r="AF24"/>
+      <c r="AG24"/>
+      <c r="AH24"/>
+      <c r="AI24"/>
+      <c r="AJ24"/>
+      <c r="AK24"/>
+      <c r="AL24"/>
+      <c r="AM24"/>
+      <c r="AN24"/>
+      <c r="AO24"/>
+      <c r="AP24"/>
+      <c r="AQ24"/>
+      <c r="AR24"/>
+      <c r="AS24"/>
+      <c r="AT24"/>
+      <c r="AU24"/>
+      <c r="AV24"/>
+      <c r="AW24"/>
+      <c r="AX24"/>
+      <c r="AY24"/>
+      <c r="AZ24"/>
+      <c r="BA24"/>
+      <c r="BB24"/>
+      <c r="BC24"/>
+      <c r="BD24"/>
+      <c r="BE24"/>
+      <c r="BF24"/>
+      <c r="BG24"/>
+      <c r="BH24"/>
+      <c r="BI24"/>
+      <c r="BJ24"/>
+      <c r="BK24"/>
+      <c r="BL24"/>
+      <c r="BM24"/>
+      <c r="BN24"/>
+      <c r="BO24"/>
+      <c r="BP24"/>
+      <c r="BQ24"/>
+      <c r="BR24"/>
+      <c r="BS24"/>
+      <c r="BT24"/>
+      <c r="BU24"/>
+      <c r="BV24"/>
+      <c r="BW24"/>
+      <c r="BX24"/>
+      <c r="BY24"/>
+      <c r="BZ24"/>
+      <c r="CA24"/>
+      <c r="CB24"/>
+      <c r="CC24"/>
+      <c r="CD24"/>
+      <c r="CE24"/>
+      <c r="CF24"/>
+      <c r="CG24"/>
+      <c r="CH24"/>
+      <c r="CI24"/>
+      <c r="CJ24"/>
+      <c r="CK24"/>
+      <c r="CL24"/>
+      <c r="CM24"/>
+      <c r="CN24"/>
+      <c r="CO24"/>
+      <c r="CP24"/>
+      <c r="CQ24"/>
+      <c r="CR24"/>
+      <c r="CS24"/>
+      <c r="CT24"/>
+      <c r="CU24"/>
+      <c r="CV24"/>
+      <c r="CW24"/>
+      <c r="CX24"/>
+      <c r="CY24"/>
+      <c r="CZ24"/>
+      <c r="DA24"/>
+      <c r="DB24"/>
+      <c r="DC24"/>
+      <c r="DD24"/>
+      <c r="DE24"/>
+      <c r="DF24"/>
+      <c r="DG24"/>
+      <c r="DH24"/>
+      <c r="DI24"/>
+      <c r="DJ24"/>
+      <c r="DK24"/>
+      <c r="DL24"/>
+      <c r="DM24"/>
+      <c r="DN24"/>
+      <c r="DO24"/>
+      <c r="DP24"/>
+      <c r="DQ24"/>
+      <c r="DR24"/>
+      <c r="DS24"/>
+      <c r="DT24"/>
+      <c r="DU24"/>
+      <c r="DV24"/>
+      <c r="DW24"/>
+      <c r="DX24"/>
+      <c r="DY24"/>
+      <c r="DZ24"/>
+      <c r="EA24"/>
+      <c r="EB24"/>
+      <c r="EC24"/>
+      <c r="ED24"/>
+      <c r="EE24"/>
+      <c r="EF24"/>
+      <c r="EG24"/>
+      <c r="EH24"/>
+      <c r="EI24"/>
+      <c r="EJ24"/>
+      <c r="EK24"/>
+      <c r="EL24"/>
+      <c r="EM24"/>
+      <c r="EN24"/>
+      <c r="EO24"/>
+      <c r="EP24"/>
+      <c r="EQ24"/>
+      <c r="ER24"/>
+      <c r="ES24"/>
     </row>
     <row r="25" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B25" t="s">
-        <v>13</v>
+      <c r="B25" s="14">
+        <v>46076</v>
       </c>
       <c r="C25" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="D25" t="s">
-        <v>107</v>
+        <v>75</v>
       </c>
       <c r="E25" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="G25" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H25" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B26" t="s">
-        <v>14</v>
+      <c r="B26" s="14">
+        <v>46079</v>
       </c>
       <c r="C26" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="D26" t="s">
-        <v>107</v>
+        <v>75</v>
       </c>
       <c r="E26" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="G26" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="H26" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A27" s="4" t="s">
-        <v>84</v>
+        <v>53</v>
       </c>
       <c r="F27" s="6"/>
-      <c r="J27" s="15"/>
-[...138 lines deleted...]
-      <c r="ES27" s="15"/>
+      <c r="J27"/>
+      <c r="K27"/>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27"/>
+      <c r="O27"/>
+      <c r="P27"/>
+      <c r="Q27"/>
+      <c r="R27"/>
+      <c r="S27"/>
+      <c r="T27"/>
+      <c r="U27"/>
+      <c r="V27"/>
+      <c r="W27"/>
+      <c r="X27"/>
+      <c r="Y27"/>
+      <c r="Z27"/>
+      <c r="AA27"/>
+      <c r="AB27"/>
+      <c r="AC27"/>
+      <c r="AD27"/>
+      <c r="AE27"/>
+      <c r="AF27"/>
+      <c r="AG27"/>
+      <c r="AH27"/>
+      <c r="AI27"/>
+      <c r="AJ27"/>
+      <c r="AK27"/>
+      <c r="AL27"/>
+      <c r="AM27"/>
+      <c r="AN27"/>
+      <c r="AO27"/>
+      <c r="AP27"/>
+      <c r="AQ27"/>
+      <c r="AR27"/>
+      <c r="AS27"/>
+      <c r="AT27"/>
+      <c r="AU27"/>
+      <c r="AV27"/>
+      <c r="AW27"/>
+      <c r="AX27"/>
+      <c r="AY27"/>
+      <c r="AZ27"/>
+      <c r="BA27"/>
+      <c r="BB27"/>
+      <c r="BC27"/>
+      <c r="BD27"/>
+      <c r="BE27"/>
+      <c r="BF27"/>
+      <c r="BG27"/>
+      <c r="BH27"/>
+      <c r="BI27"/>
+      <c r="BJ27"/>
+      <c r="BK27"/>
+      <c r="BL27"/>
+      <c r="BM27"/>
+      <c r="BN27"/>
+      <c r="BO27"/>
+      <c r="BP27"/>
+      <c r="BQ27"/>
+      <c r="BR27"/>
+      <c r="BS27"/>
+      <c r="BT27"/>
+      <c r="BU27"/>
+      <c r="BV27"/>
+      <c r="BW27"/>
+      <c r="BX27"/>
+      <c r="BY27"/>
+      <c r="BZ27"/>
+      <c r="CA27"/>
+      <c r="CB27"/>
+      <c r="CC27"/>
+      <c r="CD27"/>
+      <c r="CE27"/>
+      <c r="CF27"/>
+      <c r="CG27"/>
+      <c r="CH27"/>
+      <c r="CI27"/>
+      <c r="CJ27"/>
+      <c r="CK27"/>
+      <c r="CL27"/>
+      <c r="CM27"/>
+      <c r="CN27"/>
+      <c r="CO27"/>
+      <c r="CP27"/>
+      <c r="CQ27"/>
+      <c r="CR27"/>
+      <c r="CS27"/>
+      <c r="CT27"/>
+      <c r="CU27"/>
+      <c r="CV27"/>
+      <c r="CW27"/>
+      <c r="CX27"/>
+      <c r="CY27"/>
+      <c r="CZ27"/>
+      <c r="DA27"/>
+      <c r="DB27"/>
+      <c r="DC27"/>
+      <c r="DD27"/>
+      <c r="DE27"/>
+      <c r="DF27"/>
+      <c r="DG27"/>
+      <c r="DH27"/>
+      <c r="DI27"/>
+      <c r="DJ27"/>
+      <c r="DK27"/>
+      <c r="DL27"/>
+      <c r="DM27"/>
+      <c r="DN27"/>
+      <c r="DO27"/>
+      <c r="DP27"/>
+      <c r="DQ27"/>
+      <c r="DR27"/>
+      <c r="DS27"/>
+      <c r="DT27"/>
+      <c r="DU27"/>
+      <c r="DV27"/>
+      <c r="DW27"/>
+      <c r="DX27"/>
+      <c r="DY27"/>
+      <c r="DZ27"/>
+      <c r="EA27"/>
+      <c r="EB27"/>
+      <c r="EC27"/>
+      <c r="ED27"/>
+      <c r="EE27"/>
+      <c r="EF27"/>
+      <c r="EG27"/>
+      <c r="EH27"/>
+      <c r="EI27"/>
+      <c r="EJ27"/>
+      <c r="EK27"/>
+      <c r="EL27"/>
+      <c r="EM27"/>
+      <c r="EN27"/>
+      <c r="EO27"/>
+      <c r="EP27"/>
+      <c r="EQ27"/>
+      <c r="ER27"/>
+      <c r="ES27"/>
     </row>
     <row r="28" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B28" t="s">
-        <v>15</v>
+      <c r="B28" s="14">
+        <v>46083</v>
       </c>
       <c r="C28" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D28" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>100</v>
+        <v>69</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="G28" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="H28" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B29" t="s">
-        <v>16</v>
+      <c r="B29" s="14">
+        <v>46085</v>
       </c>
       <c r="C29" t="s">
+        <v>4</v>
+      </c>
+      <c r="D29" t="s">
+        <v>75</v>
+      </c>
+      <c r="E29" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G29" t="s">
+        <v>20</v>
+      </c>
+      <c r="H29" t="s">
         <v>35</v>
       </c>
-      <c r="D29" t="s">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="30" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B30" t="s">
-        <v>17</v>
+      <c r="B30" s="14">
+        <v>46087</v>
       </c>
       <c r="C30" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="D30" t="s">
-        <v>107</v>
+        <v>75</v>
       </c>
       <c r="E30" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="G30" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="H30" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A31" s="4" t="s">
-        <v>85</v>
+        <v>54</v>
       </c>
       <c r="F31" s="6"/>
-      <c r="J31" s="15"/>
-[...138 lines deleted...]
-      <c r="ES31" s="15"/>
+      <c r="J31"/>
+      <c r="K31"/>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31"/>
+      <c r="O31"/>
+      <c r="P31"/>
+      <c r="Q31"/>
+      <c r="R31"/>
+      <c r="S31"/>
+      <c r="T31"/>
+      <c r="U31"/>
+      <c r="V31"/>
+      <c r="W31"/>
+      <c r="X31"/>
+      <c r="Y31"/>
+      <c r="Z31"/>
+      <c r="AA31"/>
+      <c r="AB31"/>
+      <c r="AC31"/>
+      <c r="AD31"/>
+      <c r="AE31"/>
+      <c r="AF31"/>
+      <c r="AG31"/>
+      <c r="AH31"/>
+      <c r="AI31"/>
+      <c r="AJ31"/>
+      <c r="AK31"/>
+      <c r="AL31"/>
+      <c r="AM31"/>
+      <c r="AN31"/>
+      <c r="AO31"/>
+      <c r="AP31"/>
+      <c r="AQ31"/>
+      <c r="AR31"/>
+      <c r="AS31"/>
+      <c r="AT31"/>
+      <c r="AU31"/>
+      <c r="AV31"/>
+      <c r="AW31"/>
+      <c r="AX31"/>
+      <c r="AY31"/>
+      <c r="AZ31"/>
+      <c r="BA31"/>
+      <c r="BB31"/>
+      <c r="BC31"/>
+      <c r="BD31"/>
+      <c r="BE31"/>
+      <c r="BF31"/>
+      <c r="BG31"/>
+      <c r="BH31"/>
+      <c r="BI31"/>
+      <c r="BJ31"/>
+      <c r="BK31"/>
+      <c r="BL31"/>
+      <c r="BM31"/>
+      <c r="BN31"/>
+      <c r="BO31"/>
+      <c r="BP31"/>
+      <c r="BQ31"/>
+      <c r="BR31"/>
+      <c r="BS31"/>
+      <c r="BT31"/>
+      <c r="BU31"/>
+      <c r="BV31"/>
+      <c r="BW31"/>
+      <c r="BX31"/>
+      <c r="BY31"/>
+      <c r="BZ31"/>
+      <c r="CA31"/>
+      <c r="CB31"/>
+      <c r="CC31"/>
+      <c r="CD31"/>
+      <c r="CE31"/>
+      <c r="CF31"/>
+      <c r="CG31"/>
+      <c r="CH31"/>
+      <c r="CI31"/>
+      <c r="CJ31"/>
+      <c r="CK31"/>
+      <c r="CL31"/>
+      <c r="CM31"/>
+      <c r="CN31"/>
+      <c r="CO31"/>
+      <c r="CP31"/>
+      <c r="CQ31"/>
+      <c r="CR31"/>
+      <c r="CS31"/>
+      <c r="CT31"/>
+      <c r="CU31"/>
+      <c r="CV31"/>
+      <c r="CW31"/>
+      <c r="CX31"/>
+      <c r="CY31"/>
+      <c r="CZ31"/>
+      <c r="DA31"/>
+      <c r="DB31"/>
+      <c r="DC31"/>
+      <c r="DD31"/>
+      <c r="DE31"/>
+      <c r="DF31"/>
+      <c r="DG31"/>
+      <c r="DH31"/>
+      <c r="DI31"/>
+      <c r="DJ31"/>
+      <c r="DK31"/>
+      <c r="DL31"/>
+      <c r="DM31"/>
+      <c r="DN31"/>
+      <c r="DO31"/>
+      <c r="DP31"/>
+      <c r="DQ31"/>
+      <c r="DR31"/>
+      <c r="DS31"/>
+      <c r="DT31"/>
+      <c r="DU31"/>
+      <c r="DV31"/>
+      <c r="DW31"/>
+      <c r="DX31"/>
+      <c r="DY31"/>
+      <c r="DZ31"/>
+      <c r="EA31"/>
+      <c r="EB31"/>
+      <c r="EC31"/>
+      <c r="ED31"/>
+      <c r="EE31"/>
+      <c r="EF31"/>
+      <c r="EG31"/>
+      <c r="EH31"/>
+      <c r="EI31"/>
+      <c r="EJ31"/>
+      <c r="EK31"/>
+      <c r="EL31"/>
+      <c r="EM31"/>
+      <c r="EN31"/>
+      <c r="EO31"/>
+      <c r="EP31"/>
+      <c r="EQ31"/>
+      <c r="ER31"/>
+      <c r="ES31"/>
     </row>
     <row r="32" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B32" t="s">
-        <v>18</v>
+      <c r="B32" s="14">
+        <v>46090</v>
       </c>
       <c r="C32" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D32" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>100</v>
+        <v>69</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="G32" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H32" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B33" t="s">
-        <v>19</v>
+      <c r="B33" s="14">
+        <v>45729</v>
       </c>
       <c r="C33" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="E33" s="9"/>
       <c r="F33" s="2" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
     </row>
     <row r="34" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A34" s="4" t="s">
-        <v>86</v>
+        <v>55</v>
       </c>
       <c r="F34" s="6"/>
-      <c r="J34" s="15"/>
-[...138 lines deleted...]
-      <c r="ES34" s="15"/>
+      <c r="J34"/>
+      <c r="K34"/>
+      <c r="L34"/>
+      <c r="M34"/>
+      <c r="N34"/>
+      <c r="O34"/>
+      <c r="P34"/>
+      <c r="Q34"/>
+      <c r="R34"/>
+      <c r="S34"/>
+      <c r="T34"/>
+      <c r="U34"/>
+      <c r="V34"/>
+      <c r="W34"/>
+      <c r="X34"/>
+      <c r="Y34"/>
+      <c r="Z34"/>
+      <c r="AA34"/>
+      <c r="AB34"/>
+      <c r="AC34"/>
+      <c r="AD34"/>
+      <c r="AE34"/>
+      <c r="AF34"/>
+      <c r="AG34"/>
+      <c r="AH34"/>
+      <c r="AI34"/>
+      <c r="AJ34"/>
+      <c r="AK34"/>
+      <c r="AL34"/>
+      <c r="AM34"/>
+      <c r="AN34"/>
+      <c r="AO34"/>
+      <c r="AP34"/>
+      <c r="AQ34"/>
+      <c r="AR34"/>
+      <c r="AS34"/>
+      <c r="AT34"/>
+      <c r="AU34"/>
+      <c r="AV34"/>
+      <c r="AW34"/>
+      <c r="AX34"/>
+      <c r="AY34"/>
+      <c r="AZ34"/>
+      <c r="BA34"/>
+      <c r="BB34"/>
+      <c r="BC34"/>
+      <c r="BD34"/>
+      <c r="BE34"/>
+      <c r="BF34"/>
+      <c r="BG34"/>
+      <c r="BH34"/>
+      <c r="BI34"/>
+      <c r="BJ34"/>
+      <c r="BK34"/>
+      <c r="BL34"/>
+      <c r="BM34"/>
+      <c r="BN34"/>
+      <c r="BO34"/>
+      <c r="BP34"/>
+      <c r="BQ34"/>
+      <c r="BR34"/>
+      <c r="BS34"/>
+      <c r="BT34"/>
+      <c r="BU34"/>
+      <c r="BV34"/>
+      <c r="BW34"/>
+      <c r="BX34"/>
+      <c r="BY34"/>
+      <c r="BZ34"/>
+      <c r="CA34"/>
+      <c r="CB34"/>
+      <c r="CC34"/>
+      <c r="CD34"/>
+      <c r="CE34"/>
+      <c r="CF34"/>
+      <c r="CG34"/>
+      <c r="CH34"/>
+      <c r="CI34"/>
+      <c r="CJ34"/>
+      <c r="CK34"/>
+      <c r="CL34"/>
+      <c r="CM34"/>
+      <c r="CN34"/>
+      <c r="CO34"/>
+      <c r="CP34"/>
+      <c r="CQ34"/>
+      <c r="CR34"/>
+      <c r="CS34"/>
+      <c r="CT34"/>
+      <c r="CU34"/>
+      <c r="CV34"/>
+      <c r="CW34"/>
+      <c r="CX34"/>
+      <c r="CY34"/>
+      <c r="CZ34"/>
+      <c r="DA34"/>
+      <c r="DB34"/>
+      <c r="DC34"/>
+      <c r="DD34"/>
+      <c r="DE34"/>
+      <c r="DF34"/>
+      <c r="DG34"/>
+      <c r="DH34"/>
+      <c r="DI34"/>
+      <c r="DJ34"/>
+      <c r="DK34"/>
+      <c r="DL34"/>
+      <c r="DM34"/>
+      <c r="DN34"/>
+      <c r="DO34"/>
+      <c r="DP34"/>
+      <c r="DQ34"/>
+      <c r="DR34"/>
+      <c r="DS34"/>
+      <c r="DT34"/>
+      <c r="DU34"/>
+      <c r="DV34"/>
+      <c r="DW34"/>
+      <c r="DX34"/>
+      <c r="DY34"/>
+      <c r="DZ34"/>
+      <c r="EA34"/>
+      <c r="EB34"/>
+      <c r="EC34"/>
+      <c r="ED34"/>
+      <c r="EE34"/>
+      <c r="EF34"/>
+      <c r="EG34"/>
+      <c r="EH34"/>
+      <c r="EI34"/>
+      <c r="EJ34"/>
+      <c r="EK34"/>
+      <c r="EL34"/>
+      <c r="EM34"/>
+      <c r="EN34"/>
+      <c r="EO34"/>
+      <c r="EP34"/>
+      <c r="EQ34"/>
+      <c r="ER34"/>
+      <c r="ES34"/>
     </row>
     <row r="35" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B35" t="s">
-        <v>20</v>
+      <c r="B35" s="14">
+        <v>46097</v>
       </c>
       <c r="C35" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D35" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="E35" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="G35" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="H35" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
     </row>
     <row r="36" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B36" t="s">
-        <v>21</v>
+      <c r="B36" s="14">
+        <v>46100</v>
       </c>
       <c r="C36" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D36" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="E36" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="G36" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="H36" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
     </row>
     <row r="37" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A37" s="4" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="F37" s="6"/>
-      <c r="J37" s="15"/>
-[...138 lines deleted...]
-      <c r="ES37" s="15"/>
+      <c r="J37"/>
+      <c r="K37"/>
+      <c r="L37"/>
+      <c r="M37"/>
+      <c r="N37"/>
+      <c r="O37"/>
+      <c r="P37"/>
+      <c r="Q37"/>
+      <c r="R37"/>
+      <c r="S37"/>
+      <c r="T37"/>
+      <c r="U37"/>
+      <c r="V37"/>
+      <c r="W37"/>
+      <c r="X37"/>
+      <c r="Y37"/>
+      <c r="Z37"/>
+      <c r="AA37"/>
+      <c r="AB37"/>
+      <c r="AC37"/>
+      <c r="AD37"/>
+      <c r="AE37"/>
+      <c r="AF37"/>
+      <c r="AG37"/>
+      <c r="AH37"/>
+      <c r="AI37"/>
+      <c r="AJ37"/>
+      <c r="AK37"/>
+      <c r="AL37"/>
+      <c r="AM37"/>
+      <c r="AN37"/>
+      <c r="AO37"/>
+      <c r="AP37"/>
+      <c r="AQ37"/>
+      <c r="AR37"/>
+      <c r="AS37"/>
+      <c r="AT37"/>
+      <c r="AU37"/>
+      <c r="AV37"/>
+      <c r="AW37"/>
+      <c r="AX37"/>
+      <c r="AY37"/>
+      <c r="AZ37"/>
+      <c r="BA37"/>
+      <c r="BB37"/>
+      <c r="BC37"/>
+      <c r="BD37"/>
+      <c r="BE37"/>
+      <c r="BF37"/>
+      <c r="BG37"/>
+      <c r="BH37"/>
+      <c r="BI37"/>
+      <c r="BJ37"/>
+      <c r="BK37"/>
+      <c r="BL37"/>
+      <c r="BM37"/>
+      <c r="BN37"/>
+      <c r="BO37"/>
+      <c r="BP37"/>
+      <c r="BQ37"/>
+      <c r="BR37"/>
+      <c r="BS37"/>
+      <c r="BT37"/>
+      <c r="BU37"/>
+      <c r="BV37"/>
+      <c r="BW37"/>
+      <c r="BX37"/>
+      <c r="BY37"/>
+      <c r="BZ37"/>
+      <c r="CA37"/>
+      <c r="CB37"/>
+      <c r="CC37"/>
+      <c r="CD37"/>
+      <c r="CE37"/>
+      <c r="CF37"/>
+      <c r="CG37"/>
+      <c r="CH37"/>
+      <c r="CI37"/>
+      <c r="CJ37"/>
+      <c r="CK37"/>
+      <c r="CL37"/>
+      <c r="CM37"/>
+      <c r="CN37"/>
+      <c r="CO37"/>
+      <c r="CP37"/>
+      <c r="CQ37"/>
+      <c r="CR37"/>
+      <c r="CS37"/>
+      <c r="CT37"/>
+      <c r="CU37"/>
+      <c r="CV37"/>
+      <c r="CW37"/>
+      <c r="CX37"/>
+      <c r="CY37"/>
+      <c r="CZ37"/>
+      <c r="DA37"/>
+      <c r="DB37"/>
+      <c r="DC37"/>
+      <c r="DD37"/>
+      <c r="DE37"/>
+      <c r="DF37"/>
+      <c r="DG37"/>
+      <c r="DH37"/>
+      <c r="DI37"/>
+      <c r="DJ37"/>
+      <c r="DK37"/>
+      <c r="DL37"/>
+      <c r="DM37"/>
+      <c r="DN37"/>
+      <c r="DO37"/>
+      <c r="DP37"/>
+      <c r="DQ37"/>
+      <c r="DR37"/>
+      <c r="DS37"/>
+      <c r="DT37"/>
+      <c r="DU37"/>
+      <c r="DV37"/>
+      <c r="DW37"/>
+      <c r="DX37"/>
+      <c r="DY37"/>
+      <c r="DZ37"/>
+      <c r="EA37"/>
+      <c r="EB37"/>
+      <c r="EC37"/>
+      <c r="ED37"/>
+      <c r="EE37"/>
+      <c r="EF37"/>
+      <c r="EG37"/>
+      <c r="EH37"/>
+      <c r="EI37"/>
+      <c r="EJ37"/>
+      <c r="EK37"/>
+      <c r="EL37"/>
+      <c r="EM37"/>
+      <c r="EN37"/>
+      <c r="EO37"/>
+      <c r="EP37"/>
+      <c r="EQ37"/>
+      <c r="ER37"/>
+      <c r="ES37"/>
     </row>
     <row r="38" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B38" t="s">
-        <v>22</v>
+      <c r="B38" s="14">
+        <v>46107</v>
       </c>
       <c r="C38" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D38" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="E38" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="G38" t="s">
-        <v>56</v>
+        <v>25</v>
       </c>
       <c r="H38" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
     </row>
     <row r="39" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A39" s="4" t="s">
-        <v>88</v>
+        <v>57</v>
       </c>
       <c r="F39" s="6"/>
-      <c r="J39" s="15"/>
-[...138 lines deleted...]
-      <c r="ES39" s="15"/>
+      <c r="J39"/>
+      <c r="K39"/>
+      <c r="L39"/>
+      <c r="M39"/>
+      <c r="N39"/>
+      <c r="O39"/>
+      <c r="P39"/>
+      <c r="Q39"/>
+      <c r="R39"/>
+      <c r="S39"/>
+      <c r="T39"/>
+      <c r="U39"/>
+      <c r="V39"/>
+      <c r="W39"/>
+      <c r="X39"/>
+      <c r="Y39"/>
+      <c r="Z39"/>
+      <c r="AA39"/>
+      <c r="AB39"/>
+      <c r="AC39"/>
+      <c r="AD39"/>
+      <c r="AE39"/>
+      <c r="AF39"/>
+      <c r="AG39"/>
+      <c r="AH39"/>
+      <c r="AI39"/>
+      <c r="AJ39"/>
+      <c r="AK39"/>
+      <c r="AL39"/>
+      <c r="AM39"/>
+      <c r="AN39"/>
+      <c r="AO39"/>
+      <c r="AP39"/>
+      <c r="AQ39"/>
+      <c r="AR39"/>
+      <c r="AS39"/>
+      <c r="AT39"/>
+      <c r="AU39"/>
+      <c r="AV39"/>
+      <c r="AW39"/>
+      <c r="AX39"/>
+      <c r="AY39"/>
+      <c r="AZ39"/>
+      <c r="BA39"/>
+      <c r="BB39"/>
+      <c r="BC39"/>
+      <c r="BD39"/>
+      <c r="BE39"/>
+      <c r="BF39"/>
+      <c r="BG39"/>
+      <c r="BH39"/>
+      <c r="BI39"/>
+      <c r="BJ39"/>
+      <c r="BK39"/>
+      <c r="BL39"/>
+      <c r="BM39"/>
+      <c r="BN39"/>
+      <c r="BO39"/>
+      <c r="BP39"/>
+      <c r="BQ39"/>
+      <c r="BR39"/>
+      <c r="BS39"/>
+      <c r="BT39"/>
+      <c r="BU39"/>
+      <c r="BV39"/>
+      <c r="BW39"/>
+      <c r="BX39"/>
+      <c r="BY39"/>
+      <c r="BZ39"/>
+      <c r="CA39"/>
+      <c r="CB39"/>
+      <c r="CC39"/>
+      <c r="CD39"/>
+      <c r="CE39"/>
+      <c r="CF39"/>
+      <c r="CG39"/>
+      <c r="CH39"/>
+      <c r="CI39"/>
+      <c r="CJ39"/>
+      <c r="CK39"/>
+      <c r="CL39"/>
+      <c r="CM39"/>
+      <c r="CN39"/>
+      <c r="CO39"/>
+      <c r="CP39"/>
+      <c r="CQ39"/>
+      <c r="CR39"/>
+      <c r="CS39"/>
+      <c r="CT39"/>
+      <c r="CU39"/>
+      <c r="CV39"/>
+      <c r="CW39"/>
+      <c r="CX39"/>
+      <c r="CY39"/>
+      <c r="CZ39"/>
+      <c r="DA39"/>
+      <c r="DB39"/>
+      <c r="DC39"/>
+      <c r="DD39"/>
+      <c r="DE39"/>
+      <c r="DF39"/>
+      <c r="DG39"/>
+      <c r="DH39"/>
+      <c r="DI39"/>
+      <c r="DJ39"/>
+      <c r="DK39"/>
+      <c r="DL39"/>
+      <c r="DM39"/>
+      <c r="DN39"/>
+      <c r="DO39"/>
+      <c r="DP39"/>
+      <c r="DQ39"/>
+      <c r="DR39"/>
+      <c r="DS39"/>
+      <c r="DT39"/>
+      <c r="DU39"/>
+      <c r="DV39"/>
+      <c r="DW39"/>
+      <c r="DX39"/>
+      <c r="DY39"/>
+      <c r="DZ39"/>
+      <c r="EA39"/>
+      <c r="EB39"/>
+      <c r="EC39"/>
+      <c r="ED39"/>
+      <c r="EE39"/>
+      <c r="EF39"/>
+      <c r="EG39"/>
+      <c r="EH39"/>
+      <c r="EI39"/>
+      <c r="EJ39"/>
+      <c r="EK39"/>
+      <c r="EL39"/>
+      <c r="EM39"/>
+      <c r="EN39"/>
+      <c r="EO39"/>
+      <c r="EP39"/>
+      <c r="EQ39"/>
+      <c r="ER39"/>
+      <c r="ES39"/>
     </row>
     <row r="40" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B40" t="s">
-        <v>23</v>
+      <c r="B40" s="14">
+        <v>46114</v>
       </c>
       <c r="C40" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D40" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="E40" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="G40" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="H40" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A41" s="4" t="s">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="F41" s="6"/>
-      <c r="J41" s="15"/>
-[...138 lines deleted...]
-      <c r="ES41" s="15"/>
+      <c r="J41"/>
+      <c r="K41"/>
+      <c r="L41"/>
+      <c r="M41"/>
+      <c r="N41"/>
+      <c r="O41"/>
+      <c r="P41"/>
+      <c r="Q41"/>
+      <c r="R41"/>
+      <c r="S41"/>
+      <c r="T41"/>
+      <c r="U41"/>
+      <c r="V41"/>
+      <c r="W41"/>
+      <c r="X41"/>
+      <c r="Y41"/>
+      <c r="Z41"/>
+      <c r="AA41"/>
+      <c r="AB41"/>
+      <c r="AC41"/>
+      <c r="AD41"/>
+      <c r="AE41"/>
+      <c r="AF41"/>
+      <c r="AG41"/>
+      <c r="AH41"/>
+      <c r="AI41"/>
+      <c r="AJ41"/>
+      <c r="AK41"/>
+      <c r="AL41"/>
+      <c r="AM41"/>
+      <c r="AN41"/>
+      <c r="AO41"/>
+      <c r="AP41"/>
+      <c r="AQ41"/>
+      <c r="AR41"/>
+      <c r="AS41"/>
+      <c r="AT41"/>
+      <c r="AU41"/>
+      <c r="AV41"/>
+      <c r="AW41"/>
+      <c r="AX41"/>
+      <c r="AY41"/>
+      <c r="AZ41"/>
+      <c r="BA41"/>
+      <c r="BB41"/>
+      <c r="BC41"/>
+      <c r="BD41"/>
+      <c r="BE41"/>
+      <c r="BF41"/>
+      <c r="BG41"/>
+      <c r="BH41"/>
+      <c r="BI41"/>
+      <c r="BJ41"/>
+      <c r="BK41"/>
+      <c r="BL41"/>
+      <c r="BM41"/>
+      <c r="BN41"/>
+      <c r="BO41"/>
+      <c r="BP41"/>
+      <c r="BQ41"/>
+      <c r="BR41"/>
+      <c r="BS41"/>
+      <c r="BT41"/>
+      <c r="BU41"/>
+      <c r="BV41"/>
+      <c r="BW41"/>
+      <c r="BX41"/>
+      <c r="BY41"/>
+      <c r="BZ41"/>
+      <c r="CA41"/>
+      <c r="CB41"/>
+      <c r="CC41"/>
+      <c r="CD41"/>
+      <c r="CE41"/>
+      <c r="CF41"/>
+      <c r="CG41"/>
+      <c r="CH41"/>
+      <c r="CI41"/>
+      <c r="CJ41"/>
+      <c r="CK41"/>
+      <c r="CL41"/>
+      <c r="CM41"/>
+      <c r="CN41"/>
+      <c r="CO41"/>
+      <c r="CP41"/>
+      <c r="CQ41"/>
+      <c r="CR41"/>
+      <c r="CS41"/>
+      <c r="CT41"/>
+      <c r="CU41"/>
+      <c r="CV41"/>
+      <c r="CW41"/>
+      <c r="CX41"/>
+      <c r="CY41"/>
+      <c r="CZ41"/>
+      <c r="DA41"/>
+      <c r="DB41"/>
+      <c r="DC41"/>
+      <c r="DD41"/>
+      <c r="DE41"/>
+      <c r="DF41"/>
+      <c r="DG41"/>
+      <c r="DH41"/>
+      <c r="DI41"/>
+      <c r="DJ41"/>
+      <c r="DK41"/>
+      <c r="DL41"/>
+      <c r="DM41"/>
+      <c r="DN41"/>
+      <c r="DO41"/>
+      <c r="DP41"/>
+      <c r="DQ41"/>
+      <c r="DR41"/>
+      <c r="DS41"/>
+      <c r="DT41"/>
+      <c r="DU41"/>
+      <c r="DV41"/>
+      <c r="DW41"/>
+      <c r="DX41"/>
+      <c r="DY41"/>
+      <c r="DZ41"/>
+      <c r="EA41"/>
+      <c r="EB41"/>
+      <c r="EC41"/>
+      <c r="ED41"/>
+      <c r="EE41"/>
+      <c r="EF41"/>
+      <c r="EG41"/>
+      <c r="EH41"/>
+      <c r="EI41"/>
+      <c r="EJ41"/>
+      <c r="EK41"/>
+      <c r="EL41"/>
+      <c r="EM41"/>
+      <c r="EN41"/>
+      <c r="EO41"/>
+      <c r="EP41"/>
+      <c r="EQ41"/>
+      <c r="ER41"/>
+      <c r="ES41"/>
     </row>
     <row r="42" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B42" s="16">
-        <v>45756</v>
+      <c r="B42" s="14">
+        <v>46120</v>
       </c>
       <c r="C42" t="s">
-        <v>108</v>
+        <v>76</v>
       </c>
       <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
+        <v>68</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="G42" t="s">
+        <v>27</v>
+      </c>
+      <c r="H42" t="s">
         <v>41</v>
       </c>
-      <c r="E42" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="43" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B43" s="16">
-        <v>45758</v>
+      <c r="B43" s="14">
+        <v>46122</v>
       </c>
       <c r="C43" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="E43" s="7"/>
       <c r="F43" s="2" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="G43" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A44" s="4" t="s">
-        <v>90</v>
+        <v>59</v>
       </c>
       <c r="F44" s="6"/>
-      <c r="J44" s="15"/>
-[...138 lines deleted...]
-      <c r="ES44" s="15"/>
+      <c r="J44"/>
+      <c r="K44"/>
+      <c r="L44"/>
+      <c r="M44"/>
+      <c r="N44"/>
+      <c r="O44"/>
+      <c r="P44"/>
+      <c r="Q44"/>
+      <c r="R44"/>
+      <c r="S44"/>
+      <c r="T44"/>
+      <c r="U44"/>
+      <c r="V44"/>
+      <c r="W44"/>
+      <c r="X44"/>
+      <c r="Y44"/>
+      <c r="Z44"/>
+      <c r="AA44"/>
+      <c r="AB44"/>
+      <c r="AC44"/>
+      <c r="AD44"/>
+      <c r="AE44"/>
+      <c r="AF44"/>
+      <c r="AG44"/>
+      <c r="AH44"/>
+      <c r="AI44"/>
+      <c r="AJ44"/>
+      <c r="AK44"/>
+      <c r="AL44"/>
+      <c r="AM44"/>
+      <c r="AN44"/>
+      <c r="AO44"/>
+      <c r="AP44"/>
+      <c r="AQ44"/>
+      <c r="AR44"/>
+      <c r="AS44"/>
+      <c r="AT44"/>
+      <c r="AU44"/>
+      <c r="AV44"/>
+      <c r="AW44"/>
+      <c r="AX44"/>
+      <c r="AY44"/>
+      <c r="AZ44"/>
+      <c r="BA44"/>
+      <c r="BB44"/>
+      <c r="BC44"/>
+      <c r="BD44"/>
+      <c r="BE44"/>
+      <c r="BF44"/>
+      <c r="BG44"/>
+      <c r="BH44"/>
+      <c r="BI44"/>
+      <c r="BJ44"/>
+      <c r="BK44"/>
+      <c r="BL44"/>
+      <c r="BM44"/>
+      <c r="BN44"/>
+      <c r="BO44"/>
+      <c r="BP44"/>
+      <c r="BQ44"/>
+      <c r="BR44"/>
+      <c r="BS44"/>
+      <c r="BT44"/>
+      <c r="BU44"/>
+      <c r="BV44"/>
+      <c r="BW44"/>
+      <c r="BX44"/>
+      <c r="BY44"/>
+      <c r="BZ44"/>
+      <c r="CA44"/>
+      <c r="CB44"/>
+      <c r="CC44"/>
+      <c r="CD44"/>
+      <c r="CE44"/>
+      <c r="CF44"/>
+      <c r="CG44"/>
+      <c r="CH44"/>
+      <c r="CI44"/>
+      <c r="CJ44"/>
+      <c r="CK44"/>
+      <c r="CL44"/>
+      <c r="CM44"/>
+      <c r="CN44"/>
+      <c r="CO44"/>
+      <c r="CP44"/>
+      <c r="CQ44"/>
+      <c r="CR44"/>
+      <c r="CS44"/>
+      <c r="CT44"/>
+      <c r="CU44"/>
+      <c r="CV44"/>
+      <c r="CW44"/>
+      <c r="CX44"/>
+      <c r="CY44"/>
+      <c r="CZ44"/>
+      <c r="DA44"/>
+      <c r="DB44"/>
+      <c r="DC44"/>
+      <c r="DD44"/>
+      <c r="DE44"/>
+      <c r="DF44"/>
+      <c r="DG44"/>
+      <c r="DH44"/>
+      <c r="DI44"/>
+      <c r="DJ44"/>
+      <c r="DK44"/>
+      <c r="DL44"/>
+      <c r="DM44"/>
+      <c r="DN44"/>
+      <c r="DO44"/>
+      <c r="DP44"/>
+      <c r="DQ44"/>
+      <c r="DR44"/>
+      <c r="DS44"/>
+      <c r="DT44"/>
+      <c r="DU44"/>
+      <c r="DV44"/>
+      <c r="DW44"/>
+      <c r="DX44"/>
+      <c r="DY44"/>
+      <c r="DZ44"/>
+      <c r="EA44"/>
+      <c r="EB44"/>
+      <c r="EC44"/>
+      <c r="ED44"/>
+      <c r="EE44"/>
+      <c r="EF44"/>
+      <c r="EG44"/>
+      <c r="EH44"/>
+      <c r="EI44"/>
+      <c r="EJ44"/>
+      <c r="EK44"/>
+      <c r="EL44"/>
+      <c r="EM44"/>
+      <c r="EN44"/>
+      <c r="EO44"/>
+      <c r="EP44"/>
+      <c r="EQ44"/>
+      <c r="ER44"/>
+      <c r="ES44"/>
     </row>
     <row r="45" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B45" t="s">
-        <v>24</v>
+      <c r="B45" s="14">
+        <v>46125</v>
       </c>
       <c r="C45" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D45" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F45" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="H45" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
     </row>
     <row r="46" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A46" s="4" t="s">
-        <v>91</v>
-[...140 lines deleted...]
-      <c r="ES46" s="15"/>
+        <v>60</v>
+      </c>
+      <c r="J46"/>
+      <c r="K46"/>
+      <c r="L46"/>
+      <c r="M46"/>
+      <c r="N46"/>
+      <c r="O46"/>
+      <c r="P46"/>
+      <c r="Q46"/>
+      <c r="R46"/>
+      <c r="S46"/>
+      <c r="T46"/>
+      <c r="U46"/>
+      <c r="V46"/>
+      <c r="W46"/>
+      <c r="X46"/>
+      <c r="Y46"/>
+      <c r="Z46"/>
+      <c r="AA46"/>
+      <c r="AB46"/>
+      <c r="AC46"/>
+      <c r="AD46"/>
+      <c r="AE46"/>
+      <c r="AF46"/>
+      <c r="AG46"/>
+      <c r="AH46"/>
+      <c r="AI46"/>
+      <c r="AJ46"/>
+      <c r="AK46"/>
+      <c r="AL46"/>
+      <c r="AM46"/>
+      <c r="AN46"/>
+      <c r="AO46"/>
+      <c r="AP46"/>
+      <c r="AQ46"/>
+      <c r="AR46"/>
+      <c r="AS46"/>
+      <c r="AT46"/>
+      <c r="AU46"/>
+      <c r="AV46"/>
+      <c r="AW46"/>
+      <c r="AX46"/>
+      <c r="AY46"/>
+      <c r="AZ46"/>
+      <c r="BA46"/>
+      <c r="BB46"/>
+      <c r="BC46"/>
+      <c r="BD46"/>
+      <c r="BE46"/>
+      <c r="BF46"/>
+      <c r="BG46"/>
+      <c r="BH46"/>
+      <c r="BI46"/>
+      <c r="BJ46"/>
+      <c r="BK46"/>
+      <c r="BL46"/>
+      <c r="BM46"/>
+      <c r="BN46"/>
+      <c r="BO46"/>
+      <c r="BP46"/>
+      <c r="BQ46"/>
+      <c r="BR46"/>
+      <c r="BS46"/>
+      <c r="BT46"/>
+      <c r="BU46"/>
+      <c r="BV46"/>
+      <c r="BW46"/>
+      <c r="BX46"/>
+      <c r="BY46"/>
+      <c r="BZ46"/>
+      <c r="CA46"/>
+      <c r="CB46"/>
+      <c r="CC46"/>
+      <c r="CD46"/>
+      <c r="CE46"/>
+      <c r="CF46"/>
+      <c r="CG46"/>
+      <c r="CH46"/>
+      <c r="CI46"/>
+      <c r="CJ46"/>
+      <c r="CK46"/>
+      <c r="CL46"/>
+      <c r="CM46"/>
+      <c r="CN46"/>
+      <c r="CO46"/>
+      <c r="CP46"/>
+      <c r="CQ46"/>
+      <c r="CR46"/>
+      <c r="CS46"/>
+      <c r="CT46"/>
+      <c r="CU46"/>
+      <c r="CV46"/>
+      <c r="CW46"/>
+      <c r="CX46"/>
+      <c r="CY46"/>
+      <c r="CZ46"/>
+      <c r="DA46"/>
+      <c r="DB46"/>
+      <c r="DC46"/>
+      <c r="DD46"/>
+      <c r="DE46"/>
+      <c r="DF46"/>
+      <c r="DG46"/>
+      <c r="DH46"/>
+      <c r="DI46"/>
+      <c r="DJ46"/>
+      <c r="DK46"/>
+      <c r="DL46"/>
+      <c r="DM46"/>
+      <c r="DN46"/>
+      <c r="DO46"/>
+      <c r="DP46"/>
+      <c r="DQ46"/>
+      <c r="DR46"/>
+      <c r="DS46"/>
+      <c r="DT46"/>
+      <c r="DU46"/>
+      <c r="DV46"/>
+      <c r="DW46"/>
+      <c r="DX46"/>
+      <c r="DY46"/>
+      <c r="DZ46"/>
+      <c r="EA46"/>
+      <c r="EB46"/>
+      <c r="EC46"/>
+      <c r="ED46"/>
+      <c r="EE46"/>
+      <c r="EF46"/>
+      <c r="EG46"/>
+      <c r="EH46"/>
+      <c r="EI46"/>
+      <c r="EJ46"/>
+      <c r="EK46"/>
+      <c r="EL46"/>
+      <c r="EM46"/>
+      <c r="EN46"/>
+      <c r="EO46"/>
+      <c r="EP46"/>
+      <c r="EQ46"/>
+      <c r="ER46"/>
+      <c r="ES46"/>
     </row>
     <row r="47" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B47" t="s">
-        <v>25</v>
+      <c r="B47" s="14">
+        <v>46134</v>
       </c>
       <c r="C47" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D47" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F47" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="H47" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B48" t="s">
-        <v>26</v>
+      <c r="B48" s="14">
+        <v>46136</v>
       </c>
       <c r="C48" t="s">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="D48" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F48" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="H48" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
     </row>
     <row r="49" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A49" s="4" t="s">
-        <v>92</v>
-[...140 lines deleted...]
-      <c r="ES49" s="15"/>
+        <v>61</v>
+      </c>
+      <c r="J49"/>
+      <c r="K49"/>
+      <c r="L49"/>
+      <c r="M49"/>
+      <c r="N49"/>
+      <c r="O49"/>
+      <c r="P49"/>
+      <c r="Q49"/>
+      <c r="R49"/>
+      <c r="S49"/>
+      <c r="T49"/>
+      <c r="U49"/>
+      <c r="V49"/>
+      <c r="W49"/>
+      <c r="X49"/>
+      <c r="Y49"/>
+      <c r="Z49"/>
+      <c r="AA49"/>
+      <c r="AB49"/>
+      <c r="AC49"/>
+      <c r="AD49"/>
+      <c r="AE49"/>
+      <c r="AF49"/>
+      <c r="AG49"/>
+      <c r="AH49"/>
+      <c r="AI49"/>
+      <c r="AJ49"/>
+      <c r="AK49"/>
+      <c r="AL49"/>
+      <c r="AM49"/>
+      <c r="AN49"/>
+      <c r="AO49"/>
+      <c r="AP49"/>
+      <c r="AQ49"/>
+      <c r="AR49"/>
+      <c r="AS49"/>
+      <c r="AT49"/>
+      <c r="AU49"/>
+      <c r="AV49"/>
+      <c r="AW49"/>
+      <c r="AX49"/>
+      <c r="AY49"/>
+      <c r="AZ49"/>
+      <c r="BA49"/>
+      <c r="BB49"/>
+      <c r="BC49"/>
+      <c r="BD49"/>
+      <c r="BE49"/>
+      <c r="BF49"/>
+      <c r="BG49"/>
+      <c r="BH49"/>
+      <c r="BI49"/>
+      <c r="BJ49"/>
+      <c r="BK49"/>
+      <c r="BL49"/>
+      <c r="BM49"/>
+      <c r="BN49"/>
+      <c r="BO49"/>
+      <c r="BP49"/>
+      <c r="BQ49"/>
+      <c r="BR49"/>
+      <c r="BS49"/>
+      <c r="BT49"/>
+      <c r="BU49"/>
+      <c r="BV49"/>
+      <c r="BW49"/>
+      <c r="BX49"/>
+      <c r="BY49"/>
+      <c r="BZ49"/>
+      <c r="CA49"/>
+      <c r="CB49"/>
+      <c r="CC49"/>
+      <c r="CD49"/>
+      <c r="CE49"/>
+      <c r="CF49"/>
+      <c r="CG49"/>
+      <c r="CH49"/>
+      <c r="CI49"/>
+      <c r="CJ49"/>
+      <c r="CK49"/>
+      <c r="CL49"/>
+      <c r="CM49"/>
+      <c r="CN49"/>
+      <c r="CO49"/>
+      <c r="CP49"/>
+      <c r="CQ49"/>
+      <c r="CR49"/>
+      <c r="CS49"/>
+      <c r="CT49"/>
+      <c r="CU49"/>
+      <c r="CV49"/>
+      <c r="CW49"/>
+      <c r="CX49"/>
+      <c r="CY49"/>
+      <c r="CZ49"/>
+      <c r="DA49"/>
+      <c r="DB49"/>
+      <c r="DC49"/>
+      <c r="DD49"/>
+      <c r="DE49"/>
+      <c r="DF49"/>
+      <c r="DG49"/>
+      <c r="DH49"/>
+      <c r="DI49"/>
+      <c r="DJ49"/>
+      <c r="DK49"/>
+      <c r="DL49"/>
+      <c r="DM49"/>
+      <c r="DN49"/>
+      <c r="DO49"/>
+      <c r="DP49"/>
+      <c r="DQ49"/>
+      <c r="DR49"/>
+      <c r="DS49"/>
+      <c r="DT49"/>
+      <c r="DU49"/>
+      <c r="DV49"/>
+      <c r="DW49"/>
+      <c r="DX49"/>
+      <c r="DY49"/>
+      <c r="DZ49"/>
+      <c r="EA49"/>
+      <c r="EB49"/>
+      <c r="EC49"/>
+      <c r="ED49"/>
+      <c r="EE49"/>
+      <c r="EF49"/>
+      <c r="EG49"/>
+      <c r="EH49"/>
+      <c r="EI49"/>
+      <c r="EJ49"/>
+      <c r="EK49"/>
+      <c r="EL49"/>
+      <c r="EM49"/>
+      <c r="EN49"/>
+      <c r="EO49"/>
+      <c r="EP49"/>
+      <c r="EQ49"/>
+      <c r="ER49"/>
+      <c r="ES49"/>
     </row>
     <row r="50" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B50" t="s">
-        <v>27</v>
+      <c r="B50" s="14">
+        <v>46141</v>
       </c>
       <c r="C50" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D50" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F50" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="H50" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
     </row>
     <row r="51" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A51" s="4" t="s">
-        <v>93</v>
-[...140 lines deleted...]
-      <c r="ES51" s="15"/>
+        <v>62</v>
+      </c>
+      <c r="J51"/>
+      <c r="K51"/>
+      <c r="L51"/>
+      <c r="M51"/>
+      <c r="N51"/>
+      <c r="O51"/>
+      <c r="P51"/>
+      <c r="Q51"/>
+      <c r="R51"/>
+      <c r="S51"/>
+      <c r="T51"/>
+      <c r="U51"/>
+      <c r="V51"/>
+      <c r="W51"/>
+      <c r="X51"/>
+      <c r="Y51"/>
+      <c r="Z51"/>
+      <c r="AA51"/>
+      <c r="AB51"/>
+      <c r="AC51"/>
+      <c r="AD51"/>
+      <c r="AE51"/>
+      <c r="AF51"/>
+      <c r="AG51"/>
+      <c r="AH51"/>
+      <c r="AI51"/>
+      <c r="AJ51"/>
+      <c r="AK51"/>
+      <c r="AL51"/>
+      <c r="AM51"/>
+      <c r="AN51"/>
+      <c r="AO51"/>
+      <c r="AP51"/>
+      <c r="AQ51"/>
+      <c r="AR51"/>
+      <c r="AS51"/>
+      <c r="AT51"/>
+      <c r="AU51"/>
+      <c r="AV51"/>
+      <c r="AW51"/>
+      <c r="AX51"/>
+      <c r="AY51"/>
+      <c r="AZ51"/>
+      <c r="BA51"/>
+      <c r="BB51"/>
+      <c r="BC51"/>
+      <c r="BD51"/>
+      <c r="BE51"/>
+      <c r="BF51"/>
+      <c r="BG51"/>
+      <c r="BH51"/>
+      <c r="BI51"/>
+      <c r="BJ51"/>
+      <c r="BK51"/>
+      <c r="BL51"/>
+      <c r="BM51"/>
+      <c r="BN51"/>
+      <c r="BO51"/>
+      <c r="BP51"/>
+      <c r="BQ51"/>
+      <c r="BR51"/>
+      <c r="BS51"/>
+      <c r="BT51"/>
+      <c r="BU51"/>
+      <c r="BV51"/>
+      <c r="BW51"/>
+      <c r="BX51"/>
+      <c r="BY51"/>
+      <c r="BZ51"/>
+      <c r="CA51"/>
+      <c r="CB51"/>
+      <c r="CC51"/>
+      <c r="CD51"/>
+      <c r="CE51"/>
+      <c r="CF51"/>
+      <c r="CG51"/>
+      <c r="CH51"/>
+      <c r="CI51"/>
+      <c r="CJ51"/>
+      <c r="CK51"/>
+      <c r="CL51"/>
+      <c r="CM51"/>
+      <c r="CN51"/>
+      <c r="CO51"/>
+      <c r="CP51"/>
+      <c r="CQ51"/>
+      <c r="CR51"/>
+      <c r="CS51"/>
+      <c r="CT51"/>
+      <c r="CU51"/>
+      <c r="CV51"/>
+      <c r="CW51"/>
+      <c r="CX51"/>
+      <c r="CY51"/>
+      <c r="CZ51"/>
+      <c r="DA51"/>
+      <c r="DB51"/>
+      <c r="DC51"/>
+      <c r="DD51"/>
+      <c r="DE51"/>
+      <c r="DF51"/>
+      <c r="DG51"/>
+      <c r="DH51"/>
+      <c r="DI51"/>
+      <c r="DJ51"/>
+      <c r="DK51"/>
+      <c r="DL51"/>
+      <c r="DM51"/>
+      <c r="DN51"/>
+      <c r="DO51"/>
+      <c r="DP51"/>
+      <c r="DQ51"/>
+      <c r="DR51"/>
+      <c r="DS51"/>
+      <c r="DT51"/>
+      <c r="DU51"/>
+      <c r="DV51"/>
+      <c r="DW51"/>
+      <c r="DX51"/>
+      <c r="DY51"/>
+      <c r="DZ51"/>
+      <c r="EA51"/>
+      <c r="EB51"/>
+      <c r="EC51"/>
+      <c r="ED51"/>
+      <c r="EE51"/>
+      <c r="EF51"/>
+      <c r="EG51"/>
+      <c r="EH51"/>
+      <c r="EI51"/>
+      <c r="EJ51"/>
+      <c r="EK51"/>
+      <c r="EL51"/>
+      <c r="EM51"/>
+      <c r="EN51"/>
+      <c r="EO51"/>
+      <c r="EP51"/>
+      <c r="EQ51"/>
+      <c r="ER51"/>
+      <c r="ES51"/>
     </row>
     <row r="52" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B52" t="s">
-        <v>28</v>
+      <c r="B52" s="14">
+        <v>45781</v>
       </c>
       <c r="C52" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D52" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F52" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="H52" t="s">
-        <v>109</v>
+        <v>77</v>
       </c>
     </row>
     <row r="53" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B53" t="s">
-        <v>29</v>
+      <c r="B53" s="14">
+        <v>46148</v>
       </c>
       <c r="C53" t="s">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="D53" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F53" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="H53" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A54" s="4" t="s">
-        <v>94</v>
-[...140 lines deleted...]
-      <c r="ES54" s="15"/>
+        <v>63</v>
+      </c>
+      <c r="J54"/>
+      <c r="K54"/>
+      <c r="L54"/>
+      <c r="M54"/>
+      <c r="N54"/>
+      <c r="O54"/>
+      <c r="P54"/>
+      <c r="Q54"/>
+      <c r="R54"/>
+      <c r="S54"/>
+      <c r="T54"/>
+      <c r="U54"/>
+      <c r="V54"/>
+      <c r="W54"/>
+      <c r="X54"/>
+      <c r="Y54"/>
+      <c r="Z54"/>
+      <c r="AA54"/>
+      <c r="AB54"/>
+      <c r="AC54"/>
+      <c r="AD54"/>
+      <c r="AE54"/>
+      <c r="AF54"/>
+      <c r="AG54"/>
+      <c r="AH54"/>
+      <c r="AI54"/>
+      <c r="AJ54"/>
+      <c r="AK54"/>
+      <c r="AL54"/>
+      <c r="AM54"/>
+      <c r="AN54"/>
+      <c r="AO54"/>
+      <c r="AP54"/>
+      <c r="AQ54"/>
+      <c r="AR54"/>
+      <c r="AS54"/>
+      <c r="AT54"/>
+      <c r="AU54"/>
+      <c r="AV54"/>
+      <c r="AW54"/>
+      <c r="AX54"/>
+      <c r="AY54"/>
+      <c r="AZ54"/>
+      <c r="BA54"/>
+      <c r="BB54"/>
+      <c r="BC54"/>
+      <c r="BD54"/>
+      <c r="BE54"/>
+      <c r="BF54"/>
+      <c r="BG54"/>
+      <c r="BH54"/>
+      <c r="BI54"/>
+      <c r="BJ54"/>
+      <c r="BK54"/>
+      <c r="BL54"/>
+      <c r="BM54"/>
+      <c r="BN54"/>
+      <c r="BO54"/>
+      <c r="BP54"/>
+      <c r="BQ54"/>
+      <c r="BR54"/>
+      <c r="BS54"/>
+      <c r="BT54"/>
+      <c r="BU54"/>
+      <c r="BV54"/>
+      <c r="BW54"/>
+      <c r="BX54"/>
+      <c r="BY54"/>
+      <c r="BZ54"/>
+      <c r="CA54"/>
+      <c r="CB54"/>
+      <c r="CC54"/>
+      <c r="CD54"/>
+      <c r="CE54"/>
+      <c r="CF54"/>
+      <c r="CG54"/>
+      <c r="CH54"/>
+      <c r="CI54"/>
+      <c r="CJ54"/>
+      <c r="CK54"/>
+      <c r="CL54"/>
+      <c r="CM54"/>
+      <c r="CN54"/>
+      <c r="CO54"/>
+      <c r="CP54"/>
+      <c r="CQ54"/>
+      <c r="CR54"/>
+      <c r="CS54"/>
+      <c r="CT54"/>
+      <c r="CU54"/>
+      <c r="CV54"/>
+      <c r="CW54"/>
+      <c r="CX54"/>
+      <c r="CY54"/>
+      <c r="CZ54"/>
+      <c r="DA54"/>
+      <c r="DB54"/>
+      <c r="DC54"/>
+      <c r="DD54"/>
+      <c r="DE54"/>
+      <c r="DF54"/>
+      <c r="DG54"/>
+      <c r="DH54"/>
+      <c r="DI54"/>
+      <c r="DJ54"/>
+      <c r="DK54"/>
+      <c r="DL54"/>
+      <c r="DM54"/>
+      <c r="DN54"/>
+      <c r="DO54"/>
+      <c r="DP54"/>
+      <c r="DQ54"/>
+      <c r="DR54"/>
+      <c r="DS54"/>
+      <c r="DT54"/>
+      <c r="DU54"/>
+      <c r="DV54"/>
+      <c r="DW54"/>
+      <c r="DX54"/>
+      <c r="DY54"/>
+      <c r="DZ54"/>
+      <c r="EA54"/>
+      <c r="EB54"/>
+      <c r="EC54"/>
+      <c r="ED54"/>
+      <c r="EE54"/>
+      <c r="EF54"/>
+      <c r="EG54"/>
+      <c r="EH54"/>
+      <c r="EI54"/>
+      <c r="EJ54"/>
+      <c r="EK54"/>
+      <c r="EL54"/>
+      <c r="EM54"/>
+      <c r="EN54"/>
+      <c r="EO54"/>
+      <c r="EP54"/>
+      <c r="EQ54"/>
+      <c r="ER54"/>
+      <c r="ES54"/>
     </row>
     <row r="55" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B55" t="s">
-        <v>30</v>
+      <c r="B55" s="14">
+        <v>46155</v>
       </c>
       <c r="C55" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D55" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F55" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="H55" t="s">
-        <v>109</v>
+        <v>77</v>
       </c>
     </row>
     <row r="56" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A56" s="4" t="s">
-        <v>95</v>
-[...140 lines deleted...]
-      <c r="ES56" s="15"/>
+        <v>64</v>
+      </c>
+      <c r="J56"/>
+      <c r="K56"/>
+      <c r="L56"/>
+      <c r="M56"/>
+      <c r="N56"/>
+      <c r="O56"/>
+      <c r="P56"/>
+      <c r="Q56"/>
+      <c r="R56"/>
+      <c r="S56"/>
+      <c r="T56"/>
+      <c r="U56"/>
+      <c r="V56"/>
+      <c r="W56"/>
+      <c r="X56"/>
+      <c r="Y56"/>
+      <c r="Z56"/>
+      <c r="AA56"/>
+      <c r="AB56"/>
+      <c r="AC56"/>
+      <c r="AD56"/>
+      <c r="AE56"/>
+      <c r="AF56"/>
+      <c r="AG56"/>
+      <c r="AH56"/>
+      <c r="AI56"/>
+      <c r="AJ56"/>
+      <c r="AK56"/>
+      <c r="AL56"/>
+      <c r="AM56"/>
+      <c r="AN56"/>
+      <c r="AO56"/>
+      <c r="AP56"/>
+      <c r="AQ56"/>
+      <c r="AR56"/>
+      <c r="AS56"/>
+      <c r="AT56"/>
+      <c r="AU56"/>
+      <c r="AV56"/>
+      <c r="AW56"/>
+      <c r="AX56"/>
+      <c r="AY56"/>
+      <c r="AZ56"/>
+      <c r="BA56"/>
+      <c r="BB56"/>
+      <c r="BC56"/>
+      <c r="BD56"/>
+      <c r="BE56"/>
+      <c r="BF56"/>
+      <c r="BG56"/>
+      <c r="BH56"/>
+      <c r="BI56"/>
+      <c r="BJ56"/>
+      <c r="BK56"/>
+      <c r="BL56"/>
+      <c r="BM56"/>
+      <c r="BN56"/>
+      <c r="BO56"/>
+      <c r="BP56"/>
+      <c r="BQ56"/>
+      <c r="BR56"/>
+      <c r="BS56"/>
+      <c r="BT56"/>
+      <c r="BU56"/>
+      <c r="BV56"/>
+      <c r="BW56"/>
+      <c r="BX56"/>
+      <c r="BY56"/>
+      <c r="BZ56"/>
+      <c r="CA56"/>
+      <c r="CB56"/>
+      <c r="CC56"/>
+      <c r="CD56"/>
+      <c r="CE56"/>
+      <c r="CF56"/>
+      <c r="CG56"/>
+      <c r="CH56"/>
+      <c r="CI56"/>
+      <c r="CJ56"/>
+      <c r="CK56"/>
+      <c r="CL56"/>
+      <c r="CM56"/>
+      <c r="CN56"/>
+      <c r="CO56"/>
+      <c r="CP56"/>
+      <c r="CQ56"/>
+      <c r="CR56"/>
+      <c r="CS56"/>
+      <c r="CT56"/>
+      <c r="CU56"/>
+      <c r="CV56"/>
+      <c r="CW56"/>
+      <c r="CX56"/>
+      <c r="CY56"/>
+      <c r="CZ56"/>
+      <c r="DA56"/>
+      <c r="DB56"/>
+      <c r="DC56"/>
+      <c r="DD56"/>
+      <c r="DE56"/>
+      <c r="DF56"/>
+      <c r="DG56"/>
+      <c r="DH56"/>
+      <c r="DI56"/>
+      <c r="DJ56"/>
+      <c r="DK56"/>
+      <c r="DL56"/>
+      <c r="DM56"/>
+      <c r="DN56"/>
+      <c r="DO56"/>
+      <c r="DP56"/>
+      <c r="DQ56"/>
+      <c r="DR56"/>
+      <c r="DS56"/>
+      <c r="DT56"/>
+      <c r="DU56"/>
+      <c r="DV56"/>
+      <c r="DW56"/>
+      <c r="DX56"/>
+      <c r="DY56"/>
+      <c r="DZ56"/>
+      <c r="EA56"/>
+      <c r="EB56"/>
+      <c r="EC56"/>
+      <c r="ED56"/>
+      <c r="EE56"/>
+      <c r="EF56"/>
+      <c r="EG56"/>
+      <c r="EH56"/>
+      <c r="EI56"/>
+      <c r="EJ56"/>
+      <c r="EK56"/>
+      <c r="EL56"/>
+      <c r="EM56"/>
+      <c r="EN56"/>
+      <c r="EO56"/>
+      <c r="EP56"/>
+      <c r="EQ56"/>
+      <c r="ER56"/>
+      <c r="ES56"/>
     </row>
     <row r="57" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B57" t="s">
-        <v>31</v>
+      <c r="B57" s="14">
+        <v>45795</v>
       </c>
       <c r="C57" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D57" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F57" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="H57" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
     </row>
     <row r="58" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B58" t="s">
-        <v>32</v>
+      <c r="B58" s="14">
+        <v>46163</v>
       </c>
       <c r="C58" t="s">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="D58" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F58" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="H58" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
     </row>
     <row r="59" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A59" s="4" t="s">
-        <v>96</v>
-[...140 lines deleted...]
-      <c r="ES59" s="15"/>
+        <v>65</v>
+      </c>
+      <c r="J59"/>
+      <c r="K59"/>
+      <c r="L59"/>
+      <c r="M59"/>
+      <c r="N59"/>
+      <c r="O59"/>
+      <c r="P59"/>
+      <c r="Q59"/>
+      <c r="R59"/>
+      <c r="S59"/>
+      <c r="T59"/>
+      <c r="U59"/>
+      <c r="V59"/>
+      <c r="W59"/>
+      <c r="X59"/>
+      <c r="Y59"/>
+      <c r="Z59"/>
+      <c r="AA59"/>
+      <c r="AB59"/>
+      <c r="AC59"/>
+      <c r="AD59"/>
+      <c r="AE59"/>
+      <c r="AF59"/>
+      <c r="AG59"/>
+      <c r="AH59"/>
+      <c r="AI59"/>
+      <c r="AJ59"/>
+      <c r="AK59"/>
+      <c r="AL59"/>
+      <c r="AM59"/>
+      <c r="AN59"/>
+      <c r="AO59"/>
+      <c r="AP59"/>
+      <c r="AQ59"/>
+      <c r="AR59"/>
+      <c r="AS59"/>
+      <c r="AT59"/>
+      <c r="AU59"/>
+      <c r="AV59"/>
+      <c r="AW59"/>
+      <c r="AX59"/>
+      <c r="AY59"/>
+      <c r="AZ59"/>
+      <c r="BA59"/>
+      <c r="BB59"/>
+      <c r="BC59"/>
+      <c r="BD59"/>
+      <c r="BE59"/>
+      <c r="BF59"/>
+      <c r="BG59"/>
+      <c r="BH59"/>
+      <c r="BI59"/>
+      <c r="BJ59"/>
+      <c r="BK59"/>
+      <c r="BL59"/>
+      <c r="BM59"/>
+      <c r="BN59"/>
+      <c r="BO59"/>
+      <c r="BP59"/>
+      <c r="BQ59"/>
+      <c r="BR59"/>
+      <c r="BS59"/>
+      <c r="BT59"/>
+      <c r="BU59"/>
+      <c r="BV59"/>
+      <c r="BW59"/>
+      <c r="BX59"/>
+      <c r="BY59"/>
+      <c r="BZ59"/>
+      <c r="CA59"/>
+      <c r="CB59"/>
+      <c r="CC59"/>
+      <c r="CD59"/>
+      <c r="CE59"/>
+      <c r="CF59"/>
+      <c r="CG59"/>
+      <c r="CH59"/>
+      <c r="CI59"/>
+      <c r="CJ59"/>
+      <c r="CK59"/>
+      <c r="CL59"/>
+      <c r="CM59"/>
+      <c r="CN59"/>
+      <c r="CO59"/>
+      <c r="CP59"/>
+      <c r="CQ59"/>
+      <c r="CR59"/>
+      <c r="CS59"/>
+      <c r="CT59"/>
+      <c r="CU59"/>
+      <c r="CV59"/>
+      <c r="CW59"/>
+      <c r="CX59"/>
+      <c r="CY59"/>
+      <c r="CZ59"/>
+      <c r="DA59"/>
+      <c r="DB59"/>
+      <c r="DC59"/>
+      <c r="DD59"/>
+      <c r="DE59"/>
+      <c r="DF59"/>
+      <c r="DG59"/>
+      <c r="DH59"/>
+      <c r="DI59"/>
+      <c r="DJ59"/>
+      <c r="DK59"/>
+      <c r="DL59"/>
+      <c r="DM59"/>
+      <c r="DN59"/>
+      <c r="DO59"/>
+      <c r="DP59"/>
+      <c r="DQ59"/>
+      <c r="DR59"/>
+      <c r="DS59"/>
+      <c r="DT59"/>
+      <c r="DU59"/>
+      <c r="DV59"/>
+      <c r="DW59"/>
+      <c r="DX59"/>
+      <c r="DY59"/>
+      <c r="DZ59"/>
+      <c r="EA59"/>
+      <c r="EB59"/>
+      <c r="EC59"/>
+      <c r="ED59"/>
+      <c r="EE59"/>
+      <c r="EF59"/>
+      <c r="EG59"/>
+      <c r="EH59"/>
+      <c r="EI59"/>
+      <c r="EJ59"/>
+      <c r="EK59"/>
+      <c r="EL59"/>
+      <c r="EM59"/>
+      <c r="EN59"/>
+      <c r="EO59"/>
+      <c r="EP59"/>
+      <c r="EQ59"/>
+      <c r="ER59"/>
+      <c r="ES59"/>
     </row>
     <row r="60" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B60" t="s">
-        <v>33</v>
+      <c r="B60" s="14">
+        <v>46169</v>
       </c>
       <c r="C60" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="D60" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="F60" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="H60" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
     </row>
     <row r="61" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A61" s="4" t="s">
-        <v>97</v>
-[...140 lines deleted...]
-      <c r="ES61" s="15"/>
+        <v>66</v>
+      </c>
+      <c r="J61"/>
+      <c r="K61"/>
+      <c r="L61"/>
+      <c r="M61"/>
+      <c r="N61"/>
+      <c r="O61"/>
+      <c r="P61"/>
+      <c r="Q61"/>
+      <c r="R61"/>
+      <c r="S61"/>
+      <c r="T61"/>
+      <c r="U61"/>
+      <c r="V61"/>
+      <c r="W61"/>
+      <c r="X61"/>
+      <c r="Y61"/>
+      <c r="Z61"/>
+      <c r="AA61"/>
+      <c r="AB61"/>
+      <c r="AC61"/>
+      <c r="AD61"/>
+      <c r="AE61"/>
+      <c r="AF61"/>
+      <c r="AG61"/>
+      <c r="AH61"/>
+      <c r="AI61"/>
+      <c r="AJ61"/>
+      <c r="AK61"/>
+      <c r="AL61"/>
+      <c r="AM61"/>
+      <c r="AN61"/>
+      <c r="AO61"/>
+      <c r="AP61"/>
+      <c r="AQ61"/>
+      <c r="AR61"/>
+      <c r="AS61"/>
+      <c r="AT61"/>
+      <c r="AU61"/>
+      <c r="AV61"/>
+      <c r="AW61"/>
+      <c r="AX61"/>
+      <c r="AY61"/>
+      <c r="AZ61"/>
+      <c r="BA61"/>
+      <c r="BB61"/>
+      <c r="BC61"/>
+      <c r="BD61"/>
+      <c r="BE61"/>
+      <c r="BF61"/>
+      <c r="BG61"/>
+      <c r="BH61"/>
+      <c r="BI61"/>
+      <c r="BJ61"/>
+      <c r="BK61"/>
+      <c r="BL61"/>
+      <c r="BM61"/>
+      <c r="BN61"/>
+      <c r="BO61"/>
+      <c r="BP61"/>
+      <c r="BQ61"/>
+      <c r="BR61"/>
+      <c r="BS61"/>
+      <c r="BT61"/>
+      <c r="BU61"/>
+      <c r="BV61"/>
+      <c r="BW61"/>
+      <c r="BX61"/>
+      <c r="BY61"/>
+      <c r="BZ61"/>
+      <c r="CA61"/>
+      <c r="CB61"/>
+      <c r="CC61"/>
+      <c r="CD61"/>
+      <c r="CE61"/>
+      <c r="CF61"/>
+      <c r="CG61"/>
+      <c r="CH61"/>
+      <c r="CI61"/>
+      <c r="CJ61"/>
+      <c r="CK61"/>
+      <c r="CL61"/>
+      <c r="CM61"/>
+      <c r="CN61"/>
+      <c r="CO61"/>
+      <c r="CP61"/>
+      <c r="CQ61"/>
+      <c r="CR61"/>
+      <c r="CS61"/>
+      <c r="CT61"/>
+      <c r="CU61"/>
+      <c r="CV61"/>
+      <c r="CW61"/>
+      <c r="CX61"/>
+      <c r="CY61"/>
+      <c r="CZ61"/>
+      <c r="DA61"/>
+      <c r="DB61"/>
+      <c r="DC61"/>
+      <c r="DD61"/>
+      <c r="DE61"/>
+      <c r="DF61"/>
+      <c r="DG61"/>
+      <c r="DH61"/>
+      <c r="DI61"/>
+      <c r="DJ61"/>
+      <c r="DK61"/>
+      <c r="DL61"/>
+      <c r="DM61"/>
+      <c r="DN61"/>
+      <c r="DO61"/>
+      <c r="DP61"/>
+      <c r="DQ61"/>
+      <c r="DR61"/>
+      <c r="DS61"/>
+      <c r="DT61"/>
+      <c r="DU61"/>
+      <c r="DV61"/>
+      <c r="DW61"/>
+      <c r="DX61"/>
+      <c r="DY61"/>
+      <c r="DZ61"/>
+      <c r="EA61"/>
+      <c r="EB61"/>
+      <c r="EC61"/>
+      <c r="ED61"/>
+      <c r="EE61"/>
+      <c r="EF61"/>
+      <c r="EG61"/>
+      <c r="EH61"/>
+      <c r="EI61"/>
+      <c r="EJ61"/>
+      <c r="EK61"/>
+      <c r="EL61"/>
+      <c r="EM61"/>
+      <c r="EN61"/>
+      <c r="EO61"/>
+      <c r="EP61"/>
+      <c r="EQ61"/>
+      <c r="ER61"/>
+      <c r="ES61"/>
     </row>
     <row r="62" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B62" t="s">
-        <v>34</v>
+      <c r="B62" s="14">
+        <v>46178</v>
       </c>
       <c r="C62" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>100</v>
+        <v>69</v>
       </c>
       <c r="F62" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="6ce8f65e-47cc-4098-8ea2-2041cf846e93" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100DA2C5766872DDD45B00C407FCE99BEB0" ma:contentTypeVersion="16" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="a3b803c2e4a899479f8cf9f02163fd2c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6ce8f65e-47cc-4098-8ea2-2041cf846e93" xmlns:ns4="2c1ee196-e556-42e6-8572-5895b5037711" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="41ae62fcd1d8b74cffc2aa6130b00392" ns3:_="" ns4:_="">
     <xsd:import namespace="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
     <xsd:import namespace="2c1ee196-e556-42e6-8572-5895b5037711"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
@@ -5195,111 +5053,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F25F36C-9AD1-49B9-8B83-AF6050141733}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E187C77-18D3-4C25-85F3-7EA7ED66A51E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="2c1ee196-e556-42e6-8572-5895b5037711"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8390A04A-B1F5-43BB-88B9-BB81DE7AC402}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
     <ds:schemaRef ds:uri="2c1ee196-e556-42e6-8572-5895b5037711"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Kalkylblad</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Björn Lindström</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>