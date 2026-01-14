--- v1 (2025-12-25)
+++ v2 (2026-01-14)
@@ -2,177 +2,150 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bjlind\Dropbox\Dok\KI\teaching\fristående kurs\mine\schedule\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C307DBD-ADDB-4FEE-81D5-50B4583A4ADD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{662BFA79-7297-4AEA-A2DC-D39084E6B2BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="76">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Aktivitet</t>
   </si>
   <si>
     <t>Ämne</t>
   </si>
   <si>
     <t>10.00–11.00</t>
   </si>
   <si>
     <t>11.00–12.00</t>
   </si>
   <si>
     <t>10.00–12.00</t>
   </si>
   <si>
     <t>13.00–16.00</t>
   </si>
   <si>
     <t>13.00–14.00</t>
   </si>
   <si>
     <t>Föreläsning</t>
   </si>
   <si>
     <t>Seminarium</t>
   </si>
   <si>
     <t>Inlämning</t>
   </si>
   <si>
     <t>Tentamen</t>
   </si>
   <si>
     <t>Introduktion till kursen och momentet</t>
   </si>
   <si>
     <t>Information om momentet</t>
   </si>
   <si>
-    <t>Introduktion till arbets- och organisationspsykologi</t>
-[...4 lines deleted...]
-  <si>
     <t>Lagar och regler om arbetsmiljö</t>
   </si>
   <si>
-    <t>Stress och hälsa</t>
-[...13 lines deleted...]
-  <si>
     <t>Introduktion till momentet och Hälsopsykologiämnet</t>
   </si>
   <si>
     <t>Centrala begrepp inom hälsopsykologiområdet</t>
   </si>
   <si>
     <t>Psykobiologiska perspektiv på sömn, stress och smärta</t>
   </si>
   <si>
     <t>Psykologiska risk- och friskfaktorer för somatisk sjukdom</t>
   </si>
   <si>
     <t>Samband somatisk hälsa psykologiska faktorer</t>
   </si>
   <si>
     <t>Hälsopsykologi</t>
   </si>
   <si>
     <t>Björn Lindström</t>
   </si>
   <si>
     <t>Andreas Olsson</t>
   </si>
   <si>
     <t>Dan Wetterborg</t>
   </si>
   <si>
     <t>Elin Frögéli</t>
   </si>
   <si>
-    <t>Bo Melin</t>
-[...1 lines deleted...]
-  <si>
     <t>Filippa Folke</t>
-  </si>
-[...1 lines deleted...]
-    <t>Marika Melin</t>
   </si>
   <si>
     <t>Martin Forster</t>
   </si>
   <si>
     <t>23.59</t>
   </si>
   <si>
     <t>Inlämning av skriftlig uppgift</t>
   </si>
   <si>
     <t>Introduktion till emotion</t>
   </si>
   <si>
     <t>Emotionsreglering</t>
   </si>
   <si>
     <t>Susanna Jernelöv</t>
   </si>
   <si>
     <t>Psykopatologi och psykologiska behandlingsmetoder</t>
   </si>
   <si>
     <t>Moment</t>
   </si>
@@ -303,50 +276,68 @@
   </si>
   <si>
     <t>Föreläsning (förinspelad)</t>
   </si>
   <si>
     <t>14.00–16.00</t>
   </si>
   <si>
     <t>Erik Andersson</t>
   </si>
   <si>
     <r>
       <t>Schema:</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="20"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Fortsättningskurs i psykologi, 15 hp VT 2026</t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Introduktion till ämnet arbets- och organisationspsykologi – fokus på den organisatoriska och social arbetsmiljön </t>
+  </si>
+  <si>
+    <t>Riskfaktorer i den organisatoriska och sociala arbetsmiljön och psykisk ohälsa</t>
+  </si>
+  <si>
+    <t>Organisatorisk och social arbetsmiljö och psykisk hälsa</t>
+  </si>
+  <si>
+    <t>Att förebygga psykisk ohälsa i arbetslivet</t>
+  </si>
+  <si>
+    <t>Pia Enebrink</t>
+  </si>
+  <si>
+    <t>13.00–15.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
@@ -757,105 +748,105 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:ES62"/>
+  <dimension ref="A1:ES58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B63" sqref="B63"/>
+      <selection activeCell="M12" sqref="M12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="3" max="3" width="15.81640625" customWidth="1"/>
     <col min="4" max="4" width="20.1796875" customWidth="1"/>
     <col min="5" max="5" width="17.453125" customWidth="1"/>
     <col min="6" max="6" width="61.26953125" customWidth="1"/>
     <col min="7" max="7" width="49.7265625" customWidth="1"/>
     <col min="10" max="149" width="9.1796875"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:149" ht="26" x14ac:dyDescent="0.6">
       <c r="D1" s="10" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
     </row>
     <row r="4" spans="1:149" ht="18.5" x14ac:dyDescent="0.45">
       <c r="E4" s="11" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
     </row>
     <row r="5" spans="1:149" x14ac:dyDescent="0.35">
       <c r="A5" s="3" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
     </row>
     <row r="6" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
       <c r="Y6"/>
       <c r="Z6"/>
@@ -972,88 +963,88 @@
       <c r="EG6"/>
       <c r="EH6"/>
       <c r="EI6"/>
       <c r="EJ6"/>
       <c r="EK6"/>
       <c r="EL6"/>
       <c r="EM6"/>
       <c r="EN6"/>
       <c r="EO6"/>
       <c r="EP6"/>
       <c r="EQ6"/>
       <c r="ER6"/>
       <c r="ES6"/>
     </row>
     <row r="7" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B7" s="14">
         <v>46041</v>
       </c>
       <c r="C7" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G7" t="s">
         <v>13</v>
       </c>
       <c r="H7" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B8" s="14">
         <v>46041</v>
       </c>
       <c r="C8" t="s">
         <v>5</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G8" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="H8" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="F9" s="6"/>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9"/>
       <c r="AC9"/>
       <c r="AD9"/>
       <c r="AE9"/>
       <c r="AF9"/>
@@ -1161,68 +1152,68 @@
       <c r="ED9"/>
       <c r="EE9"/>
       <c r="EF9"/>
       <c r="EG9"/>
       <c r="EH9"/>
       <c r="EI9"/>
       <c r="EJ9"/>
       <c r="EK9"/>
       <c r="EL9"/>
       <c r="EM9"/>
       <c r="EN9"/>
       <c r="EO9"/>
       <c r="EP9"/>
       <c r="EQ9"/>
       <c r="ER9"/>
       <c r="ES9"/>
     </row>
     <row r="10" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B10" s="14">
         <v>46048</v>
       </c>
       <c r="C10" t="s">
         <v>6</v>
       </c>
       <c r="D10" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="E10" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G10" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="H10" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="F11" s="6"/>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11"/>
       <c r="AC11"/>
       <c r="AD11"/>
       <c r="AE11"/>
       <c r="AF11"/>
@@ -1330,91 +1321,91 @@
       <c r="ED11"/>
       <c r="EE11"/>
       <c r="EF11"/>
       <c r="EG11"/>
       <c r="EH11"/>
       <c r="EI11"/>
       <c r="EJ11"/>
       <c r="EK11"/>
       <c r="EL11"/>
       <c r="EM11"/>
       <c r="EN11"/>
       <c r="EO11"/>
       <c r="EP11"/>
       <c r="EQ11"/>
       <c r="ER11"/>
       <c r="ES11"/>
     </row>
     <row r="12" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B12" s="14">
         <v>46055</v>
       </c>
       <c r="C12" t="s">
         <v>6</v>
       </c>
       <c r="D12" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="E12" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G12" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="H12" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B13" s="14">
         <v>46057</v>
       </c>
       <c r="C13" t="s">
         <v>6</v>
       </c>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="E13" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G13" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="H13" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="F14" s="6"/>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14"/>
       <c r="V14"/>
       <c r="W14"/>
       <c r="X14"/>
       <c r="Y14"/>
       <c r="Z14"/>
       <c r="AA14"/>
       <c r="AB14"/>
       <c r="AC14"/>
       <c r="AD14"/>
       <c r="AE14"/>
       <c r="AF14"/>
@@ -1519,60 +1510,60 @@
       <c r="EA14"/>
       <c r="EB14"/>
       <c r="EC14"/>
       <c r="ED14"/>
       <c r="EE14"/>
       <c r="EF14"/>
       <c r="EG14"/>
       <c r="EH14"/>
       <c r="EI14"/>
       <c r="EJ14"/>
       <c r="EK14"/>
       <c r="EL14"/>
       <c r="EM14"/>
       <c r="EN14"/>
       <c r="EO14"/>
       <c r="EP14"/>
       <c r="EQ14"/>
       <c r="ER14"/>
       <c r="ES14"/>
     </row>
     <row r="15" spans="1:149" s="7" customFormat="1" ht="47.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="14">
         <v>46062</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="E15" s="8" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="F15" s="13" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="J15"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15"/>
       <c r="V15"/>
       <c r="W15"/>
       <c r="X15"/>
       <c r="Y15"/>
       <c r="Z15"/>
       <c r="AA15"/>
       <c r="AB15"/>
       <c r="AC15"/>
       <c r="AD15"/>
       <c r="AE15"/>
       <c r="AF15"/>
       <c r="AG15"/>
@@ -1819,89 +1810,89 @@
       <c r="EA16"/>
       <c r="EB16"/>
       <c r="EC16"/>
       <c r="ED16"/>
       <c r="EE16"/>
       <c r="EF16"/>
       <c r="EG16"/>
       <c r="EH16"/>
       <c r="EI16"/>
       <c r="EJ16"/>
       <c r="EK16"/>
       <c r="EL16"/>
       <c r="EM16"/>
       <c r="EN16"/>
       <c r="EO16"/>
       <c r="EP16"/>
       <c r="EQ16"/>
       <c r="ER16"/>
       <c r="ES16"/>
     </row>
     <row r="17" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B17" s="14">
         <v>46065</v>
       </c>
       <c r="C17" t="s">
-        <v>6</v>
+        <v>75</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="8" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G17" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="H17" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B18" s="14">
         <v>46066</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="9"/>
       <c r="F18" s="2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G18" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="F19" s="6"/>
       <c r="J19"/>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19"/>
       <c r="V19"/>
       <c r="W19"/>
       <c r="X19"/>
       <c r="Y19"/>
       <c r="Z19"/>
       <c r="AA19"/>
       <c r="AB19"/>
       <c r="AC19"/>
       <c r="AD19"/>
       <c r="AE19"/>
       <c r="AF19"/>
@@ -2009,329 +2000,452 @@
       <c r="ED19"/>
       <c r="EE19"/>
       <c r="EF19"/>
       <c r="EG19"/>
       <c r="EH19"/>
       <c r="EI19"/>
       <c r="EJ19"/>
       <c r="EK19"/>
       <c r="EL19"/>
       <c r="EM19"/>
       <c r="EN19"/>
       <c r="EO19"/>
       <c r="EP19"/>
       <c r="EQ19"/>
       <c r="ER19"/>
       <c r="ES19"/>
     </row>
     <row r="20" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B20" s="14">
         <v>46069</v>
       </c>
       <c r="C20" t="s">
         <v>4</v>
       </c>
       <c r="D20" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="E20" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B21" s="14">
-        <v>46070</v>
+        <v>46069</v>
       </c>
       <c r="C21" t="s">
         <v>5</v>
       </c>
       <c r="D21" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="E21" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="H21" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B22" s="14">
-        <v>45706</v>
+        <v>46073</v>
       </c>
       <c r="C22" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D22" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="E22" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="G22" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H22" t="s">
-        <v>33</v>
-[...172 lines deleted...]
-      <c r="B25" s="14">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="23" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F23" s="6"/>
+      <c r="J23"/>
+      <c r="K23"/>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23"/>
+      <c r="O23"/>
+      <c r="P23"/>
+      <c r="Q23"/>
+      <c r="R23"/>
+      <c r="S23"/>
+      <c r="T23"/>
+      <c r="U23"/>
+      <c r="V23"/>
+      <c r="W23"/>
+      <c r="X23"/>
+      <c r="Y23"/>
+      <c r="Z23"/>
+      <c r="AA23"/>
+      <c r="AB23"/>
+      <c r="AC23"/>
+      <c r="AD23"/>
+      <c r="AE23"/>
+      <c r="AF23"/>
+      <c r="AG23"/>
+      <c r="AH23"/>
+      <c r="AI23"/>
+      <c r="AJ23"/>
+      <c r="AK23"/>
+      <c r="AL23"/>
+      <c r="AM23"/>
+      <c r="AN23"/>
+      <c r="AO23"/>
+      <c r="AP23"/>
+      <c r="AQ23"/>
+      <c r="AR23"/>
+      <c r="AS23"/>
+      <c r="AT23"/>
+      <c r="AU23"/>
+      <c r="AV23"/>
+      <c r="AW23"/>
+      <c r="AX23"/>
+      <c r="AY23"/>
+      <c r="AZ23"/>
+      <c r="BA23"/>
+      <c r="BB23"/>
+      <c r="BC23"/>
+      <c r="BD23"/>
+      <c r="BE23"/>
+      <c r="BF23"/>
+      <c r="BG23"/>
+      <c r="BH23"/>
+      <c r="BI23"/>
+      <c r="BJ23"/>
+      <c r="BK23"/>
+      <c r="BL23"/>
+      <c r="BM23"/>
+      <c r="BN23"/>
+      <c r="BO23"/>
+      <c r="BP23"/>
+      <c r="BQ23"/>
+      <c r="BR23"/>
+      <c r="BS23"/>
+      <c r="BT23"/>
+      <c r="BU23"/>
+      <c r="BV23"/>
+      <c r="BW23"/>
+      <c r="BX23"/>
+      <c r="BY23"/>
+      <c r="BZ23"/>
+      <c r="CA23"/>
+      <c r="CB23"/>
+      <c r="CC23"/>
+      <c r="CD23"/>
+      <c r="CE23"/>
+      <c r="CF23"/>
+      <c r="CG23"/>
+      <c r="CH23"/>
+      <c r="CI23"/>
+      <c r="CJ23"/>
+      <c r="CK23"/>
+      <c r="CL23"/>
+      <c r="CM23"/>
+      <c r="CN23"/>
+      <c r="CO23"/>
+      <c r="CP23"/>
+      <c r="CQ23"/>
+      <c r="CR23"/>
+      <c r="CS23"/>
+      <c r="CT23"/>
+      <c r="CU23"/>
+      <c r="CV23"/>
+      <c r="CW23"/>
+      <c r="CX23"/>
+      <c r="CY23"/>
+      <c r="CZ23"/>
+      <c r="DA23"/>
+      <c r="DB23"/>
+      <c r="DC23"/>
+      <c r="DD23"/>
+      <c r="DE23"/>
+      <c r="DF23"/>
+      <c r="DG23"/>
+      <c r="DH23"/>
+      <c r="DI23"/>
+      <c r="DJ23"/>
+      <c r="DK23"/>
+      <c r="DL23"/>
+      <c r="DM23"/>
+      <c r="DN23"/>
+      <c r="DO23"/>
+      <c r="DP23"/>
+      <c r="DQ23"/>
+      <c r="DR23"/>
+      <c r="DS23"/>
+      <c r="DT23"/>
+      <c r="DU23"/>
+      <c r="DV23"/>
+      <c r="DW23"/>
+      <c r="DX23"/>
+      <c r="DY23"/>
+      <c r="DZ23"/>
+      <c r="EA23"/>
+      <c r="EB23"/>
+      <c r="EC23"/>
+      <c r="ED23"/>
+      <c r="EE23"/>
+      <c r="EF23"/>
+      <c r="EG23"/>
+      <c r="EH23"/>
+      <c r="EI23"/>
+      <c r="EJ23"/>
+      <c r="EK23"/>
+      <c r="EL23"/>
+      <c r="EM23"/>
+      <c r="EN23"/>
+      <c r="EO23"/>
+      <c r="EP23"/>
+      <c r="EQ23"/>
+      <c r="ER23"/>
+      <c r="ES23"/>
+    </row>
+    <row r="24" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B24" s="14">
         <v>46076</v>
       </c>
-      <c r="C25" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="C24" t="s">
+        <v>6</v>
+      </c>
+      <c r="D24" t="s">
+        <v>9</v>
+      </c>
+      <c r="E24" t="s">
+        <v>59</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="25" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F25" s="6"/>
+      <c r="J25"/>
+      <c r="K25"/>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25"/>
+      <c r="O25"/>
+      <c r="P25"/>
+      <c r="Q25"/>
+      <c r="R25"/>
+      <c r="S25"/>
+      <c r="T25"/>
+      <c r="U25"/>
+      <c r="V25"/>
+      <c r="W25"/>
+      <c r="X25"/>
+      <c r="Y25"/>
+      <c r="Z25"/>
+      <c r="AA25"/>
+      <c r="AB25"/>
+      <c r="AC25"/>
+      <c r="AD25"/>
+      <c r="AE25"/>
+      <c r="AF25"/>
+      <c r="AG25"/>
+      <c r="AH25"/>
+      <c r="AI25"/>
+      <c r="AJ25"/>
+      <c r="AK25"/>
+      <c r="AL25"/>
+      <c r="AM25"/>
+      <c r="AN25"/>
+      <c r="AO25"/>
+      <c r="AP25"/>
+      <c r="AQ25"/>
+      <c r="AR25"/>
+      <c r="AS25"/>
+      <c r="AT25"/>
+      <c r="AU25"/>
+      <c r="AV25"/>
+      <c r="AW25"/>
+      <c r="AX25"/>
+      <c r="AY25"/>
+      <c r="AZ25"/>
+      <c r="BA25"/>
+      <c r="BB25"/>
+      <c r="BC25"/>
+      <c r="BD25"/>
+      <c r="BE25"/>
+      <c r="BF25"/>
+      <c r="BG25"/>
+      <c r="BH25"/>
+      <c r="BI25"/>
+      <c r="BJ25"/>
+      <c r="BK25"/>
+      <c r="BL25"/>
+      <c r="BM25"/>
+      <c r="BN25"/>
+      <c r="BO25"/>
+      <c r="BP25"/>
+      <c r="BQ25"/>
+      <c r="BR25"/>
+      <c r="BS25"/>
+      <c r="BT25"/>
+      <c r="BU25"/>
+      <c r="BV25"/>
+      <c r="BW25"/>
+      <c r="BX25"/>
+      <c r="BY25"/>
+      <c r="BZ25"/>
+      <c r="CA25"/>
+      <c r="CB25"/>
+      <c r="CC25"/>
+      <c r="CD25"/>
+      <c r="CE25"/>
+      <c r="CF25"/>
+      <c r="CG25"/>
+      <c r="CH25"/>
+      <c r="CI25"/>
+      <c r="CJ25"/>
+      <c r="CK25"/>
+      <c r="CL25"/>
+      <c r="CM25"/>
+      <c r="CN25"/>
+      <c r="CO25"/>
+      <c r="CP25"/>
+      <c r="CQ25"/>
+      <c r="CR25"/>
+      <c r="CS25"/>
+      <c r="CT25"/>
+      <c r="CU25"/>
+      <c r="CV25"/>
+      <c r="CW25"/>
+      <c r="CX25"/>
+      <c r="CY25"/>
+      <c r="CZ25"/>
+      <c r="DA25"/>
+      <c r="DB25"/>
+      <c r="DC25"/>
+      <c r="DD25"/>
+      <c r="DE25"/>
+      <c r="DF25"/>
+      <c r="DG25"/>
+      <c r="DH25"/>
+      <c r="DI25"/>
+      <c r="DJ25"/>
+      <c r="DK25"/>
+      <c r="DL25"/>
+      <c r="DM25"/>
+      <c r="DN25"/>
+      <c r="DO25"/>
+      <c r="DP25"/>
+      <c r="DQ25"/>
+      <c r="DR25"/>
+      <c r="DS25"/>
+      <c r="DT25"/>
+      <c r="DU25"/>
+      <c r="DV25"/>
+      <c r="DW25"/>
+      <c r="DX25"/>
+      <c r="DY25"/>
+      <c r="DZ25"/>
+      <c r="EA25"/>
+      <c r="EB25"/>
+      <c r="EC25"/>
+      <c r="ED25"/>
+      <c r="EE25"/>
+      <c r="EF25"/>
+      <c r="EG25"/>
+      <c r="EH25"/>
+      <c r="EI25"/>
+      <c r="EJ25"/>
+      <c r="EK25"/>
+      <c r="EL25"/>
+      <c r="EM25"/>
+      <c r="EN25"/>
+      <c r="EO25"/>
+      <c r="EP25"/>
+      <c r="EQ25"/>
+      <c r="ER25"/>
+      <c r="ES25"/>
     </row>
     <row r="26" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B26" s="14">
-        <v>46079</v>
+        <v>46084</v>
       </c>
       <c r="C26" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D26" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="E26" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="G26" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="H26" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A27" s="4" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="F27" s="6"/>
       <c r="J27"/>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27"/>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27"/>
       <c r="V27"/>
       <c r="W27"/>
       <c r="X27"/>
       <c r="Y27"/>
       <c r="Z27"/>
       <c r="AA27"/>
       <c r="AB27"/>
       <c r="AC27"/>
       <c r="AD27"/>
       <c r="AE27"/>
       <c r="AF27"/>
@@ -2433,496 +2547,619 @@
       <c r="DX27"/>
       <c r="DY27"/>
       <c r="DZ27"/>
       <c r="EA27"/>
       <c r="EB27"/>
       <c r="EC27"/>
       <c r="ED27"/>
       <c r="EE27"/>
       <c r="EF27"/>
       <c r="EG27"/>
       <c r="EH27"/>
       <c r="EI27"/>
       <c r="EJ27"/>
       <c r="EK27"/>
       <c r="EL27"/>
       <c r="EM27"/>
       <c r="EN27"/>
       <c r="EO27"/>
       <c r="EP27"/>
       <c r="EQ27"/>
       <c r="ER27"/>
       <c r="ES27"/>
     </row>
     <row r="28" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B28" s="14">
-        <v>46083</v>
+        <v>46091</v>
       </c>
       <c r="C28" t="s">
         <v>6</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="G28" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="H28" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B29" s="14">
-        <v>46085</v>
+        <v>45729</v>
       </c>
       <c r="C29" t="s">
-        <v>4</v>
-[...6 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="9"/>
       <c r="F29" s="2" t="s">
-        <v>45</v>
-[...24 lines deleted...]
-      <c r="G30" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="30" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F30" s="6"/>
+      <c r="J30"/>
+      <c r="K30"/>
+      <c r="L30"/>
+      <c r="M30"/>
+      <c r="N30"/>
+      <c r="O30"/>
+      <c r="P30"/>
+      <c r="Q30"/>
+      <c r="R30"/>
+      <c r="S30"/>
+      <c r="T30"/>
+      <c r="U30"/>
+      <c r="V30"/>
+      <c r="W30"/>
+      <c r="X30"/>
+      <c r="Y30"/>
+      <c r="Z30"/>
+      <c r="AA30"/>
+      <c r="AB30"/>
+      <c r="AC30"/>
+      <c r="AD30"/>
+      <c r="AE30"/>
+      <c r="AF30"/>
+      <c r="AG30"/>
+      <c r="AH30"/>
+      <c r="AI30"/>
+      <c r="AJ30"/>
+      <c r="AK30"/>
+      <c r="AL30"/>
+      <c r="AM30"/>
+      <c r="AN30"/>
+      <c r="AO30"/>
+      <c r="AP30"/>
+      <c r="AQ30"/>
+      <c r="AR30"/>
+      <c r="AS30"/>
+      <c r="AT30"/>
+      <c r="AU30"/>
+      <c r="AV30"/>
+      <c r="AW30"/>
+      <c r="AX30"/>
+      <c r="AY30"/>
+      <c r="AZ30"/>
+      <c r="BA30"/>
+      <c r="BB30"/>
+      <c r="BC30"/>
+      <c r="BD30"/>
+      <c r="BE30"/>
+      <c r="BF30"/>
+      <c r="BG30"/>
+      <c r="BH30"/>
+      <c r="BI30"/>
+      <c r="BJ30"/>
+      <c r="BK30"/>
+      <c r="BL30"/>
+      <c r="BM30"/>
+      <c r="BN30"/>
+      <c r="BO30"/>
+      <c r="BP30"/>
+      <c r="BQ30"/>
+      <c r="BR30"/>
+      <c r="BS30"/>
+      <c r="BT30"/>
+      <c r="BU30"/>
+      <c r="BV30"/>
+      <c r="BW30"/>
+      <c r="BX30"/>
+      <c r="BY30"/>
+      <c r="BZ30"/>
+      <c r="CA30"/>
+      <c r="CB30"/>
+      <c r="CC30"/>
+      <c r="CD30"/>
+      <c r="CE30"/>
+      <c r="CF30"/>
+      <c r="CG30"/>
+      <c r="CH30"/>
+      <c r="CI30"/>
+      <c r="CJ30"/>
+      <c r="CK30"/>
+      <c r="CL30"/>
+      <c r="CM30"/>
+      <c r="CN30"/>
+      <c r="CO30"/>
+      <c r="CP30"/>
+      <c r="CQ30"/>
+      <c r="CR30"/>
+      <c r="CS30"/>
+      <c r="CT30"/>
+      <c r="CU30"/>
+      <c r="CV30"/>
+      <c r="CW30"/>
+      <c r="CX30"/>
+      <c r="CY30"/>
+      <c r="CZ30"/>
+      <c r="DA30"/>
+      <c r="DB30"/>
+      <c r="DC30"/>
+      <c r="DD30"/>
+      <c r="DE30"/>
+      <c r="DF30"/>
+      <c r="DG30"/>
+      <c r="DH30"/>
+      <c r="DI30"/>
+      <c r="DJ30"/>
+      <c r="DK30"/>
+      <c r="DL30"/>
+      <c r="DM30"/>
+      <c r="DN30"/>
+      <c r="DO30"/>
+      <c r="DP30"/>
+      <c r="DQ30"/>
+      <c r="DR30"/>
+      <c r="DS30"/>
+      <c r="DT30"/>
+      <c r="DU30"/>
+      <c r="DV30"/>
+      <c r="DW30"/>
+      <c r="DX30"/>
+      <c r="DY30"/>
+      <c r="DZ30"/>
+      <c r="EA30"/>
+      <c r="EB30"/>
+      <c r="EC30"/>
+      <c r="ED30"/>
+      <c r="EE30"/>
+      <c r="EF30"/>
+      <c r="EG30"/>
+      <c r="EH30"/>
+      <c r="EI30"/>
+      <c r="EJ30"/>
+      <c r="EK30"/>
+      <c r="EL30"/>
+      <c r="EM30"/>
+      <c r="EN30"/>
+      <c r="EO30"/>
+      <c r="EP30"/>
+      <c r="EQ30"/>
+      <c r="ER30"/>
+      <c r="ES30"/>
+    </row>
+    <row r="31" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B31" s="14">
+        <v>46097</v>
+      </c>
+      <c r="C31" t="s">
+        <v>6</v>
+      </c>
+      <c r="D31" t="s">
+        <v>9</v>
+      </c>
+      <c r="E31" t="s">
+        <v>59</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="H30" t="s">
+      <c r="G31" t="s">
+        <v>16</v>
+      </c>
+      <c r="H31" t="s">
         <v>32</v>
       </c>
-    </row>
-[...144 lines deleted...]
-      <c r="ES31"/>
     </row>
     <row r="32" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B32" s="14">
-        <v>46090</v>
+        <v>46100</v>
       </c>
       <c r="C32" t="s">
         <v>6</v>
       </c>
       <c r="D32" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>9</v>
+      </c>
+      <c r="E32" t="s">
+        <v>59</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H32" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="33" spans="1:149" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="C33" t="s">
+    <row r="33" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F33" s="6"/>
+      <c r="J33"/>
+      <c r="K33"/>
+      <c r="L33"/>
+      <c r="M33"/>
+      <c r="N33"/>
+      <c r="O33"/>
+      <c r="P33"/>
+      <c r="Q33"/>
+      <c r="R33"/>
+      <c r="S33"/>
+      <c r="T33"/>
+      <c r="U33"/>
+      <c r="V33"/>
+      <c r="W33"/>
+      <c r="X33"/>
+      <c r="Y33"/>
+      <c r="Z33"/>
+      <c r="AA33"/>
+      <c r="AB33"/>
+      <c r="AC33"/>
+      <c r="AD33"/>
+      <c r="AE33"/>
+      <c r="AF33"/>
+      <c r="AG33"/>
+      <c r="AH33"/>
+      <c r="AI33"/>
+      <c r="AJ33"/>
+      <c r="AK33"/>
+      <c r="AL33"/>
+      <c r="AM33"/>
+      <c r="AN33"/>
+      <c r="AO33"/>
+      <c r="AP33"/>
+      <c r="AQ33"/>
+      <c r="AR33"/>
+      <c r="AS33"/>
+      <c r="AT33"/>
+      <c r="AU33"/>
+      <c r="AV33"/>
+      <c r="AW33"/>
+      <c r="AX33"/>
+      <c r="AY33"/>
+      <c r="AZ33"/>
+      <c r="BA33"/>
+      <c r="BB33"/>
+      <c r="BC33"/>
+      <c r="BD33"/>
+      <c r="BE33"/>
+      <c r="BF33"/>
+      <c r="BG33"/>
+      <c r="BH33"/>
+      <c r="BI33"/>
+      <c r="BJ33"/>
+      <c r="BK33"/>
+      <c r="BL33"/>
+      <c r="BM33"/>
+      <c r="BN33"/>
+      <c r="BO33"/>
+      <c r="BP33"/>
+      <c r="BQ33"/>
+      <c r="BR33"/>
+      <c r="BS33"/>
+      <c r="BT33"/>
+      <c r="BU33"/>
+      <c r="BV33"/>
+      <c r="BW33"/>
+      <c r="BX33"/>
+      <c r="BY33"/>
+      <c r="BZ33"/>
+      <c r="CA33"/>
+      <c r="CB33"/>
+      <c r="CC33"/>
+      <c r="CD33"/>
+      <c r="CE33"/>
+      <c r="CF33"/>
+      <c r="CG33"/>
+      <c r="CH33"/>
+      <c r="CI33"/>
+      <c r="CJ33"/>
+      <c r="CK33"/>
+      <c r="CL33"/>
+      <c r="CM33"/>
+      <c r="CN33"/>
+      <c r="CO33"/>
+      <c r="CP33"/>
+      <c r="CQ33"/>
+      <c r="CR33"/>
+      <c r="CS33"/>
+      <c r="CT33"/>
+      <c r="CU33"/>
+      <c r="CV33"/>
+      <c r="CW33"/>
+      <c r="CX33"/>
+      <c r="CY33"/>
+      <c r="CZ33"/>
+      <c r="DA33"/>
+      <c r="DB33"/>
+      <c r="DC33"/>
+      <c r="DD33"/>
+      <c r="DE33"/>
+      <c r="DF33"/>
+      <c r="DG33"/>
+      <c r="DH33"/>
+      <c r="DI33"/>
+      <c r="DJ33"/>
+      <c r="DK33"/>
+      <c r="DL33"/>
+      <c r="DM33"/>
+      <c r="DN33"/>
+      <c r="DO33"/>
+      <c r="DP33"/>
+      <c r="DQ33"/>
+      <c r="DR33"/>
+      <c r="DS33"/>
+      <c r="DT33"/>
+      <c r="DU33"/>
+      <c r="DV33"/>
+      <c r="DW33"/>
+      <c r="DX33"/>
+      <c r="DY33"/>
+      <c r="DZ33"/>
+      <c r="EA33"/>
+      <c r="EB33"/>
+      <c r="EC33"/>
+      <c r="ED33"/>
+      <c r="EE33"/>
+      <c r="EF33"/>
+      <c r="EG33"/>
+      <c r="EH33"/>
+      <c r="EI33"/>
+      <c r="EJ33"/>
+      <c r="EK33"/>
+      <c r="EL33"/>
+      <c r="EM33"/>
+      <c r="EN33"/>
+      <c r="EO33"/>
+      <c r="EP33"/>
+      <c r="EQ33"/>
+      <c r="ER33"/>
+      <c r="ES33"/>
+    </row>
+    <row r="34" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B34" s="14">
+        <v>46107</v>
+      </c>
+      <c r="C34" t="s">
         <v>6</v>
       </c>
-      <c r="D33" s="3" t="s">
-[...160 lines deleted...]
-      <c r="D35" t="s">
+      <c r="D34" t="s">
         <v>9</v>
       </c>
-      <c r="E35" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="E34" t="s">
+        <v>59</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>18</v>
+      </c>
+      <c r="H34" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="35" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="F35" s="6"/>
+      <c r="J35"/>
+      <c r="K35"/>
+      <c r="L35"/>
+      <c r="M35"/>
+      <c r="N35"/>
+      <c r="O35"/>
+      <c r="P35"/>
+      <c r="Q35"/>
+      <c r="R35"/>
+      <c r="S35"/>
+      <c r="T35"/>
+      <c r="U35"/>
+      <c r="V35"/>
+      <c r="W35"/>
+      <c r="X35"/>
+      <c r="Y35"/>
+      <c r="Z35"/>
+      <c r="AA35"/>
+      <c r="AB35"/>
+      <c r="AC35"/>
+      <c r="AD35"/>
+      <c r="AE35"/>
+      <c r="AF35"/>
+      <c r="AG35"/>
+      <c r="AH35"/>
+      <c r="AI35"/>
+      <c r="AJ35"/>
+      <c r="AK35"/>
+      <c r="AL35"/>
+      <c r="AM35"/>
+      <c r="AN35"/>
+      <c r="AO35"/>
+      <c r="AP35"/>
+      <c r="AQ35"/>
+      <c r="AR35"/>
+      <c r="AS35"/>
+      <c r="AT35"/>
+      <c r="AU35"/>
+      <c r="AV35"/>
+      <c r="AW35"/>
+      <c r="AX35"/>
+      <c r="AY35"/>
+      <c r="AZ35"/>
+      <c r="BA35"/>
+      <c r="BB35"/>
+      <c r="BC35"/>
+      <c r="BD35"/>
+      <c r="BE35"/>
+      <c r="BF35"/>
+      <c r="BG35"/>
+      <c r="BH35"/>
+      <c r="BI35"/>
+      <c r="BJ35"/>
+      <c r="BK35"/>
+      <c r="BL35"/>
+      <c r="BM35"/>
+      <c r="BN35"/>
+      <c r="BO35"/>
+      <c r="BP35"/>
+      <c r="BQ35"/>
+      <c r="BR35"/>
+      <c r="BS35"/>
+      <c r="BT35"/>
+      <c r="BU35"/>
+      <c r="BV35"/>
+      <c r="BW35"/>
+      <c r="BX35"/>
+      <c r="BY35"/>
+      <c r="BZ35"/>
+      <c r="CA35"/>
+      <c r="CB35"/>
+      <c r="CC35"/>
+      <c r="CD35"/>
+      <c r="CE35"/>
+      <c r="CF35"/>
+      <c r="CG35"/>
+      <c r="CH35"/>
+      <c r="CI35"/>
+      <c r="CJ35"/>
+      <c r="CK35"/>
+      <c r="CL35"/>
+      <c r="CM35"/>
+      <c r="CN35"/>
+      <c r="CO35"/>
+      <c r="CP35"/>
+      <c r="CQ35"/>
+      <c r="CR35"/>
+      <c r="CS35"/>
+      <c r="CT35"/>
+      <c r="CU35"/>
+      <c r="CV35"/>
+      <c r="CW35"/>
+      <c r="CX35"/>
+      <c r="CY35"/>
+      <c r="CZ35"/>
+      <c r="DA35"/>
+      <c r="DB35"/>
+      <c r="DC35"/>
+      <c r="DD35"/>
+      <c r="DE35"/>
+      <c r="DF35"/>
+      <c r="DG35"/>
+      <c r="DH35"/>
+      <c r="DI35"/>
+      <c r="DJ35"/>
+      <c r="DK35"/>
+      <c r="DL35"/>
+      <c r="DM35"/>
+      <c r="DN35"/>
+      <c r="DO35"/>
+      <c r="DP35"/>
+      <c r="DQ35"/>
+      <c r="DR35"/>
+      <c r="DS35"/>
+      <c r="DT35"/>
+      <c r="DU35"/>
+      <c r="DV35"/>
+      <c r="DW35"/>
+      <c r="DX35"/>
+      <c r="DY35"/>
+      <c r="DZ35"/>
+      <c r="EA35"/>
+      <c r="EB35"/>
+      <c r="EC35"/>
+      <c r="ED35"/>
+      <c r="EE35"/>
+      <c r="EF35"/>
+      <c r="EG35"/>
+      <c r="EH35"/>
+      <c r="EI35"/>
+      <c r="EJ35"/>
+      <c r="EK35"/>
+      <c r="EL35"/>
+      <c r="EM35"/>
+      <c r="EN35"/>
+      <c r="EO35"/>
+      <c r="EP35"/>
+      <c r="EQ35"/>
+      <c r="ER35"/>
+      <c r="ES35"/>
     </row>
     <row r="36" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B36" s="14">
-        <v>46100</v>
+        <v>46114</v>
       </c>
       <c r="C36" t="s">
         <v>6</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
       <c r="E36" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="H36" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A37" s="4" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="F37" s="6"/>
       <c r="J37"/>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37"/>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
       <c r="AA37"/>
       <c r="AB37"/>
       <c r="AC37"/>
       <c r="AD37"/>
       <c r="AE37"/>
       <c r="AF37"/>
@@ -3024,1838 +3261,1500 @@
       <c r="DX37"/>
       <c r="DY37"/>
       <c r="DZ37"/>
       <c r="EA37"/>
       <c r="EB37"/>
       <c r="EC37"/>
       <c r="ED37"/>
       <c r="EE37"/>
       <c r="EF37"/>
       <c r="EG37"/>
       <c r="EH37"/>
       <c r="EI37"/>
       <c r="EJ37"/>
       <c r="EK37"/>
       <c r="EL37"/>
       <c r="EM37"/>
       <c r="EN37"/>
       <c r="EO37"/>
       <c r="EP37"/>
       <c r="EQ37"/>
       <c r="ER37"/>
       <c r="ES37"/>
     </row>
     <row r="38" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B38" s="14">
-        <v>46107</v>
+        <v>46120</v>
       </c>
       <c r="C38" t="s">
+        <v>67</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" t="s">
+        <v>59</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>20</v>
+      </c>
+      <c r="H38" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="39" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B39" s="14">
+        <v>46122</v>
+      </c>
+      <c r="C39" t="s">
         <v>6</v>
       </c>
-      <c r="D38" t="s">
+      <c r="D39" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="7"/>
+      <c r="F39" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="40" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="F40" s="6"/>
+      <c r="J40"/>
+      <c r="K40"/>
+      <c r="L40"/>
+      <c r="M40"/>
+      <c r="N40"/>
+      <c r="O40"/>
+      <c r="P40"/>
+      <c r="Q40"/>
+      <c r="R40"/>
+      <c r="S40"/>
+      <c r="T40"/>
+      <c r="U40"/>
+      <c r="V40"/>
+      <c r="W40"/>
+      <c r="X40"/>
+      <c r="Y40"/>
+      <c r="Z40"/>
+      <c r="AA40"/>
+      <c r="AB40"/>
+      <c r="AC40"/>
+      <c r="AD40"/>
+      <c r="AE40"/>
+      <c r="AF40"/>
+      <c r="AG40"/>
+      <c r="AH40"/>
+      <c r="AI40"/>
+      <c r="AJ40"/>
+      <c r="AK40"/>
+      <c r="AL40"/>
+      <c r="AM40"/>
+      <c r="AN40"/>
+      <c r="AO40"/>
+      <c r="AP40"/>
+      <c r="AQ40"/>
+      <c r="AR40"/>
+      <c r="AS40"/>
+      <c r="AT40"/>
+      <c r="AU40"/>
+      <c r="AV40"/>
+      <c r="AW40"/>
+      <c r="AX40"/>
+      <c r="AY40"/>
+      <c r="AZ40"/>
+      <c r="BA40"/>
+      <c r="BB40"/>
+      <c r="BC40"/>
+      <c r="BD40"/>
+      <c r="BE40"/>
+      <c r="BF40"/>
+      <c r="BG40"/>
+      <c r="BH40"/>
+      <c r="BI40"/>
+      <c r="BJ40"/>
+      <c r="BK40"/>
+      <c r="BL40"/>
+      <c r="BM40"/>
+      <c r="BN40"/>
+      <c r="BO40"/>
+      <c r="BP40"/>
+      <c r="BQ40"/>
+      <c r="BR40"/>
+      <c r="BS40"/>
+      <c r="BT40"/>
+      <c r="BU40"/>
+      <c r="BV40"/>
+      <c r="BW40"/>
+      <c r="BX40"/>
+      <c r="BY40"/>
+      <c r="BZ40"/>
+      <c r="CA40"/>
+      <c r="CB40"/>
+      <c r="CC40"/>
+      <c r="CD40"/>
+      <c r="CE40"/>
+      <c r="CF40"/>
+      <c r="CG40"/>
+      <c r="CH40"/>
+      <c r="CI40"/>
+      <c r="CJ40"/>
+      <c r="CK40"/>
+      <c r="CL40"/>
+      <c r="CM40"/>
+      <c r="CN40"/>
+      <c r="CO40"/>
+      <c r="CP40"/>
+      <c r="CQ40"/>
+      <c r="CR40"/>
+      <c r="CS40"/>
+      <c r="CT40"/>
+      <c r="CU40"/>
+      <c r="CV40"/>
+      <c r="CW40"/>
+      <c r="CX40"/>
+      <c r="CY40"/>
+      <c r="CZ40"/>
+      <c r="DA40"/>
+      <c r="DB40"/>
+      <c r="DC40"/>
+      <c r="DD40"/>
+      <c r="DE40"/>
+      <c r="DF40"/>
+      <c r="DG40"/>
+      <c r="DH40"/>
+      <c r="DI40"/>
+      <c r="DJ40"/>
+      <c r="DK40"/>
+      <c r="DL40"/>
+      <c r="DM40"/>
+      <c r="DN40"/>
+      <c r="DO40"/>
+      <c r="DP40"/>
+      <c r="DQ40"/>
+      <c r="DR40"/>
+      <c r="DS40"/>
+      <c r="DT40"/>
+      <c r="DU40"/>
+      <c r="DV40"/>
+      <c r="DW40"/>
+      <c r="DX40"/>
+      <c r="DY40"/>
+      <c r="DZ40"/>
+      <c r="EA40"/>
+      <c r="EB40"/>
+      <c r="EC40"/>
+      <c r="ED40"/>
+      <c r="EE40"/>
+      <c r="EF40"/>
+      <c r="EG40"/>
+      <c r="EH40"/>
+      <c r="EI40"/>
+      <c r="EJ40"/>
+      <c r="EK40"/>
+      <c r="EL40"/>
+      <c r="EM40"/>
+      <c r="EN40"/>
+      <c r="EO40"/>
+      <c r="EP40"/>
+      <c r="EQ40"/>
+      <c r="ER40"/>
+      <c r="ES40"/>
+    </row>
+    <row r="41" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B41" s="14">
+        <v>46125</v>
+      </c>
+      <c r="C41" t="s">
+        <v>6</v>
+      </c>
+      <c r="D41" t="s">
         <v>9</v>
       </c>
-      <c r="E38" t="s">
-[...343 lines deleted...]
-      <c r="G42" t="s">
+      <c r="E41" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F41" t="s">
+        <v>33</v>
+      </c>
+      <c r="H41" t="s">
         <v>27</v>
       </c>
-      <c r="H42" t="s">
-[...1 lines deleted...]
-      </c>
+    </row>
+    <row r="42" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="J42"/>
+      <c r="K42"/>
+      <c r="L42"/>
+      <c r="M42"/>
+      <c r="N42"/>
+      <c r="O42"/>
+      <c r="P42"/>
+      <c r="Q42"/>
+      <c r="R42"/>
+      <c r="S42"/>
+      <c r="T42"/>
+      <c r="U42"/>
+      <c r="V42"/>
+      <c r="W42"/>
+      <c r="X42"/>
+      <c r="Y42"/>
+      <c r="Z42"/>
+      <c r="AA42"/>
+      <c r="AB42"/>
+      <c r="AC42"/>
+      <c r="AD42"/>
+      <c r="AE42"/>
+      <c r="AF42"/>
+      <c r="AG42"/>
+      <c r="AH42"/>
+      <c r="AI42"/>
+      <c r="AJ42"/>
+      <c r="AK42"/>
+      <c r="AL42"/>
+      <c r="AM42"/>
+      <c r="AN42"/>
+      <c r="AO42"/>
+      <c r="AP42"/>
+      <c r="AQ42"/>
+      <c r="AR42"/>
+      <c r="AS42"/>
+      <c r="AT42"/>
+      <c r="AU42"/>
+      <c r="AV42"/>
+      <c r="AW42"/>
+      <c r="AX42"/>
+      <c r="AY42"/>
+      <c r="AZ42"/>
+      <c r="BA42"/>
+      <c r="BB42"/>
+      <c r="BC42"/>
+      <c r="BD42"/>
+      <c r="BE42"/>
+      <c r="BF42"/>
+      <c r="BG42"/>
+      <c r="BH42"/>
+      <c r="BI42"/>
+      <c r="BJ42"/>
+      <c r="BK42"/>
+      <c r="BL42"/>
+      <c r="BM42"/>
+      <c r="BN42"/>
+      <c r="BO42"/>
+      <c r="BP42"/>
+      <c r="BQ42"/>
+      <c r="BR42"/>
+      <c r="BS42"/>
+      <c r="BT42"/>
+      <c r="BU42"/>
+      <c r="BV42"/>
+      <c r="BW42"/>
+      <c r="BX42"/>
+      <c r="BY42"/>
+      <c r="BZ42"/>
+      <c r="CA42"/>
+      <c r="CB42"/>
+      <c r="CC42"/>
+      <c r="CD42"/>
+      <c r="CE42"/>
+      <c r="CF42"/>
+      <c r="CG42"/>
+      <c r="CH42"/>
+      <c r="CI42"/>
+      <c r="CJ42"/>
+      <c r="CK42"/>
+      <c r="CL42"/>
+      <c r="CM42"/>
+      <c r="CN42"/>
+      <c r="CO42"/>
+      <c r="CP42"/>
+      <c r="CQ42"/>
+      <c r="CR42"/>
+      <c r="CS42"/>
+      <c r="CT42"/>
+      <c r="CU42"/>
+      <c r="CV42"/>
+      <c r="CW42"/>
+      <c r="CX42"/>
+      <c r="CY42"/>
+      <c r="CZ42"/>
+      <c r="DA42"/>
+      <c r="DB42"/>
+      <c r="DC42"/>
+      <c r="DD42"/>
+      <c r="DE42"/>
+      <c r="DF42"/>
+      <c r="DG42"/>
+      <c r="DH42"/>
+      <c r="DI42"/>
+      <c r="DJ42"/>
+      <c r="DK42"/>
+      <c r="DL42"/>
+      <c r="DM42"/>
+      <c r="DN42"/>
+      <c r="DO42"/>
+      <c r="DP42"/>
+      <c r="DQ42"/>
+      <c r="DR42"/>
+      <c r="DS42"/>
+      <c r="DT42"/>
+      <c r="DU42"/>
+      <c r="DV42"/>
+      <c r="DW42"/>
+      <c r="DX42"/>
+      <c r="DY42"/>
+      <c r="DZ42"/>
+      <c r="EA42"/>
+      <c r="EB42"/>
+      <c r="EC42"/>
+      <c r="ED42"/>
+      <c r="EE42"/>
+      <c r="EF42"/>
+      <c r="EG42"/>
+      <c r="EH42"/>
+      <c r="EI42"/>
+      <c r="EJ42"/>
+      <c r="EK42"/>
+      <c r="EL42"/>
+      <c r="EM42"/>
+      <c r="EN42"/>
+      <c r="EO42"/>
+      <c r="EP42"/>
+      <c r="EQ42"/>
+      <c r="ER42"/>
+      <c r="ES42"/>
     </row>
     <row r="43" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B43" s="14">
-        <v>46122</v>
+        <v>46134</v>
       </c>
       <c r="C43" t="s">
         <v>6</v>
       </c>
-      <c r="D43" s="3" t="s">
-[...11 lines deleted...]
-      <c r="A44" s="4" t="s">
+      <c r="D43" t="s">
+        <v>9</v>
+      </c>
+      <c r="E43" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="F44" s="6"/>
-[...145 lines deleted...]
-      <c r="C45" t="s">
+      <c r="F43" t="s">
+        <v>33</v>
+      </c>
+      <c r="H43" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="44" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B44" s="14">
+        <v>46136</v>
+      </c>
+      <c r="C44" t="s">
+        <v>7</v>
+      </c>
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F44" t="s">
+        <v>33</v>
+      </c>
+      <c r="H44" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="45" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="J45"/>
+      <c r="K45"/>
+      <c r="L45"/>
+      <c r="M45"/>
+      <c r="N45"/>
+      <c r="O45"/>
+      <c r="P45"/>
+      <c r="Q45"/>
+      <c r="R45"/>
+      <c r="S45"/>
+      <c r="T45"/>
+      <c r="U45"/>
+      <c r="V45"/>
+      <c r="W45"/>
+      <c r="X45"/>
+      <c r="Y45"/>
+      <c r="Z45"/>
+      <c r="AA45"/>
+      <c r="AB45"/>
+      <c r="AC45"/>
+      <c r="AD45"/>
+      <c r="AE45"/>
+      <c r="AF45"/>
+      <c r="AG45"/>
+      <c r="AH45"/>
+      <c r="AI45"/>
+      <c r="AJ45"/>
+      <c r="AK45"/>
+      <c r="AL45"/>
+      <c r="AM45"/>
+      <c r="AN45"/>
+      <c r="AO45"/>
+      <c r="AP45"/>
+      <c r="AQ45"/>
+      <c r="AR45"/>
+      <c r="AS45"/>
+      <c r="AT45"/>
+      <c r="AU45"/>
+      <c r="AV45"/>
+      <c r="AW45"/>
+      <c r="AX45"/>
+      <c r="AY45"/>
+      <c r="AZ45"/>
+      <c r="BA45"/>
+      <c r="BB45"/>
+      <c r="BC45"/>
+      <c r="BD45"/>
+      <c r="BE45"/>
+      <c r="BF45"/>
+      <c r="BG45"/>
+      <c r="BH45"/>
+      <c r="BI45"/>
+      <c r="BJ45"/>
+      <c r="BK45"/>
+      <c r="BL45"/>
+      <c r="BM45"/>
+      <c r="BN45"/>
+      <c r="BO45"/>
+      <c r="BP45"/>
+      <c r="BQ45"/>
+      <c r="BR45"/>
+      <c r="BS45"/>
+      <c r="BT45"/>
+      <c r="BU45"/>
+      <c r="BV45"/>
+      <c r="BW45"/>
+      <c r="BX45"/>
+      <c r="BY45"/>
+      <c r="BZ45"/>
+      <c r="CA45"/>
+      <c r="CB45"/>
+      <c r="CC45"/>
+      <c r="CD45"/>
+      <c r="CE45"/>
+      <c r="CF45"/>
+      <c r="CG45"/>
+      <c r="CH45"/>
+      <c r="CI45"/>
+      <c r="CJ45"/>
+      <c r="CK45"/>
+      <c r="CL45"/>
+      <c r="CM45"/>
+      <c r="CN45"/>
+      <c r="CO45"/>
+      <c r="CP45"/>
+      <c r="CQ45"/>
+      <c r="CR45"/>
+      <c r="CS45"/>
+      <c r="CT45"/>
+      <c r="CU45"/>
+      <c r="CV45"/>
+      <c r="CW45"/>
+      <c r="CX45"/>
+      <c r="CY45"/>
+      <c r="CZ45"/>
+      <c r="DA45"/>
+      <c r="DB45"/>
+      <c r="DC45"/>
+      <c r="DD45"/>
+      <c r="DE45"/>
+      <c r="DF45"/>
+      <c r="DG45"/>
+      <c r="DH45"/>
+      <c r="DI45"/>
+      <c r="DJ45"/>
+      <c r="DK45"/>
+      <c r="DL45"/>
+      <c r="DM45"/>
+      <c r="DN45"/>
+      <c r="DO45"/>
+      <c r="DP45"/>
+      <c r="DQ45"/>
+      <c r="DR45"/>
+      <c r="DS45"/>
+      <c r="DT45"/>
+      <c r="DU45"/>
+      <c r="DV45"/>
+      <c r="DW45"/>
+      <c r="DX45"/>
+      <c r="DY45"/>
+      <c r="DZ45"/>
+      <c r="EA45"/>
+      <c r="EB45"/>
+      <c r="EC45"/>
+      <c r="ED45"/>
+      <c r="EE45"/>
+      <c r="EF45"/>
+      <c r="EG45"/>
+      <c r="EH45"/>
+      <c r="EI45"/>
+      <c r="EJ45"/>
+      <c r="EK45"/>
+      <c r="EL45"/>
+      <c r="EM45"/>
+      <c r="EN45"/>
+      <c r="EO45"/>
+      <c r="EP45"/>
+      <c r="EQ45"/>
+      <c r="ER45"/>
+      <c r="ES45"/>
+    </row>
+    <row r="46" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B46" s="14">
+        <v>46141</v>
+      </c>
+      <c r="C46" t="s">
         <v>6</v>
       </c>
-      <c r="D45" t="s">
+      <c r="D46" t="s">
         <v>9</v>
       </c>
-      <c r="E45" s="7" t="s">
-[...172 lines deleted...]
-      </c>
+      <c r="E46" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F46" t="s">
+        <v>33</v>
+      </c>
+      <c r="H46" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="47" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="J47"/>
+      <c r="K47"/>
+      <c r="L47"/>
+      <c r="M47"/>
+      <c r="N47"/>
+      <c r="O47"/>
+      <c r="P47"/>
+      <c r="Q47"/>
+      <c r="R47"/>
+      <c r="S47"/>
+      <c r="T47"/>
+      <c r="U47"/>
+      <c r="V47"/>
+      <c r="W47"/>
+      <c r="X47"/>
+      <c r="Y47"/>
+      <c r="Z47"/>
+      <c r="AA47"/>
+      <c r="AB47"/>
+      <c r="AC47"/>
+      <c r="AD47"/>
+      <c r="AE47"/>
+      <c r="AF47"/>
+      <c r="AG47"/>
+      <c r="AH47"/>
+      <c r="AI47"/>
+      <c r="AJ47"/>
+      <c r="AK47"/>
+      <c r="AL47"/>
+      <c r="AM47"/>
+      <c r="AN47"/>
+      <c r="AO47"/>
+      <c r="AP47"/>
+      <c r="AQ47"/>
+      <c r="AR47"/>
+      <c r="AS47"/>
+      <c r="AT47"/>
+      <c r="AU47"/>
+      <c r="AV47"/>
+      <c r="AW47"/>
+      <c r="AX47"/>
+      <c r="AY47"/>
+      <c r="AZ47"/>
+      <c r="BA47"/>
+      <c r="BB47"/>
+      <c r="BC47"/>
+      <c r="BD47"/>
+      <c r="BE47"/>
+      <c r="BF47"/>
+      <c r="BG47"/>
+      <c r="BH47"/>
+      <c r="BI47"/>
+      <c r="BJ47"/>
+      <c r="BK47"/>
+      <c r="BL47"/>
+      <c r="BM47"/>
+      <c r="BN47"/>
+      <c r="BO47"/>
+      <c r="BP47"/>
+      <c r="BQ47"/>
+      <c r="BR47"/>
+      <c r="BS47"/>
+      <c r="BT47"/>
+      <c r="BU47"/>
+      <c r="BV47"/>
+      <c r="BW47"/>
+      <c r="BX47"/>
+      <c r="BY47"/>
+      <c r="BZ47"/>
+      <c r="CA47"/>
+      <c r="CB47"/>
+      <c r="CC47"/>
+      <c r="CD47"/>
+      <c r="CE47"/>
+      <c r="CF47"/>
+      <c r="CG47"/>
+      <c r="CH47"/>
+      <c r="CI47"/>
+      <c r="CJ47"/>
+      <c r="CK47"/>
+      <c r="CL47"/>
+      <c r="CM47"/>
+      <c r="CN47"/>
+      <c r="CO47"/>
+      <c r="CP47"/>
+      <c r="CQ47"/>
+      <c r="CR47"/>
+      <c r="CS47"/>
+      <c r="CT47"/>
+      <c r="CU47"/>
+      <c r="CV47"/>
+      <c r="CW47"/>
+      <c r="CX47"/>
+      <c r="CY47"/>
+      <c r="CZ47"/>
+      <c r="DA47"/>
+      <c r="DB47"/>
+      <c r="DC47"/>
+      <c r="DD47"/>
+      <c r="DE47"/>
+      <c r="DF47"/>
+      <c r="DG47"/>
+      <c r="DH47"/>
+      <c r="DI47"/>
+      <c r="DJ47"/>
+      <c r="DK47"/>
+      <c r="DL47"/>
+      <c r="DM47"/>
+      <c r="DN47"/>
+      <c r="DO47"/>
+      <c r="DP47"/>
+      <c r="DQ47"/>
+      <c r="DR47"/>
+      <c r="DS47"/>
+      <c r="DT47"/>
+      <c r="DU47"/>
+      <c r="DV47"/>
+      <c r="DW47"/>
+      <c r="DX47"/>
+      <c r="DY47"/>
+      <c r="DZ47"/>
+      <c r="EA47"/>
+      <c r="EB47"/>
+      <c r="EC47"/>
+      <c r="ED47"/>
+      <c r="EE47"/>
+      <c r="EF47"/>
+      <c r="EG47"/>
+      <c r="EH47"/>
+      <c r="EI47"/>
+      <c r="EJ47"/>
+      <c r="EK47"/>
+      <c r="EL47"/>
+      <c r="EM47"/>
+      <c r="EN47"/>
+      <c r="EO47"/>
+      <c r="EP47"/>
+      <c r="EQ47"/>
+      <c r="ER47"/>
+      <c r="ES47"/>
     </row>
     <row r="48" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B48" s="14">
-        <v>46136</v>
+        <v>45781</v>
       </c>
       <c r="C48" t="s">
+        <v>6</v>
+      </c>
+      <c r="D48" t="s">
+        <v>9</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F48" t="s">
+        <v>33</v>
+      </c>
+      <c r="H48" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="49" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B49" s="14">
+        <v>46148</v>
+      </c>
+      <c r="C49" t="s">
         <v>7</v>
       </c>
-      <c r="D48" t="s">
+      <c r="D49" t="s">
         <v>10</v>
       </c>
-      <c r="E48" s="7" t="s">
+      <c r="E49" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F49" t="s">
+        <v>33</v>
+      </c>
+      <c r="H49" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="50" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="J50"/>
+      <c r="K50"/>
+      <c r="L50"/>
+      <c r="M50"/>
+      <c r="N50"/>
+      <c r="O50"/>
+      <c r="P50"/>
+      <c r="Q50"/>
+      <c r="R50"/>
+      <c r="S50"/>
+      <c r="T50"/>
+      <c r="U50"/>
+      <c r="V50"/>
+      <c r="W50"/>
+      <c r="X50"/>
+      <c r="Y50"/>
+      <c r="Z50"/>
+      <c r="AA50"/>
+      <c r="AB50"/>
+      <c r="AC50"/>
+      <c r="AD50"/>
+      <c r="AE50"/>
+      <c r="AF50"/>
+      <c r="AG50"/>
+      <c r="AH50"/>
+      <c r="AI50"/>
+      <c r="AJ50"/>
+      <c r="AK50"/>
+      <c r="AL50"/>
+      <c r="AM50"/>
+      <c r="AN50"/>
+      <c r="AO50"/>
+      <c r="AP50"/>
+      <c r="AQ50"/>
+      <c r="AR50"/>
+      <c r="AS50"/>
+      <c r="AT50"/>
+      <c r="AU50"/>
+      <c r="AV50"/>
+      <c r="AW50"/>
+      <c r="AX50"/>
+      <c r="AY50"/>
+      <c r="AZ50"/>
+      <c r="BA50"/>
+      <c r="BB50"/>
+      <c r="BC50"/>
+      <c r="BD50"/>
+      <c r="BE50"/>
+      <c r="BF50"/>
+      <c r="BG50"/>
+      <c r="BH50"/>
+      <c r="BI50"/>
+      <c r="BJ50"/>
+      <c r="BK50"/>
+      <c r="BL50"/>
+      <c r="BM50"/>
+      <c r="BN50"/>
+      <c r="BO50"/>
+      <c r="BP50"/>
+      <c r="BQ50"/>
+      <c r="BR50"/>
+      <c r="BS50"/>
+      <c r="BT50"/>
+      <c r="BU50"/>
+      <c r="BV50"/>
+      <c r="BW50"/>
+      <c r="BX50"/>
+      <c r="BY50"/>
+      <c r="BZ50"/>
+      <c r="CA50"/>
+      <c r="CB50"/>
+      <c r="CC50"/>
+      <c r="CD50"/>
+      <c r="CE50"/>
+      <c r="CF50"/>
+      <c r="CG50"/>
+      <c r="CH50"/>
+      <c r="CI50"/>
+      <c r="CJ50"/>
+      <c r="CK50"/>
+      <c r="CL50"/>
+      <c r="CM50"/>
+      <c r="CN50"/>
+      <c r="CO50"/>
+      <c r="CP50"/>
+      <c r="CQ50"/>
+      <c r="CR50"/>
+      <c r="CS50"/>
+      <c r="CT50"/>
+      <c r="CU50"/>
+      <c r="CV50"/>
+      <c r="CW50"/>
+      <c r="CX50"/>
+      <c r="CY50"/>
+      <c r="CZ50"/>
+      <c r="DA50"/>
+      <c r="DB50"/>
+      <c r="DC50"/>
+      <c r="DD50"/>
+      <c r="DE50"/>
+      <c r="DF50"/>
+      <c r="DG50"/>
+      <c r="DH50"/>
+      <c r="DI50"/>
+      <c r="DJ50"/>
+      <c r="DK50"/>
+      <c r="DL50"/>
+      <c r="DM50"/>
+      <c r="DN50"/>
+      <c r="DO50"/>
+      <c r="DP50"/>
+      <c r="DQ50"/>
+      <c r="DR50"/>
+      <c r="DS50"/>
+      <c r="DT50"/>
+      <c r="DU50"/>
+      <c r="DV50"/>
+      <c r="DW50"/>
+      <c r="DX50"/>
+      <c r="DY50"/>
+      <c r="DZ50"/>
+      <c r="EA50"/>
+      <c r="EB50"/>
+      <c r="EC50"/>
+      <c r="ED50"/>
+      <c r="EE50"/>
+      <c r="EF50"/>
+      <c r="EG50"/>
+      <c r="EH50"/>
+      <c r="EI50"/>
+      <c r="EJ50"/>
+      <c r="EK50"/>
+      <c r="EL50"/>
+      <c r="EM50"/>
+      <c r="EN50"/>
+      <c r="EO50"/>
+      <c r="EP50"/>
+      <c r="EQ50"/>
+      <c r="ER50"/>
+      <c r="ES50"/>
+    </row>
+    <row r="51" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B51" s="14">
+        <v>46155</v>
+      </c>
+      <c r="C51" t="s">
+        <v>6</v>
+      </c>
+      <c r="D51" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F51" t="s">
+        <v>33</v>
+      </c>
+      <c r="H51" t="s">
         <v>68</v>
       </c>
-      <c r="F48" t="s">
-[...334 lines deleted...]
-      </c>
+    </row>
+    <row r="52" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="J52"/>
+      <c r="K52"/>
+      <c r="L52"/>
+      <c r="M52"/>
+      <c r="N52"/>
+      <c r="O52"/>
+      <c r="P52"/>
+      <c r="Q52"/>
+      <c r="R52"/>
+      <c r="S52"/>
+      <c r="T52"/>
+      <c r="U52"/>
+      <c r="V52"/>
+      <c r="W52"/>
+      <c r="X52"/>
+      <c r="Y52"/>
+      <c r="Z52"/>
+      <c r="AA52"/>
+      <c r="AB52"/>
+      <c r="AC52"/>
+      <c r="AD52"/>
+      <c r="AE52"/>
+      <c r="AF52"/>
+      <c r="AG52"/>
+      <c r="AH52"/>
+      <c r="AI52"/>
+      <c r="AJ52"/>
+      <c r="AK52"/>
+      <c r="AL52"/>
+      <c r="AM52"/>
+      <c r="AN52"/>
+      <c r="AO52"/>
+      <c r="AP52"/>
+      <c r="AQ52"/>
+      <c r="AR52"/>
+      <c r="AS52"/>
+      <c r="AT52"/>
+      <c r="AU52"/>
+      <c r="AV52"/>
+      <c r="AW52"/>
+      <c r="AX52"/>
+      <c r="AY52"/>
+      <c r="AZ52"/>
+      <c r="BA52"/>
+      <c r="BB52"/>
+      <c r="BC52"/>
+      <c r="BD52"/>
+      <c r="BE52"/>
+      <c r="BF52"/>
+      <c r="BG52"/>
+      <c r="BH52"/>
+      <c r="BI52"/>
+      <c r="BJ52"/>
+      <c r="BK52"/>
+      <c r="BL52"/>
+      <c r="BM52"/>
+      <c r="BN52"/>
+      <c r="BO52"/>
+      <c r="BP52"/>
+      <c r="BQ52"/>
+      <c r="BR52"/>
+      <c r="BS52"/>
+      <c r="BT52"/>
+      <c r="BU52"/>
+      <c r="BV52"/>
+      <c r="BW52"/>
+      <c r="BX52"/>
+      <c r="BY52"/>
+      <c r="BZ52"/>
+      <c r="CA52"/>
+      <c r="CB52"/>
+      <c r="CC52"/>
+      <c r="CD52"/>
+      <c r="CE52"/>
+      <c r="CF52"/>
+      <c r="CG52"/>
+      <c r="CH52"/>
+      <c r="CI52"/>
+      <c r="CJ52"/>
+      <c r="CK52"/>
+      <c r="CL52"/>
+      <c r="CM52"/>
+      <c r="CN52"/>
+      <c r="CO52"/>
+      <c r="CP52"/>
+      <c r="CQ52"/>
+      <c r="CR52"/>
+      <c r="CS52"/>
+      <c r="CT52"/>
+      <c r="CU52"/>
+      <c r="CV52"/>
+      <c r="CW52"/>
+      <c r="CX52"/>
+      <c r="CY52"/>
+      <c r="CZ52"/>
+      <c r="DA52"/>
+      <c r="DB52"/>
+      <c r="DC52"/>
+      <c r="DD52"/>
+      <c r="DE52"/>
+      <c r="DF52"/>
+      <c r="DG52"/>
+      <c r="DH52"/>
+      <c r="DI52"/>
+      <c r="DJ52"/>
+      <c r="DK52"/>
+      <c r="DL52"/>
+      <c r="DM52"/>
+      <c r="DN52"/>
+      <c r="DO52"/>
+      <c r="DP52"/>
+      <c r="DQ52"/>
+      <c r="DR52"/>
+      <c r="DS52"/>
+      <c r="DT52"/>
+      <c r="DU52"/>
+      <c r="DV52"/>
+      <c r="DW52"/>
+      <c r="DX52"/>
+      <c r="DY52"/>
+      <c r="DZ52"/>
+      <c r="EA52"/>
+      <c r="EB52"/>
+      <c r="EC52"/>
+      <c r="ED52"/>
+      <c r="EE52"/>
+      <c r="EF52"/>
+      <c r="EG52"/>
+      <c r="EH52"/>
+      <c r="EI52"/>
+      <c r="EJ52"/>
+      <c r="EK52"/>
+      <c r="EL52"/>
+      <c r="EM52"/>
+      <c r="EN52"/>
+      <c r="EO52"/>
+      <c r="EP52"/>
+      <c r="EQ52"/>
+      <c r="ER52"/>
+      <c r="ES52"/>
     </row>
     <row r="53" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B53" s="14">
-        <v>46148</v>
+        <v>45795</v>
       </c>
       <c r="C53" t="s">
+        <v>6</v>
+      </c>
+      <c r="D53" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F53" t="s">
+        <v>33</v>
+      </c>
+      <c r="H53" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="54" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B54" s="14">
+        <v>46163</v>
+      </c>
+      <c r="C54" t="s">
         <v>7</v>
       </c>
-      <c r="D53" t="s">
+      <c r="D54" t="s">
         <v>10</v>
       </c>
-      <c r="E53" s="7" t="s">
-[...158 lines deleted...]
-      <c r="C55" t="s">
+      <c r="E54" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F54" t="s">
+        <v>33</v>
+      </c>
+      <c r="H54" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="55" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="J55"/>
+      <c r="K55"/>
+      <c r="L55"/>
+      <c r="M55"/>
+      <c r="N55"/>
+      <c r="O55"/>
+      <c r="P55"/>
+      <c r="Q55"/>
+      <c r="R55"/>
+      <c r="S55"/>
+      <c r="T55"/>
+      <c r="U55"/>
+      <c r="V55"/>
+      <c r="W55"/>
+      <c r="X55"/>
+      <c r="Y55"/>
+      <c r="Z55"/>
+      <c r="AA55"/>
+      <c r="AB55"/>
+      <c r="AC55"/>
+      <c r="AD55"/>
+      <c r="AE55"/>
+      <c r="AF55"/>
+      <c r="AG55"/>
+      <c r="AH55"/>
+      <c r="AI55"/>
+      <c r="AJ55"/>
+      <c r="AK55"/>
+      <c r="AL55"/>
+      <c r="AM55"/>
+      <c r="AN55"/>
+      <c r="AO55"/>
+      <c r="AP55"/>
+      <c r="AQ55"/>
+      <c r="AR55"/>
+      <c r="AS55"/>
+      <c r="AT55"/>
+      <c r="AU55"/>
+      <c r="AV55"/>
+      <c r="AW55"/>
+      <c r="AX55"/>
+      <c r="AY55"/>
+      <c r="AZ55"/>
+      <c r="BA55"/>
+      <c r="BB55"/>
+      <c r="BC55"/>
+      <c r="BD55"/>
+      <c r="BE55"/>
+      <c r="BF55"/>
+      <c r="BG55"/>
+      <c r="BH55"/>
+      <c r="BI55"/>
+      <c r="BJ55"/>
+      <c r="BK55"/>
+      <c r="BL55"/>
+      <c r="BM55"/>
+      <c r="BN55"/>
+      <c r="BO55"/>
+      <c r="BP55"/>
+      <c r="BQ55"/>
+      <c r="BR55"/>
+      <c r="BS55"/>
+      <c r="BT55"/>
+      <c r="BU55"/>
+      <c r="BV55"/>
+      <c r="BW55"/>
+      <c r="BX55"/>
+      <c r="BY55"/>
+      <c r="BZ55"/>
+      <c r="CA55"/>
+      <c r="CB55"/>
+      <c r="CC55"/>
+      <c r="CD55"/>
+      <c r="CE55"/>
+      <c r="CF55"/>
+      <c r="CG55"/>
+      <c r="CH55"/>
+      <c r="CI55"/>
+      <c r="CJ55"/>
+      <c r="CK55"/>
+      <c r="CL55"/>
+      <c r="CM55"/>
+      <c r="CN55"/>
+      <c r="CO55"/>
+      <c r="CP55"/>
+      <c r="CQ55"/>
+      <c r="CR55"/>
+      <c r="CS55"/>
+      <c r="CT55"/>
+      <c r="CU55"/>
+      <c r="CV55"/>
+      <c r="CW55"/>
+      <c r="CX55"/>
+      <c r="CY55"/>
+      <c r="CZ55"/>
+      <c r="DA55"/>
+      <c r="DB55"/>
+      <c r="DC55"/>
+      <c r="DD55"/>
+      <c r="DE55"/>
+      <c r="DF55"/>
+      <c r="DG55"/>
+      <c r="DH55"/>
+      <c r="DI55"/>
+      <c r="DJ55"/>
+      <c r="DK55"/>
+      <c r="DL55"/>
+      <c r="DM55"/>
+      <c r="DN55"/>
+      <c r="DO55"/>
+      <c r="DP55"/>
+      <c r="DQ55"/>
+      <c r="DR55"/>
+      <c r="DS55"/>
+      <c r="DT55"/>
+      <c r="DU55"/>
+      <c r="DV55"/>
+      <c r="DW55"/>
+      <c r="DX55"/>
+      <c r="DY55"/>
+      <c r="DZ55"/>
+      <c r="EA55"/>
+      <c r="EB55"/>
+      <c r="EC55"/>
+      <c r="ED55"/>
+      <c r="EE55"/>
+      <c r="EF55"/>
+      <c r="EG55"/>
+      <c r="EH55"/>
+      <c r="EI55"/>
+      <c r="EJ55"/>
+      <c r="EK55"/>
+      <c r="EL55"/>
+      <c r="EM55"/>
+      <c r="EN55"/>
+      <c r="EO55"/>
+      <c r="EP55"/>
+      <c r="EQ55"/>
+      <c r="ER55"/>
+      <c r="ES55"/>
+    </row>
+    <row r="56" spans="1:149" x14ac:dyDescent="0.35">
+      <c r="B56" s="14">
+        <v>46169</v>
+      </c>
+      <c r="C56" t="s">
         <v>6</v>
       </c>
-      <c r="D55" t="s">
+      <c r="D56" t="s">
         <v>9</v>
       </c>
-      <c r="E55" s="7" t="s">
-[...172 lines deleted...]
-      </c>
+      <c r="E56" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F56" t="s">
+        <v>33</v>
+      </c>
+      <c r="H56" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="57" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="J57"/>
+      <c r="K57"/>
+      <c r="L57"/>
+      <c r="M57"/>
+      <c r="N57"/>
+      <c r="O57"/>
+      <c r="P57"/>
+      <c r="Q57"/>
+      <c r="R57"/>
+      <c r="S57"/>
+      <c r="T57"/>
+      <c r="U57"/>
+      <c r="V57"/>
+      <c r="W57"/>
+      <c r="X57"/>
+      <c r="Y57"/>
+      <c r="Z57"/>
+      <c r="AA57"/>
+      <c r="AB57"/>
+      <c r="AC57"/>
+      <c r="AD57"/>
+      <c r="AE57"/>
+      <c r="AF57"/>
+      <c r="AG57"/>
+      <c r="AH57"/>
+      <c r="AI57"/>
+      <c r="AJ57"/>
+      <c r="AK57"/>
+      <c r="AL57"/>
+      <c r="AM57"/>
+      <c r="AN57"/>
+      <c r="AO57"/>
+      <c r="AP57"/>
+      <c r="AQ57"/>
+      <c r="AR57"/>
+      <c r="AS57"/>
+      <c r="AT57"/>
+      <c r="AU57"/>
+      <c r="AV57"/>
+      <c r="AW57"/>
+      <c r="AX57"/>
+      <c r="AY57"/>
+      <c r="AZ57"/>
+      <c r="BA57"/>
+      <c r="BB57"/>
+      <c r="BC57"/>
+      <c r="BD57"/>
+      <c r="BE57"/>
+      <c r="BF57"/>
+      <c r="BG57"/>
+      <c r="BH57"/>
+      <c r="BI57"/>
+      <c r="BJ57"/>
+      <c r="BK57"/>
+      <c r="BL57"/>
+      <c r="BM57"/>
+      <c r="BN57"/>
+      <c r="BO57"/>
+      <c r="BP57"/>
+      <c r="BQ57"/>
+      <c r="BR57"/>
+      <c r="BS57"/>
+      <c r="BT57"/>
+      <c r="BU57"/>
+      <c r="BV57"/>
+      <c r="BW57"/>
+      <c r="BX57"/>
+      <c r="BY57"/>
+      <c r="BZ57"/>
+      <c r="CA57"/>
+      <c r="CB57"/>
+      <c r="CC57"/>
+      <c r="CD57"/>
+      <c r="CE57"/>
+      <c r="CF57"/>
+      <c r="CG57"/>
+      <c r="CH57"/>
+      <c r="CI57"/>
+      <c r="CJ57"/>
+      <c r="CK57"/>
+      <c r="CL57"/>
+      <c r="CM57"/>
+      <c r="CN57"/>
+      <c r="CO57"/>
+      <c r="CP57"/>
+      <c r="CQ57"/>
+      <c r="CR57"/>
+      <c r="CS57"/>
+      <c r="CT57"/>
+      <c r="CU57"/>
+      <c r="CV57"/>
+      <c r="CW57"/>
+      <c r="CX57"/>
+      <c r="CY57"/>
+      <c r="CZ57"/>
+      <c r="DA57"/>
+      <c r="DB57"/>
+      <c r="DC57"/>
+      <c r="DD57"/>
+      <c r="DE57"/>
+      <c r="DF57"/>
+      <c r="DG57"/>
+      <c r="DH57"/>
+      <c r="DI57"/>
+      <c r="DJ57"/>
+      <c r="DK57"/>
+      <c r="DL57"/>
+      <c r="DM57"/>
+      <c r="DN57"/>
+      <c r="DO57"/>
+      <c r="DP57"/>
+      <c r="DQ57"/>
+      <c r="DR57"/>
+      <c r="DS57"/>
+      <c r="DT57"/>
+      <c r="DU57"/>
+      <c r="DV57"/>
+      <c r="DW57"/>
+      <c r="DX57"/>
+      <c r="DY57"/>
+      <c r="DZ57"/>
+      <c r="EA57"/>
+      <c r="EB57"/>
+      <c r="EC57"/>
+      <c r="ED57"/>
+      <c r="EE57"/>
+      <c r="EF57"/>
+      <c r="EG57"/>
+      <c r="EH57"/>
+      <c r="EI57"/>
+      <c r="EJ57"/>
+      <c r="EK57"/>
+      <c r="EL57"/>
+      <c r="EM57"/>
+      <c r="EN57"/>
+      <c r="EO57"/>
+      <c r="EP57"/>
+      <c r="EQ57"/>
+      <c r="ER57"/>
+      <c r="ES57"/>
     </row>
     <row r="58" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B58" s="14">
-        <v>46163</v>
+        <v>46178</v>
       </c>
       <c r="C58" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>8</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>12</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="F58" t="s">
-        <v>42</v>
-[...329 lines deleted...]
-        <v>42</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="6ce8f65e-47cc-4098-8ea2-2041cf846e93" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...6 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100DA2C5766872DDD45B00C407FCE99BEB0" ma:contentTypeVersion="16" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="a3b803c2e4a899479f8cf9f02163fd2c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6ce8f65e-47cc-4098-8ea2-2041cf846e93" xmlns:ns4="2c1ee196-e556-42e6-8572-5895b5037711" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="41ae62fcd1d8b74cffc2aa6130b00392" ns3:_="" ns4:_="">
     <xsd:import namespace="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
     <xsd:import namespace="2c1ee196-e556-42e6-8572-5895b5037711"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
@@ -5054,70 +4953,70 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F25F36C-9AD1-49B9-8B83-AF6050141733}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E187C77-18D3-4C25-85F3-7EA7ED66A51E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="2c1ee196-e556-42e6-8572-5895b5037711"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F25F36C-9AD1-49B9-8B83-AF6050141733}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8390A04A-B1F5-43BB-88B9-BB81DE7AC402}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
     <ds:schemaRef ds:uri="2c1ee196-e556-42e6-8572-5895b5037711"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">