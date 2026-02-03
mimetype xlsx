--- v2 (2026-01-14)
+++ v3 (2026-02-03)
@@ -9,63 +9,63 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bjlind\Dropbox\Dok\KI\teaching\fristående kurs\mine\schedule\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{662BFA79-7297-4AEA-A2DC-D39084E6B2BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8C15C2DB-C445-4E26-B122-BA5C02B4DEB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-165" yWindow="-165" windowWidth="29130" windowHeight="15810" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="86">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Aktivitet</t>
   </si>
   <si>
     <t>Ämne</t>
   </si>
   <si>
     <t>10.00–11.00</t>
   </si>
   <si>
     <t>11.00–12.00</t>
   </si>
   <si>
     <t>10.00–12.00</t>
   </si>
   <si>
     <t>13.00–16.00</t>
   </si>
   <si>
@@ -294,50 +294,80 @@
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Fortsättningskurs i psykologi, 15 hp VT 2026</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Introduktion till ämnet arbets- och organisationspsykologi – fokus på den organisatoriska och social arbetsmiljön </t>
   </si>
   <si>
     <t>Riskfaktorer i den organisatoriska och sociala arbetsmiljön och psykisk ohälsa</t>
   </si>
   <si>
     <t>Organisatorisk och social arbetsmiljö och psykisk hälsa</t>
   </si>
   <si>
     <t>Att förebygga psykisk ohälsa i arbetslivet</t>
   </si>
   <si>
     <t>Pia Enebrink</t>
   </si>
   <si>
     <t>13.00–15.00</t>
+  </si>
+  <si>
+    <t>Psykopatologi och psykologiska behandlingsmetoder - Introduktion</t>
+  </si>
+  <si>
+    <t>Psykopatologi och psykologiska behandlingsmetoder - Beteendeanalys</t>
+  </si>
+  <si>
+    <t>Psykopatologi och psykologiska behandlingsmetoder - Depression</t>
+  </si>
+  <si>
+    <t>Psykopatologi och psykologiska behandlingsmetoder - Patientfall 1</t>
+  </si>
+  <si>
+    <t>Psykopatologi och psykologiska behandlingsmetoder - Panik+Tvång</t>
+  </si>
+  <si>
+    <t>Psykopatologi och psykologiska behandlingsmetoder - Social fobi + GAD</t>
+  </si>
+  <si>
+    <t>Psykopatologi och psykologiska behandlingsmetoder - Patientfall 2</t>
+  </si>
+  <si>
+    <t>Psykopatologi och psykologiska behandlingsmetoder - PTSD</t>
+  </si>
+  <si>
+    <t>Psykopatologi och psykologiska behandlingsmetoder - ADHD</t>
+  </si>
+  <si>
+    <t>Psykopatologi och psykologiska behandlingsmetoder - Patientfall 3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
@@ -750,52 +780,52 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:ES58"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M12" sqref="M12"/>
+    <sheetView tabSelected="1" topLeftCell="A21" workbookViewId="0">
+      <selection activeCell="C46" sqref="C46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="3" max="3" width="15.81640625" customWidth="1"/>
     <col min="4" max="4" width="20.1796875" customWidth="1"/>
     <col min="5" max="5" width="17.453125" customWidth="1"/>
     <col min="6" max="6" width="61.26953125" customWidth="1"/>
     <col min="7" max="7" width="49.7265625" customWidth="1"/>
     <col min="10" max="149" width="9.1796875"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:149" ht="26" x14ac:dyDescent="0.6">
       <c r="D1" s="10" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="4" spans="1:149" ht="18.5" x14ac:dyDescent="0.45">
       <c r="E4" s="11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="5" spans="1:149" x14ac:dyDescent="0.35">
       <c r="A5" s="3" t="s">
         <v>37</v>
@@ -3460,51 +3490,51 @@
       <c r="EJ40"/>
       <c r="EK40"/>
       <c r="EL40"/>
       <c r="EM40"/>
       <c r="EN40"/>
       <c r="EO40"/>
       <c r="EP40"/>
       <c r="EQ40"/>
       <c r="ER40"/>
       <c r="ES40"/>
     </row>
     <row r="41" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B41" s="14">
         <v>46125</v>
       </c>
       <c r="C41" t="s">
         <v>6</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F41" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="H41" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="42" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A42" s="4" t="s">
         <v>51</v>
       </c>
       <c r="J42"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42"/>
       <c r="Q42"/>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42"/>
       <c r="V42"/>
       <c r="W42"/>
       <c r="X42"/>
       <c r="Y42"/>
@@ -3613,92 +3643,103 @@
       <c r="DX42"/>
       <c r="DY42"/>
       <c r="DZ42"/>
       <c r="EA42"/>
       <c r="EB42"/>
       <c r="EC42"/>
       <c r="ED42"/>
       <c r="EE42"/>
       <c r="EF42"/>
       <c r="EG42"/>
       <c r="EH42"/>
       <c r="EI42"/>
       <c r="EJ42"/>
       <c r="EK42"/>
       <c r="EL42"/>
       <c r="EM42"/>
       <c r="EN42"/>
       <c r="EO42"/>
       <c r="EP42"/>
       <c r="EQ42"/>
       <c r="ER42"/>
       <c r="ES42"/>
     </row>
     <row r="43" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B43" s="14">
-        <v>46134</v>
+        <v>46132</v>
       </c>
       <c r="C43" t="s">
         <v>6</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F43" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="H43" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B44" s="14">
-[...8 lines deleted...]
-      <c r="E44" s="7" t="s">
+      <c r="A44" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B44" s="4"/>
+      <c r="C44" s="4"/>
+      <c r="D44" s="4"/>
+      <c r="E44" s="4"/>
+      <c r="F44" s="4"/>
+      <c r="G44" s="4"/>
+      <c r="H44" s="4"/>
+      <c r="I44" s="4"/>
+    </row>
+    <row r="45" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A45"/>
+      <c r="B45" s="14">
+        <v>46139</v>
+      </c>
+      <c r="C45" t="s">
+        <v>6</v>
+      </c>
+      <c r="D45" t="s">
+        <v>9</v>
+      </c>
+      <c r="E45" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="H44" t="s">
+      <c r="F45" t="s">
+        <v>78</v>
+      </c>
+      <c r="G45"/>
+      <c r="H45" t="s">
         <v>27</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45"/>
       <c r="Q45"/>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45"/>
       <c r="U45"/>
       <c r="V45"/>
       <c r="W45"/>
       <c r="X45"/>
       <c r="Y45"/>
       <c r="Z45"/>
       <c r="AA45"/>
       <c r="AB45"/>
       <c r="AC45"/>
       <c r="AD45"/>
       <c r="AE45"/>
       <c r="AF45"/>
       <c r="AG45"/>
       <c r="AH45"/>
@@ -3798,63 +3839,63 @@
       <c r="DX45"/>
       <c r="DY45"/>
       <c r="DZ45"/>
       <c r="EA45"/>
       <c r="EB45"/>
       <c r="EC45"/>
       <c r="ED45"/>
       <c r="EE45"/>
       <c r="EF45"/>
       <c r="EG45"/>
       <c r="EH45"/>
       <c r="EI45"/>
       <c r="EJ45"/>
       <c r="EK45"/>
       <c r="EL45"/>
       <c r="EM45"/>
       <c r="EN45"/>
       <c r="EO45"/>
       <c r="EP45"/>
       <c r="EQ45"/>
       <c r="ER45"/>
       <c r="ES45"/>
     </row>
     <row r="46" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B46" s="14">
-        <v>46141</v>
+        <v>46139</v>
       </c>
       <c r="C46" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E46" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F46" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
       <c r="H46" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A47" s="4" t="s">
         <v>53</v>
       </c>
       <c r="J47"/>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
       <c r="Q47"/>
       <c r="R47"/>
       <c r="S47"/>
       <c r="T47"/>
       <c r="U47"/>
       <c r="V47"/>
       <c r="W47"/>
       <c r="X47"/>
       <c r="Y47"/>
@@ -3975,80 +4016,91 @@
       <c r="EJ47"/>
       <c r="EK47"/>
       <c r="EL47"/>
       <c r="EM47"/>
       <c r="EN47"/>
       <c r="EO47"/>
       <c r="EP47"/>
       <c r="EQ47"/>
       <c r="ER47"/>
       <c r="ES47"/>
     </row>
     <row r="48" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B48" s="14">
         <v>45781</v>
       </c>
       <c r="C48" t="s">
         <v>6</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
       <c r="E48" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F48" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="H48" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="49" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B49" s="14">
-[...8 lines deleted...]
-      <c r="E49" s="7" t="s">
+      <c r="A49" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B49" s="4"/>
+      <c r="C49" s="4"/>
+      <c r="D49" s="4"/>
+      <c r="E49" s="4"/>
+      <c r="F49" s="4"/>
+      <c r="G49" s="4"/>
+      <c r="H49" s="4"/>
+      <c r="I49" s="4"/>
+    </row>
+    <row r="50" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A50"/>
+      <c r="B50" s="14">
+        <v>46153</v>
+      </c>
+      <c r="C50" t="s">
+        <v>6</v>
+      </c>
+      <c r="D50" t="s">
+        <v>9</v>
+      </c>
+      <c r="E50" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="F49" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="F50" t="s">
+        <v>81</v>
+      </c>
+      <c r="G50"/>
+      <c r="H50" t="s">
+        <v>68</v>
+      </c>
+      <c r="I50"/>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50"/>
       <c r="Q50"/>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50"/>
       <c r="V50"/>
       <c r="W50"/>
       <c r="X50"/>
       <c r="Y50"/>
       <c r="Z50"/>
       <c r="AA50"/>
       <c r="AB50"/>
       <c r="AC50"/>
       <c r="AD50"/>
       <c r="AE50"/>
       <c r="AF50"/>
       <c r="AG50"/>
       <c r="AH50"/>
@@ -4151,63 +4203,63 @@
       <c r="EA50"/>
       <c r="EB50"/>
       <c r="EC50"/>
       <c r="ED50"/>
       <c r="EE50"/>
       <c r="EF50"/>
       <c r="EG50"/>
       <c r="EH50"/>
       <c r="EI50"/>
       <c r="EJ50"/>
       <c r="EK50"/>
       <c r="EL50"/>
       <c r="EM50"/>
       <c r="EN50"/>
       <c r="EO50"/>
       <c r="EP50"/>
       <c r="EQ50"/>
       <c r="ER50"/>
       <c r="ES50"/>
     </row>
     <row r="51" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B51" s="14">
         <v>46155</v>
       </c>
       <c r="C51" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F51" t="s">
-        <v>33</v>
+        <v>82</v>
       </c>
       <c r="H51" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
     </row>
     <row r="52" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A52" s="4" t="s">
         <v>55</v>
       </c>
       <c r="J52"/>
       <c r="K52"/>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52"/>
       <c r="O52"/>
       <c r="P52"/>
       <c r="Q52"/>
       <c r="R52"/>
       <c r="S52"/>
       <c r="T52"/>
       <c r="U52"/>
       <c r="V52"/>
       <c r="W52"/>
       <c r="X52"/>
       <c r="Y52"/>
       <c r="Z52"/>
       <c r="AA52"/>
       <c r="AB52"/>
@@ -4325,80 +4377,91 @@
       <c r="EJ52"/>
       <c r="EK52"/>
       <c r="EL52"/>
       <c r="EM52"/>
       <c r="EN52"/>
       <c r="EO52"/>
       <c r="EP52"/>
       <c r="EQ52"/>
       <c r="ER52"/>
       <c r="ES52"/>
     </row>
     <row r="53" spans="1:149" x14ac:dyDescent="0.35">
       <c r="B53" s="14">
         <v>45795</v>
       </c>
       <c r="C53" t="s">
         <v>6</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
       <c r="E53" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F53" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="H53" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="54" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B54" s="14">
-[...8 lines deleted...]
-      <c r="E54" s="7" t="s">
+      <c r="A54" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B54" s="4"/>
+      <c r="C54" s="4"/>
+      <c r="D54" s="4"/>
+      <c r="E54" s="4"/>
+      <c r="F54" s="4"/>
+      <c r="G54" s="4"/>
+      <c r="H54" s="4"/>
+      <c r="I54" s="4"/>
+    </row>
+    <row r="55" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A55"/>
+      <c r="B55" s="14">
+        <v>46167</v>
+      </c>
+      <c r="C55" t="s">
+        <v>6</v>
+      </c>
+      <c r="D55" t="s">
+        <v>9</v>
+      </c>
+      <c r="E55" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="F54" t="s">
-[...2 lines deleted...]
-      <c r="H54" t="s">
+      <c r="F55" t="s">
+        <v>84</v>
+      </c>
+      <c r="G55"/>
+      <c r="H55" t="s">
         <v>27</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
+      <c r="I55"/>
       <c r="J55"/>
       <c r="K55"/>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55"/>
       <c r="O55"/>
       <c r="P55"/>
       <c r="Q55"/>
       <c r="R55"/>
       <c r="S55"/>
       <c r="T55"/>
       <c r="U55"/>
       <c r="V55"/>
       <c r="W55"/>
       <c r="X55"/>
       <c r="Y55"/>
       <c r="Z55"/>
       <c r="AA55"/>
       <c r="AB55"/>
       <c r="AC55"/>
       <c r="AD55"/>
       <c r="AE55"/>
       <c r="AF55"/>
       <c r="AG55"/>
       <c r="AH55"/>
@@ -4497,73 +4560,84 @@
       <c r="DW55"/>
       <c r="DX55"/>
       <c r="DY55"/>
       <c r="DZ55"/>
       <c r="EA55"/>
       <c r="EB55"/>
       <c r="EC55"/>
       <c r="ED55"/>
       <c r="EE55"/>
       <c r="EF55"/>
       <c r="EG55"/>
       <c r="EH55"/>
       <c r="EI55"/>
       <c r="EJ55"/>
       <c r="EK55"/>
       <c r="EL55"/>
       <c r="EM55"/>
       <c r="EN55"/>
       <c r="EO55"/>
       <c r="EP55"/>
       <c r="EQ55"/>
       <c r="ER55"/>
       <c r="ES55"/>
     </row>
     <row r="56" spans="1:149" x14ac:dyDescent="0.35">
-      <c r="B56" s="14">
-[...8 lines deleted...]
-      <c r="E56" s="7" t="s">
+      <c r="A56" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B56" s="4"/>
+      <c r="C56" s="4"/>
+      <c r="D56" s="4"/>
+      <c r="E56" s="4"/>
+      <c r="F56" s="4"/>
+      <c r="G56" s="4"/>
+      <c r="H56" s="4"/>
+      <c r="I56" s="4"/>
+    </row>
+    <row r="57" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A57"/>
+      <c r="B57" s="14">
+        <v>46176</v>
+      </c>
+      <c r="C57" t="s">
+        <v>7</v>
+      </c>
+      <c r="D57" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="H56" t="s">
+      <c r="F57" t="s">
+        <v>85</v>
+      </c>
+      <c r="G57"/>
+      <c r="H57" t="s">
         <v>27</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
+      <c r="I57"/>
       <c r="J57"/>
       <c r="K57"/>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57"/>
       <c r="O57"/>
       <c r="P57"/>
       <c r="Q57"/>
       <c r="R57"/>
       <c r="S57"/>
       <c r="T57"/>
       <c r="U57"/>
       <c r="V57"/>
       <c r="W57"/>
       <c r="X57"/>
       <c r="Y57"/>
       <c r="Z57"/>
       <c r="AA57"/>
       <c r="AB57"/>
       <c r="AC57"/>
       <c r="AD57"/>
       <c r="AE57"/>
       <c r="AF57"/>
       <c r="AG57"/>
       <c r="AH57"/>