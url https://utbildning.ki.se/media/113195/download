--- v3 (2026-02-03)
+++ v4 (2026-02-24)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bjlind\Dropbox\Dok\KI\teaching\fristående kurs\mine\schedule\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8C15C2DB-C445-4E26-B122-BA5C02B4DEB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{48B32064-63DD-4B23-9D91-39FE13E2AC19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-165" yWindow="-165" windowWidth="29130" windowHeight="15810" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="86">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Aktivitet</t>
   </si>
   <si>
     <t>Ämne</t>
   </si>
   <si>
     <t>10.00–11.00</t>
   </si>
@@ -781,100 +781,99 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:ES58"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A21" workbookViewId="0">
-      <selection activeCell="C46" sqref="C46"/>
+      <selection activeCell="K34" sqref="K34"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="3" max="3" width="15.81640625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10" max="149" width="9.1796875"/>
+    <col min="3" max="3" width="15.85546875" customWidth="1"/>
+    <col min="4" max="4" width="20.140625" customWidth="1"/>
+    <col min="5" max="5" width="17.42578125" customWidth="1"/>
+    <col min="6" max="6" width="61.28515625" customWidth="1"/>
+    <col min="7" max="7" width="49.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:149" ht="26" x14ac:dyDescent="0.6">
+    <row r="1" spans="1:149" ht="26.25" x14ac:dyDescent="0.4">
       <c r="D1" s="10" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="4" spans="1:149" ht="18.5" x14ac:dyDescent="0.45">
+    <row r="4" spans="1:149" ht="18.75" x14ac:dyDescent="0.3">
       <c r="E4" s="11" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="5" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:149" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="6" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
@@ -982,97 +981,97 @@
       <c r="DV6"/>
       <c r="DW6"/>
       <c r="DX6"/>
       <c r="DY6"/>
       <c r="DZ6"/>
       <c r="EA6"/>
       <c r="EB6"/>
       <c r="EC6"/>
       <c r="ED6"/>
       <c r="EE6"/>
       <c r="EF6"/>
       <c r="EG6"/>
       <c r="EH6"/>
       <c r="EI6"/>
       <c r="EJ6"/>
       <c r="EK6"/>
       <c r="EL6"/>
       <c r="EM6"/>
       <c r="EN6"/>
       <c r="EO6"/>
       <c r="EP6"/>
       <c r="EQ6"/>
       <c r="ER6"/>
       <c r="ES6"/>
     </row>
-    <row r="7" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B7" s="14">
         <v>46041</v>
       </c>
       <c r="C7" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>59</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G7" t="s">
         <v>13</v>
       </c>
       <c r="H7" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="8" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B8" s="14">
         <v>46041</v>
       </c>
       <c r="C8" t="s">
         <v>5</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>59</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G8" t="s">
         <v>30</v>
       </c>
       <c r="H8" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="9" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>39</v>
       </c>
       <c r="F9" s="6"/>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9"/>
       <c r="AC9"/>
       <c r="AD9"/>
@@ -1174,74 +1173,74 @@
       <c r="DV9"/>
       <c r="DW9"/>
       <c r="DX9"/>
       <c r="DY9"/>
       <c r="DZ9"/>
       <c r="EA9"/>
       <c r="EB9"/>
       <c r="EC9"/>
       <c r="ED9"/>
       <c r="EE9"/>
       <c r="EF9"/>
       <c r="EG9"/>
       <c r="EH9"/>
       <c r="EI9"/>
       <c r="EJ9"/>
       <c r="EK9"/>
       <c r="EL9"/>
       <c r="EM9"/>
       <c r="EN9"/>
       <c r="EO9"/>
       <c r="EP9"/>
       <c r="EQ9"/>
       <c r="ER9"/>
       <c r="ES9"/>
     </row>
-    <row r="10" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B10" s="14">
         <v>46048</v>
       </c>
       <c r="C10" t="s">
         <v>6</v>
       </c>
       <c r="D10" t="s">
         <v>66</v>
       </c>
       <c r="E10" t="s">
         <v>59</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="11" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>40</v>
       </c>
       <c r="F11" s="6"/>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11"/>
       <c r="AC11"/>
       <c r="AD11"/>
@@ -1343,97 +1342,97 @@
       <c r="DV11"/>
       <c r="DW11"/>
       <c r="DX11"/>
       <c r="DY11"/>
       <c r="DZ11"/>
       <c r="EA11"/>
       <c r="EB11"/>
       <c r="EC11"/>
       <c r="ED11"/>
       <c r="EE11"/>
       <c r="EF11"/>
       <c r="EG11"/>
       <c r="EH11"/>
       <c r="EI11"/>
       <c r="EJ11"/>
       <c r="EK11"/>
       <c r="EL11"/>
       <c r="EM11"/>
       <c r="EN11"/>
       <c r="EO11"/>
       <c r="EP11"/>
       <c r="EQ11"/>
       <c r="ER11"/>
       <c r="ES11"/>
     </row>
-    <row r="12" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B12" s="14">
         <v>46055</v>
       </c>
       <c r="C12" t="s">
         <v>6</v>
       </c>
       <c r="D12" t="s">
         <v>66</v>
       </c>
       <c r="E12" t="s">
         <v>59</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>31</v>
       </c>
       <c r="H12" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="13" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B13" s="14">
         <v>46057</v>
       </c>
       <c r="C13" t="s">
         <v>6</v>
       </c>
       <c r="D13" t="s">
         <v>66</v>
       </c>
       <c r="E13" t="s">
         <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G13" t="s">
         <v>31</v>
       </c>
       <c r="H13" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="14" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>41</v>
       </c>
       <c r="F14" s="6"/>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14"/>
       <c r="V14"/>
       <c r="W14"/>
       <c r="X14"/>
       <c r="Y14"/>
       <c r="Z14"/>
       <c r="AA14"/>
       <c r="AB14"/>
       <c r="AC14"/>
       <c r="AD14"/>
@@ -1535,51 +1534,51 @@
       <c r="DV14"/>
       <c r="DW14"/>
       <c r="DX14"/>
       <c r="DY14"/>
       <c r="DZ14"/>
       <c r="EA14"/>
       <c r="EB14"/>
       <c r="EC14"/>
       <c r="ED14"/>
       <c r="EE14"/>
       <c r="EF14"/>
       <c r="EG14"/>
       <c r="EH14"/>
       <c r="EI14"/>
       <c r="EJ14"/>
       <c r="EK14"/>
       <c r="EL14"/>
       <c r="EM14"/>
       <c r="EN14"/>
       <c r="EO14"/>
       <c r="EP14"/>
       <c r="EQ14"/>
       <c r="ER14"/>
       <c r="ES14"/>
     </row>
-    <row r="15" spans="1:149" s="7" customFormat="1" ht="47.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:149" s="7" customFormat="1" ht="47.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="14">
         <v>46062</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>63</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>60</v>
       </c>
       <c r="F15" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J15"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
@@ -1692,51 +1691,51 @@
       <c r="DV15"/>
       <c r="DW15"/>
       <c r="DX15"/>
       <c r="DY15"/>
       <c r="DZ15"/>
       <c r="EA15"/>
       <c r="EB15"/>
       <c r="EC15"/>
       <c r="ED15"/>
       <c r="EE15"/>
       <c r="EF15"/>
       <c r="EG15"/>
       <c r="EH15"/>
       <c r="EI15"/>
       <c r="EJ15"/>
       <c r="EK15"/>
       <c r="EL15"/>
       <c r="EM15"/>
       <c r="EN15"/>
       <c r="EO15"/>
       <c r="EP15"/>
       <c r="EQ15"/>
       <c r="ER15"/>
       <c r="ES15"/>
     </row>
-    <row r="16" spans="1:149" s="7" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:149" s="7" customFormat="1" x14ac:dyDescent="0.25">
       <c r="F16" s="12"/>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
       <c r="AA16"/>
       <c r="AB16"/>
       <c r="AC16"/>
       <c r="AD16"/>
       <c r="AE16"/>
       <c r="AF16"/>
       <c r="AG16"/>
@@ -1835,92 +1834,92 @@
       <c r="DV16"/>
       <c r="DW16"/>
       <c r="DX16"/>
       <c r="DY16"/>
       <c r="DZ16"/>
       <c r="EA16"/>
       <c r="EB16"/>
       <c r="EC16"/>
       <c r="ED16"/>
       <c r="EE16"/>
       <c r="EF16"/>
       <c r="EG16"/>
       <c r="EH16"/>
       <c r="EI16"/>
       <c r="EJ16"/>
       <c r="EK16"/>
       <c r="EL16"/>
       <c r="EM16"/>
       <c r="EN16"/>
       <c r="EO16"/>
       <c r="EP16"/>
       <c r="EQ16"/>
       <c r="ER16"/>
       <c r="ES16"/>
     </row>
-    <row r="17" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B17" s="14">
         <v>46065</v>
       </c>
       <c r="C17" t="s">
         <v>75</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="8" t="s">
         <v>60</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G17" t="s">
         <v>31</v>
       </c>
       <c r="H17" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="18" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B18" s="14">
         <v>46066</v>
       </c>
       <c r="C18" t="s">
         <v>28</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="9"/>
       <c r="F18" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G18" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="19" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F19" s="6"/>
       <c r="J19"/>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19"/>
       <c r="V19"/>
       <c r="W19"/>
       <c r="X19"/>
       <c r="Y19"/>
       <c r="Z19"/>
       <c r="AA19"/>
       <c r="AB19"/>
       <c r="AC19"/>
       <c r="AD19"/>
@@ -2022,120 +2021,120 @@
       <c r="DV19"/>
       <c r="DW19"/>
       <c r="DX19"/>
       <c r="DY19"/>
       <c r="DZ19"/>
       <c r="EA19"/>
       <c r="EB19"/>
       <c r="EC19"/>
       <c r="ED19"/>
       <c r="EE19"/>
       <c r="EF19"/>
       <c r="EG19"/>
       <c r="EH19"/>
       <c r="EI19"/>
       <c r="EJ19"/>
       <c r="EK19"/>
       <c r="EL19"/>
       <c r="EM19"/>
       <c r="EN19"/>
       <c r="EO19"/>
       <c r="EP19"/>
       <c r="EQ19"/>
       <c r="ER19"/>
       <c r="ES19"/>
     </row>
-    <row r="20" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B20" s="14">
         <v>46069</v>
       </c>
       <c r="C20" t="s">
         <v>4</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20" t="s">
         <v>59</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="21" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B21" s="14">
         <v>46069</v>
       </c>
       <c r="C21" t="s">
         <v>5</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21" t="s">
         <v>59</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="22" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B22" s="14">
         <v>46073</v>
       </c>
       <c r="C22" t="s">
         <v>6</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
       <c r="E22" t="s">
         <v>59</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G22" t="s">
         <v>71</v>
       </c>
       <c r="H22" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="23" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>43</v>
       </c>
       <c r="F23" s="6"/>
       <c r="J23"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23"/>
       <c r="Y23"/>
       <c r="Z23"/>
       <c r="AA23"/>
       <c r="AB23"/>
       <c r="AC23"/>
       <c r="AD23"/>
@@ -2237,74 +2236,74 @@
       <c r="DV23"/>
       <c r="DW23"/>
       <c r="DX23"/>
       <c r="DY23"/>
       <c r="DZ23"/>
       <c r="EA23"/>
       <c r="EB23"/>
       <c r="EC23"/>
       <c r="ED23"/>
       <c r="EE23"/>
       <c r="EF23"/>
       <c r="EG23"/>
       <c r="EH23"/>
       <c r="EI23"/>
       <c r="EJ23"/>
       <c r="EK23"/>
       <c r="EL23"/>
       <c r="EM23"/>
       <c r="EN23"/>
       <c r="EO23"/>
       <c r="EP23"/>
       <c r="EQ23"/>
       <c r="ER23"/>
       <c r="ES23"/>
     </row>
-    <row r="24" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B24" s="14">
         <v>46076</v>
       </c>
       <c r="C24" t="s">
         <v>6</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
       <c r="E24" t="s">
         <v>59</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="25" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>44</v>
       </c>
       <c r="F25" s="6"/>
       <c r="J25"/>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
       <c r="Z25"/>
       <c r="AA25"/>
       <c r="AB25"/>
       <c r="AC25"/>
       <c r="AD25"/>
@@ -2406,74 +2405,74 @@
       <c r="DV25"/>
       <c r="DW25"/>
       <c r="DX25"/>
       <c r="DY25"/>
       <c r="DZ25"/>
       <c r="EA25"/>
       <c r="EB25"/>
       <c r="EC25"/>
       <c r="ED25"/>
       <c r="EE25"/>
       <c r="EF25"/>
       <c r="EG25"/>
       <c r="EH25"/>
       <c r="EI25"/>
       <c r="EJ25"/>
       <c r="EK25"/>
       <c r="EL25"/>
       <c r="EM25"/>
       <c r="EN25"/>
       <c r="EO25"/>
       <c r="EP25"/>
       <c r="EQ25"/>
       <c r="ER25"/>
       <c r="ES25"/>
     </row>
-    <row r="26" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B26" s="14">
         <v>46084</v>
       </c>
       <c r="C26" t="s">
         <v>6</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
       <c r="E26" t="s">
         <v>59</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G26" t="s">
         <v>73</v>
       </c>
       <c r="H26" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="27" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>45</v>
       </c>
       <c r="F27" s="6"/>
       <c r="J27"/>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27"/>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27"/>
       <c r="V27"/>
       <c r="W27"/>
       <c r="X27"/>
       <c r="Y27"/>
       <c r="Z27"/>
       <c r="AA27"/>
       <c r="AB27"/>
       <c r="AC27"/>
       <c r="AD27"/>
@@ -2575,89 +2574,89 @@
       <c r="DV27"/>
       <c r="DW27"/>
       <c r="DX27"/>
       <c r="DY27"/>
       <c r="DZ27"/>
       <c r="EA27"/>
       <c r="EB27"/>
       <c r="EC27"/>
       <c r="ED27"/>
       <c r="EE27"/>
       <c r="EF27"/>
       <c r="EG27"/>
       <c r="EH27"/>
       <c r="EI27"/>
       <c r="EJ27"/>
       <c r="EK27"/>
       <c r="EL27"/>
       <c r="EM27"/>
       <c r="EN27"/>
       <c r="EO27"/>
       <c r="EP27"/>
       <c r="EQ27"/>
       <c r="ER27"/>
       <c r="ES27"/>
     </row>
-    <row r="28" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B28" s="14">
         <v>46091</v>
       </c>
       <c r="C28" t="s">
         <v>6</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="8" t="s">
         <v>60</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G28" t="s">
         <v>72</v>
       </c>
       <c r="H28" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="29" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B29" s="14">
         <v>45729</v>
       </c>
       <c r="C29" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="9"/>
       <c r="F29" s="2" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="30" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>46</v>
       </c>
       <c r="F30" s="6"/>
       <c r="J30"/>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30"/>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30"/>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
@@ -2759,97 +2758,97 @@
       <c r="DV30"/>
       <c r="DW30"/>
       <c r="DX30"/>
       <c r="DY30"/>
       <c r="DZ30"/>
       <c r="EA30"/>
       <c r="EB30"/>
       <c r="EC30"/>
       <c r="ED30"/>
       <c r="EE30"/>
       <c r="EF30"/>
       <c r="EG30"/>
       <c r="EH30"/>
       <c r="EI30"/>
       <c r="EJ30"/>
       <c r="EK30"/>
       <c r="EL30"/>
       <c r="EM30"/>
       <c r="EN30"/>
       <c r="EO30"/>
       <c r="EP30"/>
       <c r="EQ30"/>
       <c r="ER30"/>
       <c r="ES30"/>
     </row>
-    <row r="31" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B31" s="14">
         <v>46097</v>
       </c>
       <c r="C31" t="s">
         <v>6</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
       <c r="E31" t="s">
         <v>59</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>16</v>
       </c>
       <c r="H31" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="32" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B32" s="14">
         <v>46100</v>
       </c>
       <c r="C32" t="s">
         <v>6</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
       <c r="E32" t="s">
         <v>59</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="33" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>47</v>
       </c>
       <c r="F33" s="6"/>
       <c r="J33"/>
       <c r="K33"/>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33"/>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33"/>
       <c r="V33"/>
       <c r="W33"/>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33"/>
       <c r="AA33"/>
       <c r="AB33"/>
       <c r="AC33"/>
       <c r="AD33"/>
@@ -2951,74 +2950,74 @@
       <c r="DV33"/>
       <c r="DW33"/>
       <c r="DX33"/>
       <c r="DY33"/>
       <c r="DZ33"/>
       <c r="EA33"/>
       <c r="EB33"/>
       <c r="EC33"/>
       <c r="ED33"/>
       <c r="EE33"/>
       <c r="EF33"/>
       <c r="EG33"/>
       <c r="EH33"/>
       <c r="EI33"/>
       <c r="EJ33"/>
       <c r="EK33"/>
       <c r="EL33"/>
       <c r="EM33"/>
       <c r="EN33"/>
       <c r="EO33"/>
       <c r="EP33"/>
       <c r="EQ33"/>
       <c r="ER33"/>
       <c r="ES33"/>
     </row>
-    <row r="34" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B34" s="14">
         <v>46107</v>
       </c>
       <c r="C34" t="s">
         <v>6</v>
       </c>
       <c r="D34" t="s">
         <v>9</v>
       </c>
       <c r="E34" t="s">
         <v>59</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>18</v>
       </c>
       <c r="H34" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="35" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>48</v>
       </c>
       <c r="F35" s="6"/>
       <c r="J35"/>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35"/>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35"/>
       <c r="V35"/>
       <c r="W35"/>
       <c r="X35"/>
       <c r="Y35"/>
       <c r="Z35"/>
       <c r="AA35"/>
       <c r="AB35"/>
       <c r="AC35"/>
       <c r="AD35"/>
@@ -3120,74 +3119,74 @@
       <c r="DV35"/>
       <c r="DW35"/>
       <c r="DX35"/>
       <c r="DY35"/>
       <c r="DZ35"/>
       <c r="EA35"/>
       <c r="EB35"/>
       <c r="EC35"/>
       <c r="ED35"/>
       <c r="EE35"/>
       <c r="EF35"/>
       <c r="EG35"/>
       <c r="EH35"/>
       <c r="EI35"/>
       <c r="EJ35"/>
       <c r="EK35"/>
       <c r="EL35"/>
       <c r="EM35"/>
       <c r="EN35"/>
       <c r="EO35"/>
       <c r="EP35"/>
       <c r="EQ35"/>
       <c r="ER35"/>
       <c r="ES35"/>
     </row>
-    <row r="36" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B36" s="14">
         <v>46114</v>
       </c>
       <c r="C36" t="s">
         <v>6</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
       <c r="E36" t="s">
         <v>59</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>19</v>
       </c>
       <c r="H36" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="37" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>49</v>
       </c>
       <c r="F37" s="6"/>
       <c r="J37"/>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37"/>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
       <c r="AA37"/>
       <c r="AB37"/>
       <c r="AC37"/>
       <c r="AD37"/>
@@ -3289,92 +3288,92 @@
       <c r="DV37"/>
       <c r="DW37"/>
       <c r="DX37"/>
       <c r="DY37"/>
       <c r="DZ37"/>
       <c r="EA37"/>
       <c r="EB37"/>
       <c r="EC37"/>
       <c r="ED37"/>
       <c r="EE37"/>
       <c r="EF37"/>
       <c r="EG37"/>
       <c r="EH37"/>
       <c r="EI37"/>
       <c r="EJ37"/>
       <c r="EK37"/>
       <c r="EL37"/>
       <c r="EM37"/>
       <c r="EN37"/>
       <c r="EO37"/>
       <c r="EP37"/>
       <c r="EQ37"/>
       <c r="ER37"/>
       <c r="ES37"/>
     </row>
-    <row r="38" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B38" s="14">
         <v>46120</v>
       </c>
       <c r="C38" t="s">
         <v>67</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>59</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>20</v>
       </c>
       <c r="H38" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="39" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B39" s="14">
         <v>46122</v>
       </c>
       <c r="C39" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="7"/>
       <c r="F39" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="40" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>50</v>
       </c>
       <c r="F40" s="6"/>
       <c r="J40"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40"/>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40"/>
       <c r="V40"/>
       <c r="W40"/>
       <c r="X40"/>
       <c r="Y40"/>
       <c r="Z40"/>
       <c r="AA40"/>
       <c r="AB40"/>
       <c r="AC40"/>
       <c r="AD40"/>
@@ -3476,71 +3475,71 @@
       <c r="DV40"/>
       <c r="DW40"/>
       <c r="DX40"/>
       <c r="DY40"/>
       <c r="DZ40"/>
       <c r="EA40"/>
       <c r="EB40"/>
       <c r="EC40"/>
       <c r="ED40"/>
       <c r="EE40"/>
       <c r="EF40"/>
       <c r="EG40"/>
       <c r="EH40"/>
       <c r="EI40"/>
       <c r="EJ40"/>
       <c r="EK40"/>
       <c r="EL40"/>
       <c r="EM40"/>
       <c r="EN40"/>
       <c r="EO40"/>
       <c r="EP40"/>
       <c r="EQ40"/>
       <c r="ER40"/>
       <c r="ES40"/>
     </row>
-    <row r="41" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B41" s="14">
         <v>46125</v>
       </c>
       <c r="C41" t="s">
         <v>6</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F41" t="s">
         <v>76</v>
       </c>
       <c r="H41" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="42" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>51</v>
       </c>
       <c r="J42"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42"/>
       <c r="Q42"/>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42"/>
       <c r="V42"/>
       <c r="W42"/>
       <c r="X42"/>
       <c r="Y42"/>
       <c r="Z42"/>
       <c r="AA42"/>
       <c r="AB42"/>
       <c r="AC42"/>
       <c r="AD42"/>
       <c r="AE42"/>
@@ -3641,84 +3640,84 @@
       <c r="DV42"/>
       <c r="DW42"/>
       <c r="DX42"/>
       <c r="DY42"/>
       <c r="DZ42"/>
       <c r="EA42"/>
       <c r="EB42"/>
       <c r="EC42"/>
       <c r="ED42"/>
       <c r="EE42"/>
       <c r="EF42"/>
       <c r="EG42"/>
       <c r="EH42"/>
       <c r="EI42"/>
       <c r="EJ42"/>
       <c r="EK42"/>
       <c r="EL42"/>
       <c r="EM42"/>
       <c r="EN42"/>
       <c r="EO42"/>
       <c r="EP42"/>
       <c r="EQ42"/>
       <c r="ER42"/>
       <c r="ES42"/>
     </row>
-    <row r="43" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B43" s="14">
         <v>46132</v>
       </c>
       <c r="C43" t="s">
         <v>6</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F43" t="s">
         <v>77</v>
       </c>
       <c r="H43" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="44" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:149" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B44" s="4"/>
       <c r="C44" s="4"/>
       <c r="D44" s="4"/>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="4"/>
       <c r="H44" s="4"/>
       <c r="I44" s="4"/>
     </row>
-    <row r="45" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A45"/>
       <c r="B45" s="14">
         <v>46139</v>
       </c>
       <c r="C45" t="s">
         <v>6</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F45" t="s">
         <v>78</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>27</v>
       </c>
       <c r="I45"/>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
@@ -3837,71 +3836,71 @@
       <c r="DV45"/>
       <c r="DW45"/>
       <c r="DX45"/>
       <c r="DY45"/>
       <c r="DZ45"/>
       <c r="EA45"/>
       <c r="EB45"/>
       <c r="EC45"/>
       <c r="ED45"/>
       <c r="EE45"/>
       <c r="EF45"/>
       <c r="EG45"/>
       <c r="EH45"/>
       <c r="EI45"/>
       <c r="EJ45"/>
       <c r="EK45"/>
       <c r="EL45"/>
       <c r="EM45"/>
       <c r="EN45"/>
       <c r="EO45"/>
       <c r="EP45"/>
       <c r="EQ45"/>
       <c r="ER45"/>
       <c r="ES45"/>
     </row>
-    <row r="46" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B46" s="14">
         <v>46139</v>
       </c>
       <c r="C46" t="s">
         <v>7</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F46" t="s">
         <v>79</v>
       </c>
       <c r="H46" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="47" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>53</v>
       </c>
       <c r="J47"/>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
       <c r="Q47"/>
       <c r="R47"/>
       <c r="S47"/>
       <c r="T47"/>
       <c r="U47"/>
       <c r="V47"/>
       <c r="W47"/>
       <c r="X47"/>
       <c r="Y47"/>
       <c r="Z47"/>
       <c r="AA47"/>
       <c r="AB47"/>
       <c r="AC47"/>
       <c r="AD47"/>
       <c r="AE47"/>
@@ -4002,84 +4001,84 @@
       <c r="DV47"/>
       <c r="DW47"/>
       <c r="DX47"/>
       <c r="DY47"/>
       <c r="DZ47"/>
       <c r="EA47"/>
       <c r="EB47"/>
       <c r="EC47"/>
       <c r="ED47"/>
       <c r="EE47"/>
       <c r="EF47"/>
       <c r="EG47"/>
       <c r="EH47"/>
       <c r="EI47"/>
       <c r="EJ47"/>
       <c r="EK47"/>
       <c r="EL47"/>
       <c r="EM47"/>
       <c r="EN47"/>
       <c r="EO47"/>
       <c r="EP47"/>
       <c r="EQ47"/>
       <c r="ER47"/>
       <c r="ES47"/>
     </row>
-    <row r="48" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B48" s="14">
         <v>45781</v>
       </c>
       <c r="C48" t="s">
         <v>6</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
       <c r="E48" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F48" t="s">
         <v>80</v>
       </c>
       <c r="H48" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="49" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:149" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B49" s="4"/>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
       <c r="F49" s="4"/>
       <c r="G49" s="4"/>
       <c r="H49" s="4"/>
       <c r="I49" s="4"/>
     </row>
-    <row r="50" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A50"/>
       <c r="B50" s="14">
         <v>46153</v>
       </c>
       <c r="C50" t="s">
         <v>6</v>
       </c>
       <c r="D50" t="s">
         <v>9</v>
       </c>
       <c r="E50" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F50" t="s">
         <v>81</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>68</v>
       </c>
       <c r="I50"/>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
@@ -4198,71 +4197,71 @@
       <c r="DV50"/>
       <c r="DW50"/>
       <c r="DX50"/>
       <c r="DY50"/>
       <c r="DZ50"/>
       <c r="EA50"/>
       <c r="EB50"/>
       <c r="EC50"/>
       <c r="ED50"/>
       <c r="EE50"/>
       <c r="EF50"/>
       <c r="EG50"/>
       <c r="EH50"/>
       <c r="EI50"/>
       <c r="EJ50"/>
       <c r="EK50"/>
       <c r="EL50"/>
       <c r="EM50"/>
       <c r="EN50"/>
       <c r="EO50"/>
       <c r="EP50"/>
       <c r="EQ50"/>
       <c r="ER50"/>
       <c r="ES50"/>
     </row>
-    <row r="51" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B51" s="14">
         <v>46155</v>
       </c>
       <c r="C51" t="s">
         <v>7</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F51" t="s">
         <v>82</v>
       </c>
       <c r="H51" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="52" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
         <v>55</v>
       </c>
       <c r="J52"/>
       <c r="K52"/>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52"/>
       <c r="O52"/>
       <c r="P52"/>
       <c r="Q52"/>
       <c r="R52"/>
       <c r="S52"/>
       <c r="T52"/>
       <c r="U52"/>
       <c r="V52"/>
       <c r="W52"/>
       <c r="X52"/>
       <c r="Y52"/>
       <c r="Z52"/>
       <c r="AA52"/>
       <c r="AB52"/>
       <c r="AC52"/>
       <c r="AD52"/>
       <c r="AE52"/>
@@ -4363,84 +4362,84 @@
       <c r="DV52"/>
       <c r="DW52"/>
       <c r="DX52"/>
       <c r="DY52"/>
       <c r="DZ52"/>
       <c r="EA52"/>
       <c r="EB52"/>
       <c r="EC52"/>
       <c r="ED52"/>
       <c r="EE52"/>
       <c r="EF52"/>
       <c r="EG52"/>
       <c r="EH52"/>
       <c r="EI52"/>
       <c r="EJ52"/>
       <c r="EK52"/>
       <c r="EL52"/>
       <c r="EM52"/>
       <c r="EN52"/>
       <c r="EO52"/>
       <c r="EP52"/>
       <c r="EQ52"/>
       <c r="ER52"/>
       <c r="ES52"/>
     </row>
-    <row r="53" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B53" s="14">
         <v>45795</v>
       </c>
       <c r="C53" t="s">
         <v>6</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
       <c r="E53" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F53" t="s">
         <v>83</v>
       </c>
       <c r="H53" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="54" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:149" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B54" s="4"/>
       <c r="C54" s="4"/>
       <c r="D54" s="4"/>
       <c r="E54" s="4"/>
       <c r="F54" s="4"/>
       <c r="G54" s="4"/>
       <c r="H54" s="4"/>
       <c r="I54" s="4"/>
     </row>
-    <row r="55" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A55"/>
       <c r="B55" s="14">
         <v>46167</v>
       </c>
       <c r="C55" t="s">
         <v>6</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F55" t="s">
         <v>84</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>27</v>
       </c>
       <c r="I55"/>
       <c r="J55"/>
       <c r="K55"/>
       <c r="L55"/>
       <c r="M55"/>
@@ -4559,64 +4558,64 @@
       <c r="DV55"/>
       <c r="DW55"/>
       <c r="DX55"/>
       <c r="DY55"/>
       <c r="DZ55"/>
       <c r="EA55"/>
       <c r="EB55"/>
       <c r="EC55"/>
       <c r="ED55"/>
       <c r="EE55"/>
       <c r="EF55"/>
       <c r="EG55"/>
       <c r="EH55"/>
       <c r="EI55"/>
       <c r="EJ55"/>
       <c r="EK55"/>
       <c r="EL55"/>
       <c r="EM55"/>
       <c r="EN55"/>
       <c r="EO55"/>
       <c r="EP55"/>
       <c r="EQ55"/>
       <c r="ER55"/>
       <c r="ES55"/>
     </row>
-    <row r="56" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:149" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B56" s="4"/>
       <c r="C56" s="4"/>
       <c r="D56" s="4"/>
       <c r="E56" s="4"/>
       <c r="F56" s="4"/>
       <c r="G56" s="4"/>
       <c r="H56" s="4"/>
       <c r="I56" s="4"/>
     </row>
-    <row r="57" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:149" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A57"/>
       <c r="B57" s="14">
         <v>46176</v>
       </c>
       <c r="C57" t="s">
         <v>7</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F57" t="s">
         <v>85</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>27</v>
       </c>
       <c r="I57"/>
       <c r="J57"/>
       <c r="K57"/>
       <c r="L57"/>
       <c r="M57"/>
@@ -4735,100 +4734,100 @@
       <c r="DV57"/>
       <c r="DW57"/>
       <c r="DX57"/>
       <c r="DY57"/>
       <c r="DZ57"/>
       <c r="EA57"/>
       <c r="EB57"/>
       <c r="EC57"/>
       <c r="ED57"/>
       <c r="EE57"/>
       <c r="EF57"/>
       <c r="EG57"/>
       <c r="EH57"/>
       <c r="EI57"/>
       <c r="EJ57"/>
       <c r="EK57"/>
       <c r="EL57"/>
       <c r="EM57"/>
       <c r="EN57"/>
       <c r="EO57"/>
       <c r="EP57"/>
       <c r="EQ57"/>
       <c r="ER57"/>
       <c r="ES57"/>
     </row>
-    <row r="58" spans="1:149" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:149" x14ac:dyDescent="0.25">
       <c r="B58" s="14">
         <v>46178</v>
       </c>
       <c r="C58" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F58" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="6ce8f65e-47cc-4098-8ea2-2041cf846e93" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100DA2C5766872DDD45B00C407FCE99BEB0" ma:contentTypeVersion="16" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="a3b803c2e4a899479f8cf9f02163fd2c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6ce8f65e-47cc-4098-8ea2-2041cf846e93" xmlns:ns4="2c1ee196-e556-42e6-8572-5895b5037711" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="41ae62fcd1d8b74cffc2aa6130b00392" ns3:_="" ns4:_="">
     <xsd:import namespace="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
     <xsd:import namespace="2c1ee196-e556-42e6-8572-5895b5037711"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
@@ -5027,70 +5026,70 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F25F36C-9AD1-49B9-8B83-AF6050141733}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E187C77-18D3-4C25-85F3-7EA7ED66A51E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="2c1ee196-e556-42e6-8572-5895b5037711"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8390A04A-B1F5-43BB-88B9-BB81DE7AC402}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
     <ds:schemaRef ds:uri="2c1ee196-e556-42e6-8572-5895b5037711"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">