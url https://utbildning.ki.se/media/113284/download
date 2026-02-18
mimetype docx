--- v0 (2025-10-06)
+++ v1 (2026-02-18)
@@ -22,52 +22,65 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4351400A" w14:textId="77777777" w:rsidR="00343EF0" w:rsidRPr="005E25A1" w:rsidRDefault="00343EF0" w:rsidP="00CC2E48">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="sv-SE" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E25A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="sv-SE" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Tidsplan – Hälsopsykologi 7,5 hp</w:t>
+        <w:t xml:space="preserve">Tidsplan – Hälsopsykologi 7,5 </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E25A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="sv-SE" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>hp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1F129427" w14:textId="0CB9D950" w:rsidR="00CC2E48" w:rsidRPr="005E25A1" w:rsidRDefault="00CC2E48" w:rsidP="00CC2E48">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E25A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Tidsplan över </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -105,155 +118,171 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>kursen Hälsopsykol</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="005E25A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>gi 7,5 hp</w:t>
+        <w:t xml:space="preserve">gi 7,5 </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E25A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>hp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00936EC6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 1QA127</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8364" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="656"/>
         <w:gridCol w:w="5014"/>
         <w:gridCol w:w="2694"/>
       </w:tblGrid>
       <w:tr w:rsidR="00415198" w14:paraId="67478E48" w14:textId="77777777" w:rsidTr="005F45FA">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26CA71D0" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vecka</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5014" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F7D03A4" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Studieuppgift</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A018491" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00415198" w14:paraId="6A88A5E0" w14:textId="77777777" w:rsidTr="005F45FA">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F2A57AB" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00331ED7">
+          <w:p w14:paraId="3F2A57AB" w14:textId="6B36678A" w:rsidR="00415198" w:rsidRDefault="00331ED7">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004F69B2">
-              <w:t>3</w:t>
+            <w:r w:rsidR="00AC40C2">
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5014" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56720A18" w14:textId="77777777" w:rsidR="00415198" w:rsidRPr="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Kursstart</w:t>
             </w:r>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
@@ -294,162 +323,180 @@
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Presentation</w:t>
             </w:r>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> inlagd i </w:t>
             </w:r>
             <w:r w:rsidR="005E38EC">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Canvas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FFA25CA" w14:textId="224BB324" w:rsidR="00415198" w:rsidRDefault="006358E9">
-[...4 lines deleted...]
-              <w:t>31</w:t>
+          <w:p w14:paraId="6FFA25CA" w14:textId="3C64B7C3" w:rsidR="00415198" w:rsidRDefault="006358E9">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="001365A7">
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="002E139A">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00331ED7">
               <w:br/>
             </w:r>
             <w:r w:rsidR="00331ED7">
               <w:br/>
-              <w:t xml:space="preserve">Senast </w:t>
-[...2 lines deleted...]
-              <w:t>4</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00331ED7">
+              <w:t>Senast</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00331ED7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001365A7">
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00331ED7">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00415198" w14:paraId="030C1DE1" w14:textId="77777777" w:rsidTr="005F45FA">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17506702" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00331ED7">
+          <w:p w14:paraId="17506702" w14:textId="22CCD961" w:rsidR="00415198" w:rsidRDefault="00331ED7">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004F69B2">
-              <w:t>4</w:t>
+            <w:r w:rsidR="00AC40C2">
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5014" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="028C6909" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
-            <w:r>
-              <w:t xml:space="preserve">Diskussion i </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Diskussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> i </w:t>
             </w:r>
             <w:r w:rsidR="005E38EC">
               <w:t>Canvas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FA61F50" w14:textId="0794CE3C" w:rsidR="00415198" w:rsidRDefault="006358E9">
-[...4 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w14:paraId="5FA61F50" w14:textId="32039B35" w:rsidR="00415198" w:rsidRDefault="001365A7">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00331ED7">
               <w:t xml:space="preserve">/4 - </w:t>
             </w:r>
-            <w:r>
-              <w:t>11</w:t>
+            <w:r w:rsidR="006358E9">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00E7506D">
               <w:t>/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00415198" w:rsidRPr="00415198" w14:paraId="2B447463" w14:textId="77777777" w:rsidTr="005F45FA">
+      <w:tr w:rsidR="00415198" w:rsidRPr="00FE0768" w14:paraId="2B447463" w14:textId="77777777" w:rsidTr="005F45FA">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02E2F4BE" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00331ED7">
+          <w:p w14:paraId="02E2F4BE" w14:textId="775EEFDD" w:rsidR="00415198" w:rsidRDefault="00331ED7">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004F69B2">
-              <w:t>5</w:t>
+            <w:r w:rsidR="00AC40C2">
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5014" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57D3D2C0" w14:textId="77777777" w:rsidR="00415198" w:rsidRPr="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Studieuppgift II</w:t>
             </w:r>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
@@ -474,175 +521,198 @@
           </w:tcPr>
           <w:p w14:paraId="7448E34A" w14:textId="77777777" w:rsidR="00415198" w:rsidRPr="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D1774F" w:rsidRPr="00415198" w14:paraId="34B08219" w14:textId="77777777" w:rsidTr="005F45FA">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="062F1909" w14:textId="77777777" w:rsidR="00D1774F" w:rsidRDefault="00D1774F">
-[...1 lines deleted...]
-              <w:pStyle w:val="NormalWeb"/>
+          <w:p w14:paraId="062F1909" w14:textId="77777777" w:rsidR="00D1774F" w:rsidRPr="00694529" w:rsidRDefault="00D1774F">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5014" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57E01070" w14:textId="3D367931" w:rsidR="00D1774F" w:rsidRPr="00127543" w:rsidRDefault="00127543">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00127543">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Treveckorskontroll</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49E36BEF" w14:textId="738C57C0" w:rsidR="00D1774F" w:rsidRPr="00415198" w:rsidRDefault="00127543">
-[...10 lines deleted...]
-              <w:t>18/4</w:t>
+          <w:p w14:paraId="49E36BEF" w14:textId="18ED3473" w:rsidR="00D1774F" w:rsidRPr="00415198" w:rsidRDefault="00127543">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001365A7">
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00415198" w14:paraId="04BC58D7" w14:textId="77777777" w:rsidTr="005F45FA">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C31C005" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00331ED7">
+          <w:p w14:paraId="7C31C005" w14:textId="706BA6F5" w:rsidR="00415198" w:rsidRDefault="00331ED7">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004F69B2">
-              <w:t>6</w:t>
+            <w:r w:rsidR="00AC40C2">
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5014" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1BA079A7" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
-            <w:r>
-              <w:t xml:space="preserve">Diskussion i </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Diskussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> i </w:t>
             </w:r>
             <w:r w:rsidR="005E38EC">
               <w:t>Canvas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7667BCA1" w14:textId="62D587F4" w:rsidR="00415198" w:rsidRDefault="006358E9">
-[...4 lines deleted...]
-              <w:t>22</w:t>
+          <w:p w14:paraId="7667BCA1" w14:textId="140F20A1" w:rsidR="00415198" w:rsidRDefault="006358E9">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="001365A7">
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00331ED7">
               <w:t>/4 - 2</w:t>
             </w:r>
-            <w:r>
-              <w:t>5</w:t>
+            <w:r w:rsidR="001365A7">
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00E7506D">
               <w:t>/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00415198" w:rsidRPr="00415198" w14:paraId="7E9DF1D2" w14:textId="77777777" w:rsidTr="005F45FA">
+      <w:tr w:rsidR="00415198" w:rsidRPr="00FE0768" w14:paraId="7E9DF1D2" w14:textId="77777777" w:rsidTr="005F45FA">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48A8D665" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00331ED7">
+          <w:p w14:paraId="48A8D665" w14:textId="7125E4D4" w:rsidR="00415198" w:rsidRDefault="00331ED7">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004F69B2">
-              <w:t>7</w:t>
+            <w:r w:rsidR="00AC40C2">
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5014" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1035B391" w14:textId="77777777" w:rsidR="00415198" w:rsidRPr="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Studieuppgift III</w:t>
             </w:r>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
@@ -668,118 +738,123 @@
           <w:p w14:paraId="7736711A" w14:textId="77777777" w:rsidR="00415198" w:rsidRPr="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00415198" w14:paraId="69055B0D" w14:textId="77777777" w:rsidTr="005F45FA">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C52FD67" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00331ED7">
+          <w:p w14:paraId="0C52FD67" w14:textId="0AD054EC" w:rsidR="00415198" w:rsidRDefault="00331ED7">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004F69B2">
-              <w:t>8</w:t>
+            <w:r w:rsidR="00AC40C2">
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5014" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66D0127C" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
-            <w:r>
-              <w:t xml:space="preserve">Diskussion i </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Diskussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> i </w:t>
             </w:r>
             <w:r w:rsidR="005E38EC">
               <w:t>Canvas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5762167B" w14:textId="75016E69" w:rsidR="00415198" w:rsidRDefault="006358E9" w:rsidP="009351EE">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w14:paraId="5762167B" w14:textId="0DCCC1F9" w:rsidR="00415198" w:rsidRDefault="001365A7" w:rsidP="009351EE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00331ED7">
               <w:t xml:space="preserve">/5 - </w:t>
             </w:r>
             <w:r>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00E7506D">
               <w:t>/5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00415198" w:rsidRPr="00C9122C" w14:paraId="3B07294E" w14:textId="77777777" w:rsidTr="005F45FA">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D82F0EB" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="004F69B2">
-[...4 lines deleted...]
-              <w:t>19</w:t>
+          <w:p w14:paraId="0D82F0EB" w14:textId="7CEEC832" w:rsidR="00415198" w:rsidRDefault="00AC40C2">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5014" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73613020" w14:textId="77777777" w:rsidR="00C9122C" w:rsidRDefault="00C9122C">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Studieuppgift I</w:t>
             </w:r>
@@ -905,121 +980,130 @@
           <w:p w14:paraId="52818B8D" w14:textId="77777777" w:rsidR="00415198" w:rsidRPr="00C9122C" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C9122C">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00415198" w:rsidRPr="00415198" w14:paraId="1E8E3CA3" w14:textId="77777777" w:rsidTr="005F45FA">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="209739A7" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00331ED7">
+          <w:p w14:paraId="209739A7" w14:textId="1466C147" w:rsidR="00415198" w:rsidRDefault="00331ED7">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004F69B2">
-              <w:t>0</w:t>
+            <w:r w:rsidR="00AC40C2">
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5014" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="648B7F1A" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Examinationsuppgift – Steg 2</w:t>
+              <w:t>Examinationsuppgift</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Steg 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5697F491" w14:textId="34CDE8D7" w:rsidR="00415198" w:rsidRPr="00415198" w:rsidRDefault="00415198" w:rsidP="009351EE">
+          <w:p w14:paraId="5697F491" w14:textId="673F4BCE" w:rsidR="00415198" w:rsidRPr="00415198" w:rsidRDefault="00415198" w:rsidP="009351EE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Inlagd i </w:t>
             </w:r>
             <w:r w:rsidR="005E38EC">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Canvas</w:t>
             </w:r>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> senast </w:t>
             </w:r>
             <w:r w:rsidR="005E38EC">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="006358E9">
-[...3 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="001365A7">
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00E7506D">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>/5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00415198" w14:paraId="6A3BD3C2" w14:textId="77777777" w:rsidTr="005F45FA">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51B90A83" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1030,68 +1114,68 @@
           </w:tcPr>
           <w:p w14:paraId="42D52080" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
             <w:r>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="054CB156" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
             <w:r>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00415198" w:rsidRPr="00415198" w14:paraId="03050E53" w14:textId="77777777" w:rsidTr="005F45FA">
+      <w:tr w:rsidR="00415198" w:rsidRPr="00FE0768" w14:paraId="03050E53" w14:textId="77777777" w:rsidTr="005F45FA">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14379711" w14:textId="77777777" w:rsidR="00415198" w:rsidRDefault="00331ED7">
+          <w:p w14:paraId="14379711" w14:textId="239EDECC" w:rsidR="00415198" w:rsidRDefault="00331ED7">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004F69B2">
-              <w:t>1</w:t>
+            <w:r w:rsidR="00F11EF3">
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5014" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33AB15A2" w14:textId="77777777" w:rsidR="00415198" w:rsidRPr="00411B76" w:rsidRDefault="00415198">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Examinationsuppgift – Steg 3</w:t>
             </w:r>
@@ -1131,147 +1215,147 @@
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Canvas</w:t>
             </w:r>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00415198">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Kursutvärdering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4569B301" w14:textId="441AE476" w:rsidR="00415198" w:rsidRPr="00415198" w:rsidRDefault="00331ED7">
+          <w:p w14:paraId="4569B301" w14:textId="35B5B400" w:rsidR="00415198" w:rsidRPr="00415198" w:rsidRDefault="00331ED7">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Kommentar inlagd senast 2</w:t>
             </w:r>
-            <w:r w:rsidR="006358E9">
+            <w:r w:rsidR="001365A7">
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00E7506D">
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>/5</w:t>
+            </w:r>
+            <w:r w:rsidR="00E7506D">
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00411B76">
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00411B76">
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="001365A7">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00E7506D">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
-              <w:t>/5</w:t>
-[...34 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">/5 - </w:t>
             </w:r>
-            <w:r w:rsidR="006358E9">
-[...3 lines deleted...]
-              <w:t>30</w:t>
+            <w:r w:rsidR="001365A7">
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>/5</w:t>
             </w:r>
             <w:r w:rsidR="00E7506D">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Besvarad i </w:t>
             </w:r>
             <w:r w:rsidR="005E38EC">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Canvas</w:t>
             </w:r>
             <w:r w:rsidR="00E7506D">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="006358E9">
-[...3 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="002D3F5F">
+              <w:rPr>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="003D2DA5">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="005E38EC">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="74033B46" w14:textId="77777777" w:rsidR="00CC2E48" w:rsidRPr="005E25A1" w:rsidRDefault="00CC2E48" w:rsidP="00CC2E48">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
@@ -1473,154 +1557,164 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1907374358">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDaysDQ2MjA3tzQ2tjCwMDdW0lEKTi0uzszPAykwqgUAE0/loSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00F54A6E"/>
     <w:rsid w:val="00012C36"/>
+    <w:rsid w:val="000E01D4"/>
     <w:rsid w:val="00127543"/>
+    <w:rsid w:val="001365A7"/>
     <w:rsid w:val="00171734"/>
     <w:rsid w:val="001E38DC"/>
     <w:rsid w:val="001E6ADF"/>
     <w:rsid w:val="002848C2"/>
+    <w:rsid w:val="002D3F5F"/>
     <w:rsid w:val="002E139A"/>
     <w:rsid w:val="002E3257"/>
     <w:rsid w:val="002E66D3"/>
     <w:rsid w:val="00331ED7"/>
     <w:rsid w:val="00343EF0"/>
     <w:rsid w:val="00375865"/>
     <w:rsid w:val="003D2DA5"/>
     <w:rsid w:val="00411B76"/>
     <w:rsid w:val="00415198"/>
     <w:rsid w:val="00456D87"/>
     <w:rsid w:val="004F69B2"/>
     <w:rsid w:val="005536CB"/>
+    <w:rsid w:val="005A3368"/>
     <w:rsid w:val="005E38EC"/>
     <w:rsid w:val="005F45FA"/>
     <w:rsid w:val="006358E9"/>
+    <w:rsid w:val="00694529"/>
     <w:rsid w:val="006B791D"/>
     <w:rsid w:val="00793318"/>
+    <w:rsid w:val="008271E1"/>
     <w:rsid w:val="00896545"/>
     <w:rsid w:val="009144D0"/>
     <w:rsid w:val="009351EE"/>
     <w:rsid w:val="00936EC6"/>
     <w:rsid w:val="00954B48"/>
     <w:rsid w:val="00A7197F"/>
+    <w:rsid w:val="00AC40C2"/>
     <w:rsid w:val="00BB686E"/>
     <w:rsid w:val="00C019F2"/>
     <w:rsid w:val="00C9122C"/>
     <w:rsid w:val="00CC2E48"/>
     <w:rsid w:val="00D1774F"/>
     <w:rsid w:val="00E7506D"/>
     <w:rsid w:val="00EE75CD"/>
+    <w:rsid w:val="00F11EF3"/>
     <w:rsid w:val="00F54A6E"/>
     <w:rsid w:val="00F72CB7"/>
+    <w:rsid w:val="00FE0768"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="76FA605F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{29BD6F5B-21B7-4DA6-81A6-921C1A7089F7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1969,51 +2063,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001C2BCC"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00F54A6E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
@@ -2455,82 +2549,82 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>132</Words>
-  <Characters>758</Characters>
+  <Words>119</Words>
+  <Characters>771</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>889</CharactersWithSpaces>
+  <CharactersWithSpaces>852</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Richard Bränström</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>