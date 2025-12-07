--- v0 (2025-10-07)
+++ v1 (2025-12-07)
@@ -11,887 +11,1019 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="571B221A" w14:textId="77777777" w:rsidR="007D1562" w:rsidRDefault="007D1562" w:rsidP="000F6944"/>
     <w:p w14:paraId="46F82C9E" w14:textId="77777777" w:rsidR="000F6944" w:rsidRDefault="000F6944" w:rsidP="000F6944"/>
     <w:p w14:paraId="39D475D3" w14:textId="77777777" w:rsidR="000F6944" w:rsidRDefault="00587644" w:rsidP="000F6944">
       <w:r>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="000F6944">
         <w:t>ursanalys för återrapportering till studenter</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> - Fysioterapeutprogrammet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B903FC" w14:textId="10EAD27A" w:rsidR="000F6944" w:rsidRPr="004D3908" w:rsidRDefault="004D3908" w:rsidP="000F6944">
+    <w:p w14:paraId="26B903FC" w14:textId="09F78722" w:rsidR="000F6944" w:rsidRPr="004D3908" w:rsidRDefault="004D3908" w:rsidP="000F6944">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D3908">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Tema Intervention – Psykologi </w:t>
       </w:r>
-      <w:r w:rsidR="00DE6AC3">
+      <w:r w:rsidR="00C161D2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>V</w:t>
+        <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="004D3908">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>T2</w:t>
       </w:r>
-      <w:r w:rsidR="00DE6AC3">
+      <w:r w:rsidR="008B7433">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22DA9657" w14:textId="0BB78E1B" w:rsidR="000F6944" w:rsidRPr="002A1929" w:rsidRDefault="000F6944" w:rsidP="002A1929">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A1929">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Kortfattad sammanfattning av studenternas värderingar av kursen</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF1F100" w14:textId="29D9CF65" w:rsidR="002A1929" w:rsidRPr="002A1929" w:rsidRDefault="00000000" w:rsidP="002A1929">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="2120409889"/>
+          <w:placeholder>
+            <w:docPart w:val="B33FA72E28887E4CAEAD1F98F6F702F6"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:b/>
+            <w:bCs w:val="0"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B50DEC" w:rsidRPr="00713B9C">
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Majoriteten av </w:t>
+          </w:r>
+          <w:r w:rsidR="00713B9C" w:rsidRPr="00713B9C">
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>studenterna</w:t>
+          </w:r>
+          <w:r w:rsidR="00B50DEC" w:rsidRPr="00713B9C">
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> är mycket positiva </w:t>
+          </w:r>
+          <w:r w:rsidR="00557724" w:rsidRPr="00713B9C">
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>till kursen</w:t>
+          </w:r>
+          <w:r w:rsidR="00713B9C" w:rsidRPr="00713B9C">
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>s</w:t>
+          </w:r>
+          <w:r w:rsidR="00557724" w:rsidRPr="00713B9C">
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> upplägg och innehåll. Det bör dock noteras att endast 39% av studenterna besvarat enkäten.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:id w:val="175153957"/>
         <w:placeholder>
           <w:docPart w:val="4781699BB925450FBCB23E6BA95A84C0"/>
         </w:placeholder>
       </w:sdtPr>
-      <w:sdtEndPr>
-[...6 lines deleted...]
-      </w:sdtEndPr>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="499776752"/>
             <w:placeholder>
               <w:docPart w:val="14723E9C79BD4A19A2D68C10D2ABDBF2"/>
             </w:placeholder>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...4 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
+            <w:p w14:paraId="36C65F7F" w14:textId="09BC9B08" w:rsidR="00BB2E91" w:rsidRDefault="00BB2E91" w:rsidP="00BB2E91">
+              <w:pPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                  <w:b/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+              </w:pPr>
+            </w:p>
             <w:tbl>
               <w:tblPr>
                 <w:tblStyle w:val="Tabellrutnt"/>
                 <w:tblW w:w="0" w:type="auto"/>
                 <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
               </w:tblPr>
               <w:tblGrid>
                 <w:gridCol w:w="5985"/>
                 <w:gridCol w:w="2185"/>
               </w:tblGrid>
               <w:tr w:rsidR="00BB2E91" w14:paraId="37640DA1" w14:textId="77777777" w:rsidTr="002A29E3">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="5985" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="734A6772" w14:textId="39DE1D86" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="002A29E3">
+                  <w:p w14:paraId="734A6772" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="002A29E3">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00364A03">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       </w:rPr>
                       <w:t>Enkätfråga</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2185" w:type="dxa"/>
                   </w:tcPr>
                   <w:p w14:paraId="086F783A" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="002A29E3">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00364A03">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       </w:rPr>
                       <w:t>Medelvärde</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
               <w:tr w:rsidR="00BB2E91" w14:paraId="2FC9F891" w14:textId="77777777" w:rsidTr="002A29E3">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="5985" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="146BBB0C" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="00BB2E91">
+                  <w:p w14:paraId="146BBB0C" w14:textId="201068FA" w:rsidR="00BB2E91" w:rsidRPr="00795D47" w:rsidRDefault="00121742" w:rsidP="00795D47">
                     <w:pPr>
                       <w:pStyle w:val="Liststycke"/>
                       <w:numPr>
                         <w:ilvl w:val="0"/>
                         <w:numId w:val="1"/>
                       </w:numPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00364A03">
-                      <w:t>Jag uppfattar att jag genom denna kurs utvecklat värdefulla kunskaper/färdigheter.</w:t>
+                    <w:r>
+                      <w:t xml:space="preserve">Kursen var utformad på ett sätt som gav mig möjlighet till aktivt lärande. Exempelvis: seminarier med </w:t>
                     </w:r>
+                    <w:r w:rsidRPr="00121742">
+                      <w:t xml:space="preserve">diskussioner, grupparbeten, projekt, studentpresentationer, rollspel, </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00121742">
+                      <w:t>peer</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidRPr="00121742">
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00121742">
+                      <w:t>learning</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidRPr="00121742">
+                      <w:t>, praktiska övningar,</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00795D47">
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00795D47">
+                      <w:t xml:space="preserve">laborationer, </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00795D47">
+                      <w:t>verksamhetsintegrerat</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidRPr="00795D47">
+                      <w:t xml:space="preserve"> lärande </w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r w:rsidRPr="00795D47">
+                      <w:t>etc.</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2185" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="03F381DF" w14:textId="1E66CCA9" w:rsidR="00BB2E91" w:rsidRDefault="00AB3117" w:rsidP="002A29E3">
+                  <w:p w14:paraId="03F381DF" w14:textId="55C0D211" w:rsidR="00BB2E91" w:rsidRDefault="00EB05CE" w:rsidP="002A29E3">
                     <w:r>
-                      <w:t>3,</w:t>
-[...2 lines deleted...]
-                      <w:t>5</w:t>
+                      <w:t>5,7</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
               <w:tr w:rsidR="00BB2E91" w14:paraId="34FF9549" w14:textId="77777777" w:rsidTr="002A29E3">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="5985" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="7251A11F" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="00BB2E91">
+                  <w:p w14:paraId="7251A11F" w14:textId="5017FFC5" w:rsidR="00BB2E91" w:rsidRPr="008656F4" w:rsidRDefault="00795D47" w:rsidP="008656F4">
                     <w:pPr>
                       <w:pStyle w:val="Liststycke"/>
                       <w:numPr>
                         <w:ilvl w:val="0"/>
                         <w:numId w:val="1"/>
                       </w:numPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00364A03">
-                      <w:t>Jag bedömer att jag har uppnått kursernas alla lärandemål.</w:t>
+                    <w:r w:rsidRPr="008656F4">
+                      <w:t>Jag kände mig inkluderad och respekterad under kursen. Exempelvis: Jag var bekväm med att samarbeta</w:t>
+                    </w:r>
+                    <w:r w:rsidR="008656F4">
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="008656F4">
+                      <w:t>med andra studenter, tala inför gruppen, svara på lärares frågor och jag blev lyssnad på (inte avbruten,</w:t>
+                    </w:r>
+                    <w:r w:rsidR="008656F4">
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="008656F4">
+                      <w:t>förlöjligad eller liknande).</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2185" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="409F2948" w14:textId="1431B6D1" w:rsidR="00BB2E91" w:rsidRDefault="00D80FE7" w:rsidP="002A29E3">
+                  <w:p w14:paraId="409F2948" w14:textId="3A792991" w:rsidR="00BB2E91" w:rsidRDefault="00EB05CE" w:rsidP="002A29E3">
                     <w:r>
-                      <w:t>3,</w:t>
-[...2 lines deleted...]
-                      <w:t>7</w:t>
+                      <w:t>5,5</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
               <w:tr w:rsidR="00BB2E91" w14:paraId="7D4281D5" w14:textId="77777777" w:rsidTr="002A29E3">
                 <w:trPr>
                   <w:trHeight w:val="689"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="5985" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="4C0EDB19" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="00BB2E91">
+                  <w:p w14:paraId="4C0EDB19" w14:textId="0285268B" w:rsidR="00BB2E91" w:rsidRPr="00357295" w:rsidRDefault="00357295" w:rsidP="00357295">
                     <w:pPr>
                       <w:pStyle w:val="Liststycke"/>
                       <w:numPr>
                         <w:ilvl w:val="0"/>
                         <w:numId w:val="1"/>
                       </w:numPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00364A03">
-                      <w:t>Jag uppfattar att det fanns en röd tråd genom kursen – från lärandemål till examination.</w:t>
+                    <w:r w:rsidRPr="00357295">
+                      <w:rPr>
+                        <w:lang/>
+                      </w:rPr>
+                      <w:t>Kursen som helhet var bra.</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2185" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="70F83628" w14:textId="5BCAD1C0" w:rsidR="00BB2E91" w:rsidRDefault="00D80FE7" w:rsidP="002A29E3">
+                  <w:p w14:paraId="70F83628" w14:textId="5B7DE72E" w:rsidR="00BB2E91" w:rsidRDefault="00EB05CE" w:rsidP="002A29E3">
                     <w:r>
-                      <w:t>3,</w:t>
-[...2 lines deleted...]
-                      <w:t>4</w:t>
+                      <w:t>5,3</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
               <w:tr w:rsidR="00BB2E91" w14:paraId="31DF926D" w14:textId="77777777" w:rsidTr="002A29E3">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="5985" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="7B7BB865" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="00BB2E91">
+                  <w:p w14:paraId="7B7BB865" w14:textId="6E5DF07C" w:rsidR="00BB2E91" w:rsidRPr="00CD50C9" w:rsidRDefault="003139D3" w:rsidP="00CD50C9">
                     <w:pPr>
                       <w:pStyle w:val="Liststycke"/>
                       <w:numPr>
                         <w:ilvl w:val="0"/>
                         <w:numId w:val="1"/>
                       </w:numPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00364A03">
-                      <w:t>Jag uppfattar att kursen har stimulerat mig till ett vetenskapligt förhållningssätt.</w:t>
+                    <w:r w:rsidRPr="00CD50C9">
+                      <w:rPr>
+                        <w:lang/>
+                      </w:rPr>
+                      <w:t>Jag förväntades redovisa uppgifter på ett vetenskapligt sätt.</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2185" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="545DE9CF" w14:textId="6891BE8C" w:rsidR="00BB2E91" w:rsidRDefault="00D80FE7" w:rsidP="002A29E3">
+                  <w:p w14:paraId="6B7AF002" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRDefault="00647B55" w:rsidP="002A29E3">
                     <w:r>
-                      <w:t>3,</w:t>
-[...2 lines deleted...]
-                      <w:t>1</w:t>
+                      <w:t>5,2</w:t>
                     </w:r>
                   </w:p>
+                  <w:p w14:paraId="545DE9CF" w14:textId="22501926" w:rsidR="00647B55" w:rsidRDefault="00647B55" w:rsidP="002A29E3"/>
                 </w:tc>
               </w:tr>
               <w:tr w:rsidR="00BB2E91" w14:paraId="342CC6BA" w14:textId="77777777" w:rsidTr="002A29E3">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="5985" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="69012C79" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00364A03" w:rsidRDefault="00BB2E91" w:rsidP="00BB2E91">
+                  <w:p w14:paraId="1CF2A002" w14:textId="77777777" w:rsidR="00BB2E91" w:rsidRPr="00647B55" w:rsidRDefault="00CD50C9" w:rsidP="00EB05CE">
                     <w:pPr>
                       <w:pStyle w:val="Liststycke"/>
                       <w:numPr>
                         <w:ilvl w:val="0"/>
                         <w:numId w:val="1"/>
                       </w:numPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00364A03">
-                      <w:t xml:space="preserve">Jag uppfattar att lärarna har varit tillmötesgående under kursens gång för </w:t>
+                    <w:r w:rsidRPr="00EB05CE">
+                      <w:rPr>
+                        <w:lang/>
+                      </w:rPr>
+                      <w:t>Lärarna/handledarna lyfte forskning och forskningsresultat under praktiska/kliniska moment.</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="69012C79" w14:textId="5A1609E0" w:rsidR="00647B55" w:rsidRPr="00EB05CE" w:rsidRDefault="00647B55" w:rsidP="00647B55">
+                    <w:pPr>
+                      <w:pStyle w:val="Liststycke"/>
+                    </w:pPr>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2185" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="6D1405BB" w14:textId="258AF73D" w:rsidR="00BB2E91" w:rsidRDefault="00DE6AC3" w:rsidP="002A29E3">
+                  <w:p w14:paraId="6D1405BB" w14:textId="1DA59350" w:rsidR="00BB2E91" w:rsidRDefault="00647B55" w:rsidP="002A29E3">
                     <w:r>
-                      <w:t>2</w:t>
-[...5 lines deleted...]
-                      <w:t>9</w:t>
+                      <w:t>5,3</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
             </w:tbl>
-            <w:p w14:paraId="43BEB84D" w14:textId="3C88729C" w:rsidR="000F6944" w:rsidRPr="009406DD" w:rsidRDefault="00451E92" w:rsidP="000F6944">
+            <w:p w14:paraId="34D0A7B6" w14:textId="77777777" w:rsidR="00D20168" w:rsidRDefault="00000000" w:rsidP="00D20168">
               <w:pPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
               </w:pPr>
-              <w:r w:rsidRPr="00E20E29">
-[...64 lines deleted...]
-              </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
+        <w:p w14:paraId="43BEB84D" w14:textId="77777777" w:rsidR="000F6944" w:rsidRPr="000F6944" w:rsidRDefault="00000000" w:rsidP="000F6944"/>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="06B12AE2" w14:textId="77777777" w:rsidR="000F6944" w:rsidRDefault="00557CAA" w:rsidP="000F6944">
+    <w:p w14:paraId="06B12AE2" w14:textId="77777777" w:rsidR="000F6944" w:rsidRPr="000F6944" w:rsidRDefault="00557CAA" w:rsidP="000F6944">
       <w:pPr>
         <w:rPr>
-          <w:b/>
           <w:bCs/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="000F6944" w:rsidRPr="000F6944">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. Kursansvarigs reflektioner kring kursens genomförande och resultat </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33D82124" w14:textId="77777777" w:rsidR="00D47383" w:rsidRPr="00AA16BA" w:rsidRDefault="00D47383" w:rsidP="00D47383">
-      <w:pPr>
+    <w:p w14:paraId="01044A33" w14:textId="77777777" w:rsidR="00A55744" w:rsidRPr="00A55744" w:rsidRDefault="00E45CBF" w:rsidP="00A55744">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A55744">
+        <w:rPr>
+          <w:b/>
           <w:i/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AA16BA">
+        <w:t>Kursens styrkor:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55744">
         <w:rPr>
-          <w:bCs/>
+          <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Kursens styrkor: </w:t>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A55744">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057C267E" w14:textId="77777777" w:rsidR="00D47383" w:rsidRDefault="00D47383" w:rsidP="00D47383">
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:sdt>
+      <w:sdtPr>
         <w:rPr>
-          <w:bCs/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:id w:val="484060597"/>
+        <w:placeholder>
+          <w:docPart w:val="3A06E8B84A55CC4EBF912C6C44ADD79A"/>
+        </w:placeholder>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w14:paraId="621B7742" w14:textId="50CA6EAA" w:rsidR="00A55744" w:rsidRPr="00A20167" w:rsidRDefault="00A55744" w:rsidP="00A55744">
+          <w:pPr>
+            <w:pStyle w:val="Liststycke"/>
+            <w:numPr>
+              <w:ilvl w:val="0"/>
+              <w:numId w:val="4"/>
+            </w:numPr>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:b/>
+              <w:i/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A20167">
+            <w:rPr>
+              <w:bCs/>
+              <w:i/>
+            </w:rPr>
+            <w:t xml:space="preserve">Ämne/n som kan väcka intresse hos många. </w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="55C6C976" w14:textId="3B4B3077" w:rsidR="00E45CBF" w:rsidRPr="00FA793D" w:rsidRDefault="00A55744" w:rsidP="00E45CBF">
+          <w:pPr>
+            <w:pStyle w:val="Liststycke"/>
+            <w:numPr>
+              <w:ilvl w:val="0"/>
+              <w:numId w:val="4"/>
+            </w:numPr>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:b/>
+              <w:i/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A20167">
+            <w:rPr>
+              <w:bCs/>
+              <w:i/>
+            </w:rPr>
+            <w:t xml:space="preserve">Det pedagogiska upplägget med seminarier där studenterna arbetar i grupper med att fördjupa sin förståelse för kursmaterialet. </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:bCs/>
+              <w:i/>
+            </w:rPr>
+            <w:t xml:space="preserve">Denna termin prövade vi för första gången en </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:i/>
+              <w:iCs/>
+            </w:rPr>
+            <w:t xml:space="preserve">ny utformning av seminarierna, delvis influerat av TBL, Teambaserat lärande. I stället för att seminarierna avslutas med en gruppinlämning som gruppen sedan får skriftlig återkoppling på avslutar vi nu med gruppredovisningar och återkoppling på plats. Vår uppfattning är att detta gav ännu bättre inlärning.  </w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="6126C40D" w14:textId="77777777" w:rsidR="00FA793D" w:rsidRDefault="00FA793D" w:rsidP="00E45CBF">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA16BA">
+    </w:p>
+    <w:p w14:paraId="462B97E5" w14:textId="4E8F0E5C" w:rsidR="00E45CBF" w:rsidRDefault="00E45CBF" w:rsidP="00E45CBF">
+      <w:pPr>
         <w:rPr>
-          <w:bCs/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Ämne/n som kan väcka intresse hos många.</w:t>
+        <w:t>Kursens svagheter:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00794B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A33BBA0" w14:textId="0BA5C518" w:rsidR="002E37EA" w:rsidRPr="00AA16BA" w:rsidRDefault="002E37EA" w:rsidP="00D47383">
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:sdt>
+      <w:sdtPr>
         <w:rPr>
-          <w:bCs/>
-          <w:i/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:id w:val="1297953368"/>
+        <w:placeholder>
+          <w:docPart w:val="5D4881238062534E914CFA0CCCF08A45"/>
+        </w:placeholder>
+      </w:sdtPr>
+      <w:sdtEndPr>
         <w:rPr>
-          <w:bCs/>
-          <w:i/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Varierade undervisningsformat </w:t>
-[...160 lines deleted...]
-    <w:p w14:paraId="447603B6" w14:textId="14F1D433" w:rsidR="000F6944" w:rsidRDefault="00587644" w:rsidP="000F6944">
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1814138430"/>
+            <w:placeholder>
+              <w:docPart w:val="9FD08A7E4C521241B3107500E1D64A09"/>
+            </w:placeholder>
+          </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:b w:val="0"/>
+            </w:rPr>
+          </w:sdtEndPr>
+          <w:sdtContent>
+            <w:p w14:paraId="169A3F4B" w14:textId="77777777" w:rsidR="00FA793D" w:rsidRPr="00A20167" w:rsidRDefault="00FA793D" w:rsidP="00FA793D">
+              <w:pPr>
+                <w:pStyle w:val="Liststycke"/>
+                <w:numPr>
+                  <w:ilvl w:val="0"/>
+                  <w:numId w:val="5"/>
+                </w:numPr>
+                <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rPr>
+                  <w:b/>
+                  <w:i/>
+                </w:rPr>
+              </w:pPr>
+              <w:r w:rsidRPr="00A20167">
+                <w:rPr>
+                  <w:bCs/>
+                  <w:i/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mycket som ska rymmas inom 7,5 </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00A20167">
+                <w:rPr>
+                  <w:bCs/>
+                  <w:i/>
+                </w:rPr>
+                <w:t>hp</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00A20167">
+                <w:rPr>
+                  <w:bCs/>
+                  <w:i/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:p>
+            <w:p w14:paraId="78BB3392" w14:textId="29A5BE1B" w:rsidR="002A1929" w:rsidRPr="00FA793D" w:rsidRDefault="00FA793D" w:rsidP="00E45CBF">
+              <w:pPr>
+                <w:pStyle w:val="Liststycke"/>
+                <w:numPr>
+                  <w:ilvl w:val="0"/>
+                  <w:numId w:val="5"/>
+                </w:numPr>
+                <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rPr>
+                  <w:b/>
+                  <w:i/>
+                </w:rPr>
+              </w:pPr>
+              <w:r w:rsidRPr="00A20167">
+                <w:rPr>
+                  <w:bCs/>
+                  <w:i/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
+                <w:t xml:space="preserve">Vissa studenter har svårt att förstå upplägget med tre olika ”spår” där samtalsmetod och bemötande inte ingår i </w:t>
+              </w:r>
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="00A20167">
+                <w:rPr>
+                  <w:bCs/>
+                  <w:i/>
+                </w:rPr>
+                <w:t>tentan</w:t>
+              </w:r>
+              <w:proofErr w:type="gramEnd"/>
+              <w:r w:rsidRPr="00A20167">
+                <w:rPr>
+                  <w:bCs/>
+                  <w:i/>
+                </w:rPr>
+                <w:t xml:space="preserve"> utan examineras genom aktivt deltagande i undervisningen.</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:bCs/>
+                  <w:i/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:p>
+            <w:p w14:paraId="4275EA95" w14:textId="77777777" w:rsidR="00FA793D" w:rsidRPr="00FA793D" w:rsidRDefault="00FA793D" w:rsidP="00FA793D">
+              <w:pPr>
+                <w:pStyle w:val="Liststycke"/>
+                <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rPr>
+                  <w:b/>
+                  <w:i/>
+                </w:rPr>
+              </w:pPr>
+            </w:p>
+          </w:sdtContent>
+        </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="116F18D7" w14:textId="77777777" w:rsidR="000F6944" w:rsidRPr="000F6944" w:rsidRDefault="007A3DF0" w:rsidP="007A3DF0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00587644">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="000F6944" w:rsidRPr="000F6944">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>. Kursansvarigs slutsatser och eventuella förslag till förändringar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F32C79" w14:textId="0EA0B62A" w:rsidR="00692C4D" w:rsidRPr="00997DAB" w:rsidRDefault="00692C4D" w:rsidP="00692C4D">
-      <w:pPr>
+    <w:sdt>
+      <w:sdtPr>
         <w:rPr>
-          <w:i/>
-          <w:iCs/>
+          <w:b/>
         </w:rPr>
-      </w:pPr>
-[...32 lines deleted...]
-    <w:sectPr w:rsidR="00141544" w:rsidRPr="00141544">
+        <w:id w:val="-920947061"/>
+        <w:placeholder>
+          <w:docPart w:val="4781699BB925450FBCB23E6BA95A84C0"/>
+        </w:placeholder>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w14:paraId="6E18B21D" w14:textId="6AC38ADE" w:rsidR="000F6944" w:rsidRPr="00B453E7" w:rsidRDefault="00B453E7" w:rsidP="000F6944">
+          <w:pPr>
+            <w:rPr>
+              <w:i/>
+              <w:iCs/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:i/>
+              <w:iCs/>
+            </w:rPr>
+            <w:t xml:space="preserve">Dom svagheter som lyfts i fritextsvaren på kursutvärderingen handlar mycket om föreläsningarna inom ”bemötandespåret”. Vi förstår mycket av detta som att studenterna inte är helt klara över syfte och upplägg för den delen av kursen. Förutsättningarna kommer bli annorlunda i och med den nya utbildningsplanen då detta ”lyfts ut” från kursen och </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r>
+            <w:rPr>
+              <w:i/>
+              <w:iCs/>
+            </w:rPr>
+            <w:t>istället</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:i/>
+              <w:iCs/>
+            </w:rPr>
+            <w:t xml:space="preserve"> blir ett separat moment i en annan kurs.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="447603B6" w14:textId="77777777" w:rsidR="000F6944" w:rsidRPr="000F6944" w:rsidRDefault="000F6944" w:rsidP="000F6944"/>
+    <w:sectPr w:rsidR="000F6944" w:rsidRPr="000F6944">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="465D2612" w14:textId="77777777" w:rsidR="00254127" w:rsidRDefault="00254127" w:rsidP="000F6944">
+    <w:p w14:paraId="478CC9C9" w14:textId="77777777" w:rsidR="002F4637" w:rsidRDefault="002F4637" w:rsidP="000F6944">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19EE4D1D" w14:textId="77777777" w:rsidR="00254127" w:rsidRDefault="00254127" w:rsidP="000F6944">
+    <w:p w14:paraId="7276F0D6" w14:textId="77777777" w:rsidR="002F4637" w:rsidRDefault="002F4637" w:rsidP="000F6944">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42812FB0" w14:textId="77777777" w:rsidR="00254127" w:rsidRDefault="00254127" w:rsidP="000F6944">
+    <w:p w14:paraId="6FE568EF" w14:textId="77777777" w:rsidR="002F4637" w:rsidRDefault="002F4637" w:rsidP="000F6944">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73269E48" w14:textId="77777777" w:rsidR="00254127" w:rsidRDefault="00254127" w:rsidP="000F6944">
+    <w:p w14:paraId="08AB7644" w14:textId="77777777" w:rsidR="002F4637" w:rsidRDefault="002F4637" w:rsidP="000F6944">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="368FC573" w14:textId="77777777" w:rsidR="000F6944" w:rsidRDefault="000F6944">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="607D60D3" wp14:editId="44F856D8">
           <wp:extent cx="1798320" cy="743585"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Bildobjekt 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -908,55 +1040,55 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1798320" cy="743585"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0D5A6B50"/>
+    <w:nsid w:val="2F5B037D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="34309BB2"/>
+    <w:tmpl w:val="03DC50F0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
@@ -1112,50 +1244,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C8E2FC5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92CE7802"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EC97E53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F9C1E06"/>
     <w:lvl w:ilvl="0" w:tplc="718ED370">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -1200,54 +1421,54 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="74C04A72"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6BD94311"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5B6EF05C"/>
+    <w:tmpl w:val="57247F04"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
@@ -1313,190 +1534,198 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2052533293">
+  <w:num w:numId="1" w16cid:durableId="1889754675">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1495992762">
+  <w:num w:numId="2" w16cid:durableId="1900092480">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1585870552">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1520123794">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="4" w16cid:durableId="493225426">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="542181613">
+  <w:num w:numId="5" w16cid:durableId="1123961171">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="154"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0005582A"/>
     <w:rsid w:val="00046607"/>
     <w:rsid w:val="0005582A"/>
     <w:rsid w:val="000A47C3"/>
     <w:rsid w:val="000F6944"/>
-    <w:rsid w:val="00141544"/>
+    <w:rsid w:val="00121742"/>
     <w:rsid w:val="00141749"/>
     <w:rsid w:val="00174482"/>
     <w:rsid w:val="001B76E0"/>
     <w:rsid w:val="001E1D01"/>
     <w:rsid w:val="00222831"/>
     <w:rsid w:val="00234077"/>
     <w:rsid w:val="00254127"/>
     <w:rsid w:val="002A1929"/>
-    <w:rsid w:val="002E37EA"/>
     <w:rsid w:val="002E3F8F"/>
     <w:rsid w:val="002E441F"/>
+    <w:rsid w:val="002F4637"/>
     <w:rsid w:val="00304D49"/>
-    <w:rsid w:val="00392309"/>
+    <w:rsid w:val="003139D3"/>
+    <w:rsid w:val="00357295"/>
+    <w:rsid w:val="003D1F46"/>
     <w:rsid w:val="003D2CE7"/>
-    <w:rsid w:val="003F507D"/>
-    <w:rsid w:val="00402C4B"/>
     <w:rsid w:val="0042569E"/>
-    <w:rsid w:val="00451E92"/>
     <w:rsid w:val="004A03D3"/>
     <w:rsid w:val="004D3908"/>
     <w:rsid w:val="004D6B95"/>
     <w:rsid w:val="0051094F"/>
+    <w:rsid w:val="00525FE1"/>
     <w:rsid w:val="0055496C"/>
+    <w:rsid w:val="00557724"/>
     <w:rsid w:val="00557CAA"/>
     <w:rsid w:val="00587644"/>
     <w:rsid w:val="005C6586"/>
-    <w:rsid w:val="005D40C8"/>
     <w:rsid w:val="00616B03"/>
+    <w:rsid w:val="00647B55"/>
     <w:rsid w:val="00687C27"/>
-    <w:rsid w:val="00692C4D"/>
     <w:rsid w:val="006F6751"/>
     <w:rsid w:val="00704160"/>
+    <w:rsid w:val="00713B9C"/>
+    <w:rsid w:val="00795D47"/>
     <w:rsid w:val="007A3DF0"/>
     <w:rsid w:val="007D1562"/>
+    <w:rsid w:val="00824308"/>
     <w:rsid w:val="008457E2"/>
-    <w:rsid w:val="008667FB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009406DD"/>
+    <w:rsid w:val="008656F4"/>
+    <w:rsid w:val="008B7433"/>
     <w:rsid w:val="00956193"/>
     <w:rsid w:val="009E0C63"/>
+    <w:rsid w:val="00A55744"/>
+    <w:rsid w:val="00A8510E"/>
     <w:rsid w:val="00AB3117"/>
-    <w:rsid w:val="00B067F9"/>
     <w:rsid w:val="00B11797"/>
+    <w:rsid w:val="00B453E7"/>
+    <w:rsid w:val="00B50DEC"/>
     <w:rsid w:val="00BB2E91"/>
+    <w:rsid w:val="00C0734C"/>
     <w:rsid w:val="00C161D2"/>
     <w:rsid w:val="00C34946"/>
-    <w:rsid w:val="00CC36F8"/>
+    <w:rsid w:val="00CD50C9"/>
     <w:rsid w:val="00CF1D7E"/>
     <w:rsid w:val="00D20168"/>
-    <w:rsid w:val="00D47383"/>
     <w:rsid w:val="00D6331A"/>
-    <w:rsid w:val="00D7702A"/>
     <w:rsid w:val="00D80FE7"/>
     <w:rsid w:val="00DC33BF"/>
-    <w:rsid w:val="00DE6AC3"/>
-    <w:rsid w:val="00E20E29"/>
     <w:rsid w:val="00E45CBF"/>
-    <w:rsid w:val="00E8302A"/>
+    <w:rsid w:val="00E743A7"/>
+    <w:rsid w:val="00EB05CE"/>
+    <w:rsid w:val="00ED76FA"/>
     <w:rsid w:val="00EE4180"/>
     <w:rsid w:val="00FA6D66"/>
+    <w:rsid w:val="00FA793D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="581BF435"/>
   <w15:docId w15:val="{897F01DD-B45E-4315-BDF3-EAF86641B6FC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2000,70 +2229,70 @@
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D20168"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002A1929"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4781699BB925450FBCB23E6BA95A84C0"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5FEAEE1F-AB4A-41D9-9F00-29F0CFE90A2D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00DF1FD5" w:rsidRDefault="00841303" w:rsidP="00841303">
           <w:pPr>
             <w:pStyle w:val="4781699BB925450FBCB23E6BA95A84C0"/>
           </w:pPr>
           <w:r w:rsidRPr="003A7120">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
@@ -2079,186 +2308,308 @@
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0AB4046D-D3F4-4DD6-A770-D0E580873037}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00284053" w:rsidRDefault="00316ABB" w:rsidP="00316ABB">
           <w:pPr>
             <w:pStyle w:val="14723E9C79BD4A19A2D68C10D2ABDBF2"/>
           </w:pPr>
           <w:r w:rsidRPr="003A7120">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5D4881238062534E914CFA0CCCF08A45"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3FF97E75-7574-1847-BE3E-CA4DA6732143}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004F306E" w:rsidRDefault="00EC33B7" w:rsidP="00EC33B7">
+          <w:pPr>
+            <w:pStyle w:val="5D4881238062534E914CFA0CCCF08A45"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003A7120">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Klicka här för att ange text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B33FA72E28887E4CAEAD1F98F6F702F6"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CEBE504F-C311-F34E-96C9-1109005F8648}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004F306E" w:rsidRDefault="00EC33B7" w:rsidP="00EC33B7">
+          <w:pPr>
+            <w:pStyle w:val="B33FA72E28887E4CAEAD1F98F6F702F6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003A7120">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Klicka här för att ange text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3A06E8B84A55CC4EBF912C6C44ADD79A"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F40FB846-6F11-B347-92DE-BDC6152C5C43}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="004E1006" w:rsidP="004E1006">
+          <w:pPr>
+            <w:pStyle w:val="3A06E8B84A55CC4EBF912C6C44ADD79A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003A7120">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Klicka här för att ange text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9FD08A7E4C521241B3107500E1D64A09"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D781F72A-FAC1-4845-8F40-C186F32B8CA0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="004E1006" w:rsidP="004E1006">
+          <w:pPr>
+            <w:pStyle w:val="9FD08A7E4C521241B3107500E1D64A09"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003A7120">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Klicka här för att ange text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00841303"/>
     <w:rsid w:val="000A606C"/>
     <w:rsid w:val="00284053"/>
     <w:rsid w:val="00316ABB"/>
     <w:rsid w:val="003277A1"/>
     <w:rsid w:val="00382A19"/>
     <w:rsid w:val="003C1EE6"/>
+    <w:rsid w:val="003D1F46"/>
+    <w:rsid w:val="004E1006"/>
     <w:rsid w:val="004F306E"/>
+    <w:rsid w:val="00522E2C"/>
+    <w:rsid w:val="00525FE1"/>
     <w:rsid w:val="005B2C6A"/>
     <w:rsid w:val="00612BF8"/>
     <w:rsid w:val="00830696"/>
     <w:rsid w:val="00841303"/>
     <w:rsid w:val="008457E2"/>
     <w:rsid w:val="008C371A"/>
     <w:rsid w:val="008C603A"/>
     <w:rsid w:val="00A45FBA"/>
     <w:rsid w:val="00C7699F"/>
     <w:rsid w:val="00D06358"/>
     <w:rsid w:val="00DF1FD5"/>
     <w:rsid w:val="00E60E4A"/>
     <w:rsid w:val="00EC33B7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2644,96 +2995,139 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00EC33B7"/>
+    <w:rsid w:val="004E1006"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4781699BB925450FBCB23E6BA95A84C0">
     <w:name w:val="4781699BB925450FBCB23E6BA95A84C0"/>
     <w:rsid w:val="00841303"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="14723E9C79BD4A19A2D68C10D2ABDBF2">
     <w:name w:val="14723E9C79BD4A19A2D68C10D2ABDBF2"/>
     <w:rsid w:val="00316ABB"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D4881238062534E914CFA0CCCF08A45">
     <w:name w:val="5D4881238062534E914CFA0CCCF08A45"/>
     <w:rsid w:val="00EC33B7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A1DEE202BFB472B94787C410D679CFA">
-[...1 lines deleted...]
-    <w:rsid w:val="00284053"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B33FA72E28887E4CAEAD1F98F6F702F6">
+    <w:name w:val="B33FA72E28887E4CAEAD1F98F6F702F6"/>
+    <w:rsid w:val="00EC33B7"/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D628E0B0402352479EFC9FDC69D7E01A">
+    <w:name w:val="D628E0B0402352479EFC9FDC69D7E01A"/>
+    <w:rsid w:val="004E1006"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D02BCD643C74471907E27F0A5E1BB96">
     <w:name w:val="2D02BCD643C74471907E27F0A5E1BB96"/>
     <w:rsid w:val="00612BF8"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A06E8B84A55CC4EBF912C6C44ADD79A">
+    <w:name w:val="3A06E8B84A55CC4EBF912C6C44ADD79A"/>
+    <w:rsid w:val="004E1006"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9FD08A7E4C521241B3107500E1D64A09">
+    <w:name w:val="9FD08A7E4C521241B3107500E1D64A09"/>
+    <w:rsid w:val="004E1006"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -2993,50 +3387,59 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100DA2C5766872DDD45B00C407FCE99BEB0" ma:contentTypeVersion="16" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="a3b803c2e4a899479f8cf9f02163fd2c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6ce8f65e-47cc-4098-8ea2-2041cf846e93" xmlns:ns4="2c1ee196-e556-42e6-8572-5895b5037711" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="41ae62fcd1d8b74cffc2aa6130b00392" ns3:_="" ns4:_="">
     <xsd:import namespace="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
     <xsd:import namespace="2c1ee196-e556-42e6-8572-5895b5037711"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
@@ -3231,141 +3634,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="6ce8f65e-47cc-4098-8ea2-2041cf846e93" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83E13426-E712-4B6E-95EF-4BBFCA3D5651}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9A6FC5B-683E-42D9-B4A8-E2B9AA1A9B1A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
     <ds:schemaRef ds:uri="2c1ee196-e556-42e6-8572-5895b5037711"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4352A635-4465-4925-8273-C42D0364F88B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1812</Characters>
+  <Pages>2</Pages>
+  <Words>377</Words>
+  <Characters>2000</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2099</CharactersWithSpaces>
+  <CharactersWithSpaces>2373</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nina Brodin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DA2C5766872DDD45B00C407FCE99BEB0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
     <vt:lpwstr>425bad2a8f02036b19cb48317ee06413c5452391694e783b6f2df63f5711679d</vt:lpwstr>
   </property>
 </Properties>