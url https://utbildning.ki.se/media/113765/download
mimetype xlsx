--- v0 (2025-10-08)
+++ v1 (2026-02-17)
@@ -1,412 +1,446 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kise-my.sharepoint.com/personal/saif_rustam_ki_se/Documents/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sairus\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{292C48AA-2677-42F4-983D-A6035FD7F009}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F1D0C12B-EE8F-414D-B41F-E0DC9002F228}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Juni 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="Juni 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>tc={DBF6B51F-D77E-4906-915D-79F3798B92A2}</author>
+    <author>tc={562D3C30-95F2-474F-9BDB-BFB1EE06FFBE}</author>
+    <author>tc={F5E8BF8A-6926-4EC7-A82C-DD5CA58AB36B}</author>
+    <author>tc={10CA851E-B91E-449D-9621-8DEAA5EB1A01}</author>
+    <author>tc={296C5F03-D25D-48A8-9911-4E0F10CDDFE6}</author>
+    <author>tc={88630877-B135-4017-BFE6-4E0522377E7C}</author>
+  </authors>
+  <commentList>
+    <comment ref="C5" authorId="0" shapeId="0" xr:uid="{DBF6B51F-D77E-4906-915D-79F3798B92A2}">
+      <text>
+        <t xml:space="preserve">[Trådad kommentar]
+I din version av Excel kan du läsa den här trådade kommentaren, men eventuella ändringar i den tas bort om filen öppnas i en senare version av Excel. Läs mer: https://go.microsoft.com/fwlink/?linkid=870924
+Kommentar:
+    Ladok aktivitetstillfälle kl. 13:15 - 17:15
+</t>
+      </text>
+    </comment>
+    <comment ref="C10" authorId="1" shapeId="0" xr:uid="{562D3C30-95F2-474F-9BDB-BFB1EE06FFBE}">
+      <text>
+        <t>[Trådad kommentar]
+I din version av Excel kan du läsa den här trådade kommentaren, men eventuella ändringar i den tas bort om filen öppnas i en senare version av Excel. Läs mer: https://go.microsoft.com/fwlink/?linkid=870924
+Kommentar:
+    Aktivitetstillfälle 13:15-15:15</t>
+      </text>
+    </comment>
+    <comment ref="C11" authorId="2" shapeId="0" xr:uid="{F5E8BF8A-6926-4EC7-A82C-DD5CA58AB36B}">
+      <text>
+        <t xml:space="preserve">[Trådad kommentar]
+I din version av Excel kan du läsa den här trådade kommentaren, men eventuella ändringar i den tas bort om filen öppnas i en senare version av Excel. Läs mer: https://go.microsoft.com/fwlink/?linkid=870924
+Kommentar:
+    Aktivitetstillfälle 13:15 - 15:15
+</t>
+      </text>
+    </comment>
+    <comment ref="C12" authorId="3" shapeId="0" xr:uid="{10CA851E-B91E-449D-9621-8DEAA5EB1A01}">
+      <text>
+        <t>[Trådad kommentar]
+I din version av Excel kan du läsa den här trådade kommentaren, men eventuella ändringar i den tas bort om filen öppnas i en senare version av Excel. Läs mer: https://go.microsoft.com/fwlink/?linkid=870924
+Kommentar:
+    Aktivitetstillfälle 13:15-15:15</t>
+      </text>
+    </comment>
+    <comment ref="C17" authorId="4" shapeId="0" xr:uid="{296C5F03-D25D-48A8-9911-4E0F10CDDFE6}">
+      <text>
+        <t>[Trådad kommentar]
+I din version av Excel kan du läsa den här trådade kommentaren, men eventuella ändringar i den tas bort om filen öppnas i en senare version av Excel. Läs mer: https://go.microsoft.com/fwlink/?linkid=870924
+Kommentar:
+    Inga studenter? Aktivitetstillfälle ej skapat</t>
+      </text>
+    </comment>
+    <comment ref="C19" authorId="5" shapeId="0" xr:uid="{88630877-B135-4017-BFE6-4E0522377E7C}">
+      <text>
+        <t xml:space="preserve">[Trådad kommentar]
+I din version av Excel kan du läsa den här trådade kommentaren, men eventuella ändringar i den tas bort om filen öppnas i en senare version av Excel. Läs mer: https://go.microsoft.com/fwlink/?linkid=870924
+Kommentar:
+    Aktivitetstillfälle 13:15 - 16:15
+</t>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="84">
-[...1 lines deleted...]
-    <t xml:space="preserve"> Omexaminationsschema, BMA-utbildningen, juni 2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="68">
+  <si>
+    <t xml:space="preserve"> Omexaminationsschema, BMA-utbildningen, juni 2026</t>
   </si>
   <si>
     <t>Vecka</t>
   </si>
   <si>
     <t>Datum/dag</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Ämne</t>
   </si>
   <si>
     <t>Skriftlig tentamen</t>
   </si>
   <si>
     <t>Praktiskt prov</t>
   </si>
   <si>
     <t>Ladok-kod &amp; provkod</t>
   </si>
   <si>
     <t>Övergångstentamen</t>
   </si>
   <si>
     <t>Lokal</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...2 lines deleted...]
-  <si>
     <t>14:15-18:15</t>
   </si>
   <si>
     <t>T4</t>
   </si>
   <si>
     <t>Morfologi – metodik och diagnostik</t>
   </si>
   <si>
     <t>Inspera</t>
   </si>
   <si>
     <t>1BA160-0001 och 0002</t>
   </si>
   <si>
-    <t>Bengt Winblad</t>
-[...2 lines deleted...]
-    <t>09-00-16:00</t>
+    <t>3 av 6</t>
   </si>
   <si>
     <t>T2</t>
   </si>
   <si>
-    <t>Om OSCE</t>
-[...1 lines deleted...]
-  <si>
     <t>Praktiskt</t>
   </si>
   <si>
-    <t>1BL006</t>
-[...7 lines deleted...]
-  <si>
     <t>08:15-13:15</t>
   </si>
   <si>
     <t>T1</t>
   </si>
   <si>
     <t>Fysiologisk och laboratoriemedicinsk diagnostik</t>
   </si>
   <si>
     <t xml:space="preserve">1BA098 </t>
   </si>
   <si>
-    <t>3 av 6</t>
-[...2 lines deleted...]
-    <t>1BA143 Projektarbete i biomedicinsk laboratorievetenskap 3,0 hp : Ingen skriftlig tentamen</t>
+    <t>5 av 6</t>
   </si>
   <si>
     <t>08:15-10:15</t>
   </si>
   <si>
     <t>T5</t>
   </si>
   <si>
     <t>Farmakologi</t>
   </si>
   <si>
     <t>1BA165-0001</t>
   </si>
   <si>
-    <t>1BA156 Neurofysiologisk diagnostik 7,5 hp : Ingen skriftlig tentamen</t>
+    <t xml:space="preserve">Läraren fyller i </t>
   </si>
   <si>
     <t> 24</t>
   </si>
   <si>
+    <t>13:15-17:15</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hållbart lärande, Vetenskaplig metodik och biostatistik, Livet kemi </t>
   </si>
   <si>
     <t>1BL001</t>
   </si>
   <si>
-    <t xml:space="preserve">1BA152 Nuklearmedicinsk diagnostik 7,5 hp : alla godkända </t>
-[...1 lines deleted...]
-  <si>
     <t>14:15-16:15</t>
   </si>
   <si>
     <t>T3</t>
   </si>
   <si>
     <t>Instrumentell teknik</t>
   </si>
   <si>
     <t>1BA144</t>
   </si>
   <si>
+    <t>4 av 6</t>
+  </si>
+  <si>
     <t>Människokroppens struktur, funktion och dysfunktion-0007</t>
   </si>
   <si>
     <t>1BA097</t>
   </si>
   <si>
-    <t xml:space="preserve">1BA150 Fördjupad klinisk fysiologisk diagnostik 9,0 hp: Ingen skriftlig tentamen </t>
-[...1 lines deleted...]
-  <si>
     <t>Människokroppens struktur, funktion och dysfunktion-0008</t>
   </si>
   <si>
-    <t xml:space="preserve">1BA176 Integrerad biomedicinsk laboratorievetenskap 10,0 hp: Ingen skriftlig tentamen </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">1BL007 </t>
+    <t>6 av 6</t>
   </si>
   <si>
     <t>14:15-17:15</t>
   </si>
   <si>
     <t>Ultraljudsdiagnostik</t>
   </si>
   <si>
     <t>1BA154</t>
   </si>
   <si>
-    <t>1BA159 Mikrobiologi - metodik och diagnostik 5,0 hp: Ingen skriftlig tentamen</t>
+    <t xml:space="preserve">3 av 6 </t>
   </si>
   <si>
     <t>08:15-12:15</t>
   </si>
   <si>
     <t>Medicinsk kemi</t>
   </si>
   <si>
     <t>1BA132</t>
   </si>
   <si>
-    <t>2 av 6</t>
-[...1 lines deleted...]
-  <si>
     <t>Analytisk kemi och biokemisk metodik</t>
   </si>
   <si>
     <t>1BA145</t>
   </si>
   <si>
-    <t>1BA180 Transfusionsmedicin 7,5 hp: alla godkända (Frågade läraren)</t>
-[...1 lines deleted...]
-  <si>
     <t>14:15-16-15</t>
   </si>
   <si>
     <t>Hematologi – metodik och diagnostik</t>
   </si>
   <si>
     <t>1BA147</t>
   </si>
   <si>
-    <t>14:15 -18:15</t>
+    <t>13:15 -17:15</t>
   </si>
   <si>
     <t>Cellens homeostas och dess omgivning </t>
   </si>
   <si>
-    <t>1BL002 001 och 002</t>
-[...2 lines deleted...]
-    <t>1BA181 Mikrobiologi 2 7,5 hp: Frågade läraren</t>
+    <t>1BL002 001, 002, 003</t>
   </si>
   <si>
     <t>Cell – och molekylärbiologi 2</t>
   </si>
   <si>
     <t>1BA146</t>
   </si>
   <si>
-    <t>Skrivsal ANA 23</t>
-[...1 lines deleted...]
-  <si>
     <t>09:00-17:00</t>
   </si>
   <si>
     <t>Laboratoriemetodik inom kemi och biokemi</t>
   </si>
   <si>
     <t>1BA130</t>
   </si>
   <si>
-    <t>Kurslab,ANA 8 plan 8</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">1BA148 Molekylärbiologi 2 7,5 hp: Ingen skriftlig tentamen </t>
+    <t>13:15-15:15</t>
   </si>
   <si>
     <t>Människan i hälsa och sjukdom 1</t>
   </si>
   <si>
     <t>1BL003</t>
   </si>
   <si>
-    <t>1BA175 Farmakologi 7,5 hp: Anordnar själva</t>
-[...1 lines deleted...]
-  <si>
     <t>Vetenskaplig metodik</t>
   </si>
   <si>
     <t xml:space="preserve">1BA083  </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">1BA076 Preklinisk kurs 7,5 hp: Ingen skriftlig tentamen </t>
   </si>
   <si>
     <t xml:space="preserve">Eventuella uppdateringar sker löpande </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...5 lines deleted...]
-    <font>
       <sz val="28"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
-      <color theme="1"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor theme="9"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -545,182 +579,211 @@
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="16" fontId="8" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...3 lines deleted...]
-    </xf>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="16" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="16" fontId="5" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="16" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <person displayName="Jefferson Ebenezer" id="{3C8882BB-94E8-4D37-86CE-A34AC484BEE9}" userId="S::jefferson.ebenezer@ki.se::f58f562f-db2b-4d14-9dcc-dfc7a88566bf" providerId="AD"/>
+</personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -940,933 +1003,755 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
+<ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <threadedComment ref="C5" dT="2026-02-05T10:23:25.35" personId="{3C8882BB-94E8-4D37-86CE-A34AC484BEE9}" id="{DBF6B51F-D77E-4906-915D-79F3798B92A2}">
+    <text xml:space="preserve">Ladok aktivitetstillfälle kl. 13:15 - 17:15
+</text>
+  </threadedComment>
+  <threadedComment ref="C10" dT="2026-02-05T12:28:53.34" personId="{3C8882BB-94E8-4D37-86CE-A34AC484BEE9}" id="{562D3C30-95F2-474F-9BDB-BFB1EE06FFBE}">
+    <text>Aktivitetstillfälle 13:15-15:15</text>
+  </threadedComment>
+  <threadedComment ref="C11" dT="2026-02-05T12:33:24.66" personId="{3C8882BB-94E8-4D37-86CE-A34AC484BEE9}" id="{F5E8BF8A-6926-4EC7-A82C-DD5CA58AB36B}">
+    <text xml:space="preserve">Aktivitetstillfälle 13:15 - 15:15
+</text>
+  </threadedComment>
+  <threadedComment ref="C12" dT="2026-02-05T12:33:38.95" personId="{3C8882BB-94E8-4D37-86CE-A34AC484BEE9}" id="{10CA851E-B91E-449D-9621-8DEAA5EB1A01}">
+    <text>Aktivitetstillfälle 13:15-15:15</text>
+  </threadedComment>
+  <threadedComment ref="C17" dT="2026-02-05T12:52:00.05" personId="{3C8882BB-94E8-4D37-86CE-A34AC484BEE9}" id="{296C5F03-D25D-48A8-9911-4E0F10CDDFE6}">
+    <text>Inga studenter? Aktivitetstillfälle ej skapat</text>
+  </threadedComment>
+  <threadedComment ref="C19" dT="2026-02-05T12:53:30.98" personId="{3C8882BB-94E8-4D37-86CE-A34AC484BEE9}" id="{88630877-B135-4017-BFE6-4E0522377E7C}">
+    <text xml:space="preserve">Aktivitetstillfälle 13:15 - 16:15
+</text>
+  </threadedComment>
+</ThreadedComments>
+</file>
+
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U28"/>
+  <dimension ref="A1:U27"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A6" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="B12" sqref="B12"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I17" sqref="I17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.7109375" customWidth="1"/>
     <col min="2" max="2" width="14" customWidth="1"/>
     <col min="3" max="3" width="14.7109375" customWidth="1"/>
     <col min="4" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" customWidth="1"/>
     <col min="8" max="9" width="23.140625" customWidth="1"/>
     <col min="10" max="10" width="36.42578125" customWidth="1"/>
     <col min="11" max="11" width="56.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A1" s="36" t="s">
+      <c r="A1" s="45" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="35"/>
-[...18 lines deleted...]
-      <c r="U1" s="35"/>
+      <c r="B1" s="44"/>
+      <c r="C1" s="44"/>
+      <c r="D1" s="44"/>
+      <c r="E1" s="44"/>
+      <c r="F1" s="44"/>
+      <c r="G1" s="44"/>
+      <c r="H1" s="44"/>
+      <c r="I1" s="44"/>
+      <c r="J1" s="44"/>
+      <c r="K1" s="44"/>
+      <c r="L1" s="44"/>
+      <c r="M1" s="44"/>
+      <c r="N1" s="44"/>
+      <c r="O1" s="44"/>
+      <c r="P1" s="44"/>
+      <c r="Q1" s="44"/>
+      <c r="R1" s="44"/>
+      <c r="S1" s="44"/>
+      <c r="T1" s="44"/>
+      <c r="U1" s="44"/>
     </row>
     <row r="2" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A2" s="35"/>
-[...19 lines deleted...]
-      <c r="U2" s="35"/>
+      <c r="A2" s="44"/>
+      <c r="B2" s="44"/>
+      <c r="C2" s="44"/>
+      <c r="D2" s="44"/>
+      <c r="E2" s="44"/>
+      <c r="F2" s="44"/>
+      <c r="G2" s="44"/>
+      <c r="H2" s="44"/>
+      <c r="I2" s="44"/>
+      <c r="J2" s="44"/>
+      <c r="K2" s="44"/>
+      <c r="L2" s="44"/>
+      <c r="M2" s="44"/>
+      <c r="N2" s="44"/>
+      <c r="O2" s="44"/>
+      <c r="P2" s="44"/>
+      <c r="Q2" s="44"/>
+      <c r="R2" s="44"/>
+      <c r="S2" s="44"/>
+      <c r="T2" s="44"/>
+      <c r="U2" s="44"/>
     </row>
     <row r="4" spans="1:21" ht="45" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="K4" s="25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K4" s="20"/>
     </row>
     <row r="5" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A5" s="3">
         <v>23</v>
       </c>
       <c r="B5" s="4">
-        <v>45812</v>
+        <v>45816</v>
       </c>
       <c r="C5" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="7" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="I5" s="3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="J5" s="3"/>
     </row>
     <row r="6" spans="1:21" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="7">
+      <c r="A6" s="35"/>
+      <c r="B6" s="36"/>
+      <c r="C6" s="35"/>
+      <c r="D6" s="35"/>
+      <c r="E6" s="35"/>
+      <c r="F6" s="37"/>
+      <c r="G6" s="35"/>
+      <c r="H6" s="35"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="7"/>
+      <c r="K6" s="20"/>
+    </row>
+    <row r="7" spans="1:21" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="21">
         <v>24</v>
       </c>
-      <c r="B6" s="8">
+      <c r="B7" s="22">
+        <v>45817</v>
+      </c>
+      <c r="C7" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="F7" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" s="6"/>
+      <c r="H7" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I7" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="J7" s="18"/>
+    </row>
+    <row r="8" spans="1:21" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="15">
+        <v>24</v>
+      </c>
+      <c r="B8" s="16">
         <v>45818</v>
       </c>
-      <c r="C6" s="7" t="s">
-[...19 lines deleted...]
-      <c r="K6" s="25" t="s">
+      <c r="C8" s="14" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C7" s="28" t="s">
+      <c r="D8" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="D7" s="6" t="s">
+      <c r="E8" s="17" t="s">
         <v>26</v>
       </c>
-      <c r="E7" s="20" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="F8" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G8" s="6"/>
       <c r="H8" s="3" t="s">
-        <v>34</v>
-[...13 lines deleted...]
-      <c r="B9" s="18">
+        <v>27</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="J8" s="3"/>
+    </row>
+    <row r="9" spans="1:21" s="31" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" s="40">
         <v>45819</v>
       </c>
-      <c r="C9" s="5" t="s">
-[...21 lines deleted...]
-      </c>
+      <c r="C9" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="D9" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="F9" s="39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" s="39"/>
+      <c r="H9" s="39" t="s">
+        <v>32</v>
+      </c>
+      <c r="I9" s="30"/>
+      <c r="J9" s="30"/>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>24</v>
       </c>
       <c r="B10" s="9">
         <v>45819</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="3" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" s="3"/>
     </row>
     <row r="11" spans="1:21" ht="30" x14ac:dyDescent="0.25">
-      <c r="A11" s="21">
+      <c r="A11" s="18">
         <v>24</v>
       </c>
-      <c r="B11" s="29">
-[...2 lines deleted...]
-      <c r="C11" s="30" t="s">
+      <c r="B11" s="24">
+        <v>45820</v>
+      </c>
+      <c r="C11" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="F11" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="I11" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:21" ht="30" x14ac:dyDescent="0.25">
+      <c r="A12" s="18">
+        <v>24</v>
+      </c>
+      <c r="B12" s="24">
+        <v>45820</v>
+      </c>
+      <c r="C12" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="D11" s="21" t="s">
-[...53 lines deleted...]
-      </c>
+      <c r="F12" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="I12" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="J12" s="18"/>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A13" s="3">
-[...16 lines deleted...]
-      </c>
+      <c r="A13" s="3"/>
+      <c r="B13" s="4"/>
+      <c r="C13" s="5"/>
+      <c r="D13" s="3"/>
+      <c r="E13" s="3"/>
+      <c r="F13" s="3"/>
       <c r="G13" s="3"/>
-      <c r="H13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H13" s="3"/>
       <c r="I13" s="3"/>
-      <c r="J13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J13" s="3"/>
     </row>
     <row r="14" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>24</v>
       </c>
       <c r="B14" s="4">
-        <v>45821</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>45823</v>
+      </c>
+      <c r="C14" s="13" t="s">
+        <v>42</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E14" s="7" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="3" t="s">
-        <v>53</v>
-[...7 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J14" s="3"/>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A15" s="6">
         <v>24</v>
       </c>
-      <c r="B15" s="31">
-[...6 lines deleted...]
-        <v>19</v>
+      <c r="B15" s="26">
+        <v>45824</v>
+      </c>
+      <c r="C15" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" s="28" t="s">
+        <v>17</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="G15" s="33"/>
+        <v>14</v>
+      </c>
+      <c r="G15" s="28"/>
       <c r="H15" s="6" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="J15" s="18"/>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A16" s="12">
+      <c r="A16" s="10">
         <v>24</v>
       </c>
       <c r="B16" s="8">
-        <v>45824</v>
+        <v>45825</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>55</v>
-[...22 lines deleted...]
-    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+        <v>46</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" s="10"/>
+      <c r="H16" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="I16" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="J16" s="3"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17" s="7">
         <v>24</v>
       </c>
-      <c r="B17" s="13">
-        <v>45824</v>
+      <c r="B17" s="11">
+        <v>45825</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>62</v>
-[...5 lines deleted...]
-        <v>63</v>
+        <v>51</v>
+      </c>
+      <c r="D17" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="E17" s="12" t="s">
+        <v>52</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-      <c r="A18" s="10">
+        <v>14</v>
+      </c>
+      <c r="G17" s="12"/>
+      <c r="H17" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="I17" s="38"/>
+      <c r="J17" s="3"/>
+    </row>
+    <row r="18" spans="1:10" s="31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="32">
         <v>25</v>
       </c>
-      <c r="B18" s="11">
-[...26 lines deleted...]
-    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B18" s="33">
+        <v>45826</v>
+      </c>
+      <c r="C18" s="32" t="s">
+        <v>54</v>
+      </c>
+      <c r="D18" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" s="32" t="s">
+        <v>55</v>
+      </c>
+      <c r="F18" s="32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" s="32"/>
+      <c r="H18" s="32" t="s">
+        <v>56</v>
+      </c>
+      <c r="I18" s="34"/>
+      <c r="J18" s="30"/>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>25</v>
       </c>
       <c r="B19" s="4">
-        <v>45825</v>
+        <v>45826</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="3" t="s">
-        <v>70</v>
-[...7 lines deleted...]
-      <c r="A20" s="21">
+        <v>58</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="J19" s="3"/>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A20" s="18">
         <v>25</v>
       </c>
-      <c r="B20" s="27">
-[...29 lines deleted...]
-      <c r="A21" s="3">
+      <c r="B20" s="22"/>
+      <c r="C20" s="23" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E20" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="F20" s="18"/>
+      <c r="G20" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="H20" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="I20" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" s="43" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="39">
         <v>25</v>
       </c>
-      <c r="B21" s="9">
-[...24 lines deleted...]
-      <c r="A22" s="3">
+      <c r="B21" s="42">
+        <v>45830</v>
+      </c>
+      <c r="C21" s="41" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" s="39" t="s">
+        <v>63</v>
+      </c>
+      <c r="F21" s="39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" s="39"/>
+      <c r="H21" s="39" t="s">
+        <v>64</v>
+      </c>
+      <c r="I21" s="39"/>
+      <c r="J21" s="39"/>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A22" s="18">
         <v>25</v>
       </c>
-      <c r="B22" s="9">
-[...8 lines deleted...]
-      <c r="E22" s="3" t="s">
+      <c r="B22" s="22">
+        <v>45830</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D22" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="F22" s="18" t="s">
         <v>14</v>
       </c>
-      <c r="F22" s="3" t="s">
-[...85 lines deleted...]
-      <c r="J28" s="35"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="I22" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A25" s="46" t="s">
+        <v>67</v>
+      </c>
+      <c r="B25" s="44"/>
+      <c r="C25" s="44"/>
+      <c r="D25" s="44"/>
+      <c r="E25" s="44"/>
+      <c r="F25" s="44"/>
+      <c r="G25" s="44"/>
+      <c r="H25" s="44"/>
+      <c r="I25" s="44"/>
+      <c r="J25" s="44"/>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A26" s="44"/>
+      <c r="B26" s="44"/>
+      <c r="C26" s="44"/>
+      <c r="D26" s="44"/>
+      <c r="E26" s="44"/>
+      <c r="F26" s="44"/>
+      <c r="G26" s="44"/>
+      <c r="H26" s="44"/>
+      <c r="I26" s="44"/>
+      <c r="J26" s="44"/>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A27" s="44"/>
+      <c r="B27" s="44"/>
+      <c r="C27" s="44"/>
+      <c r="D27" s="44"/>
+      <c r="E27" s="44"/>
+      <c r="F27" s="44"/>
+      <c r="G27" s="44"/>
+      <c r="H27" s="44"/>
+      <c r="I27" s="44"/>
+      <c r="J27" s="44"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:J22">
-    <sortCondition ref="B5:B22"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:J21">
+    <sortCondition ref="B5:B21"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="H1:U2"/>
     <mergeCell ref="A1:G2"/>
-    <mergeCell ref="A26:J28"/>
+    <mergeCell ref="A25:J27"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape"/>
+  <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-    <xsd:import namespace="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100F9A5974454A13A4995F2760679AAE703" ma:contentTypeVersion="4" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="a51dd0a0a5790cf2cdf9d31726032b06">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3a0e1b99-4287-4a4b-8649-cafa3667e1e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6374871a039c1f6249f025891fca03bd" ns2:_="">
+    <xsd:import namespace="3a0e1b99-4287-4a4b-8649-cafa3667e1e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-[...7 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f0fbe950-8133-400a-a1da-41cbb0fb62f6" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3a0e1b99-4287-4a4b-8649-cafa3667e1e2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkeringar" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d34d398b-60ba-4ad0-a6da-da1ce693b88b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
-    </xsd:element>
-[...56 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -1924,130 +1809,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F3678F8-4DC5-499D-85E8-5FFB32125BFE}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF25FB4B-50F8-4892-8AC2-A280BBA47C4E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C32CBCA-D789-45A8-9798-1CA05994093F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="f0fbe950-8133-400a-a1da-41cbb0fb62f6"/>
-    <ds:schemaRef ds:uri="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
+    <ds:schemaRef ds:uri="3a0e1b99-4287-4a4b-8649-cafa3667e1e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5216CB36-C0C7-4B9E-8CED-F055462ACAA8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
-    <ds:schemaRef ds:uri="f0fbe950-8133-400a-a1da-41cbb0fb62f6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F3678F8-4DC5-499D-85E8-5FFB32125BFE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Juni 2025</vt:lpstr>
+      <vt:lpstr>Juni 2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Saif Rustam</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101006B92E72A0AD644438883FFC3BD797788</vt:lpwstr>
+    <vt:lpwstr>0x010100F9A5974454A13A4995F2760679AAE703</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>