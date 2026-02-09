--- v0 (2025-10-07)
+++ v1 (2026-02-09)
@@ -6,121 +6,123 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="47B39CA9" w14:textId="611520EA" w:rsidR="004007F0" w:rsidRPr="003B164F" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B164F">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Kursanalys (kursutvärdering</w:t>
       </w:r>
       <w:r w:rsidR="00F457DE">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>/kursrapport</w:t>
       </w:r>
       <w:r w:rsidRPr="003B164F">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9315" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1949"/>
         <w:gridCol w:w="5666"/>
         <w:gridCol w:w="1700"/>
       </w:tblGrid>
       <w:tr w:rsidR="004007F0" w14:paraId="3FEAEF43" w14:textId="77777777" w:rsidTr="3139C529">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="508DE3F3" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="3139C529">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kurskod</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="14E6871B" w14:textId="3D435A2B" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="00505462" w:rsidP="3139C529">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1AR027</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E6EB1F9" w14:textId="3C0C4B69" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="00E90C5A" w:rsidP="3139C529">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -239,663 +241,532 @@
           </w:tcPr>
           <w:p w14:paraId="435CAAC4" w14:textId="417E3351" w:rsidR="00E90C5A" w:rsidRPr="005C3D36" w:rsidRDefault="004007F0" w:rsidP="00E90C5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Termin </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(vt/ht-år)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4C86C17A" w14:textId="1D1CCC49" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="00871B07" w:rsidP="00E90C5A">
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/ht-år)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C86C17A" w14:textId="254252D8" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="00F31764" w:rsidP="00E90C5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>V</w:t>
+              <w:t>H</w:t>
             </w:r>
             <w:r w:rsidR="00505462">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>T2</w:t>
             </w:r>
-            <w:r w:rsidR="00413104">
+            <w:r w:rsidR="00271182">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="68B9368A" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tidsperiod</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35DDD7A4" w14:textId="65F5496D" w:rsidR="000F3E50" w:rsidRPr="00587BFC" w:rsidRDefault="00871B07" w:rsidP="4141D871">
+          <w:p w14:paraId="35DDD7A4" w14:textId="159A1EB6" w:rsidR="000F3E50" w:rsidRPr="00587BFC" w:rsidRDefault="00F31764" w:rsidP="4141D871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00871B07">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00F31764">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="006B612A">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidR="00482D49">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00871B07">
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00F31764">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-12-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00482D49">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00871B07">
-[...16 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00F31764">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 202</w:t>
             </w:r>
-            <w:r w:rsidR="00685E7F">
-[...16 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidR="00D92EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F31764">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-01-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D92EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
-            </w:r>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F599EBC" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4583"/>
         <w:gridCol w:w="4739"/>
       </w:tblGrid>
       <w:tr w:rsidR="004007F0" w14:paraId="6179F951" w14:textId="77777777" w:rsidTr="4141D871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4583" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C2B7BB9" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="76DE1510" w14:textId="6432C358" w:rsidR="004007F0" w:rsidRPr="007B1A52" w:rsidRDefault="004007F0" w:rsidP="000F3E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kursansvarig</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76DE1510" w14:textId="44E4B82B" w:rsidR="004007F0" w:rsidRPr="00E90C5A" w:rsidRDefault="004007F0" w:rsidP="000F3E50">
+          <w:p w14:paraId="3967139D" w14:textId="77777777" w:rsidR="00271182" w:rsidRPr="00E90C5A" w:rsidRDefault="00271182" w:rsidP="00271182">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="0918347D" w14:textId="0A5A84EB" w:rsidR="000F3E50" w:rsidRPr="00B04CEB" w:rsidRDefault="00B04CEB" w:rsidP="4141D871">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Josefin Särnholm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0918347D" w14:textId="572B7652" w:rsidR="000F3E50" w:rsidRDefault="000F3E50" w:rsidP="4141D871">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B04CEB">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00A2445B" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="5F2CC38A" w14:textId="1DF7AA0E" w:rsidR="007B1A52" w:rsidRPr="007B1A52" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examinator</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D131AA0" w14:textId="77777777" w:rsidR="00505462" w:rsidRDefault="00505462" w:rsidP="00B82AD0">
-[...8 lines deleted...]
-          <w:p w14:paraId="5E5E665A" w14:textId="2ED50C09" w:rsidR="004007F0" w:rsidRPr="00E90C5A" w:rsidRDefault="00B04CEB" w:rsidP="00B82AD0">
+          <w:p w14:paraId="5E5E665A" w14:textId="0360DFDC" w:rsidR="004007F0" w:rsidRPr="00E90C5A" w:rsidRDefault="00271182" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Erik Andersson</w:t>
+              <w:t>Josefin Särnholm</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C24F939" w14:textId="16369493" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="00E90C5A" w:rsidP="4141D871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004007F0" w14:paraId="777FCAE7" w14:textId="77777777" w:rsidTr="4141D871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4583" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1F5E7650" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Momentansvariga lärare</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05EDA565" w14:textId="77777777" w:rsidR="004007F0" w:rsidRPr="005E4941" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
-[...109 lines deleted...]
-          <w:p w14:paraId="08EECE5D" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="08EECE5D" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00271182">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C6F81E1" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Övriga medverkande lärare </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CD66223" w14:textId="5137F955" w:rsidR="004007F0" w:rsidRPr="00E90C5A" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="6CD66223" w14:textId="6CD9D0D5" w:rsidR="00824CF6" w:rsidRPr="0047574E" w:rsidRDefault="00824CF6" w:rsidP="0047574E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C97F939" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2660"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
       <w:tr w:rsidR="004007F0" w14:paraId="07E7E5DC" w14:textId="77777777" w:rsidTr="4141D871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D4102E7" w14:textId="75F91F51" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Antal studenter</w:t>
             </w:r>
             <w:r w:rsidR="002A1B1B">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Fotnotsreferens"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> vid treveckorskontrollen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07ABBECA" w14:textId="77777777" w:rsidR="00505462" w:rsidRDefault="00505462" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="71335744" w14:textId="596B5CE3" w:rsidR="002F20BA" w:rsidRPr="002F20BA" w:rsidRDefault="00871B07" w:rsidP="00B82AD0">
+          <w:p w14:paraId="51A6EB63" w14:textId="420A2A15" w:rsidR="004007F0" w:rsidRPr="00724248" w:rsidRDefault="007E64E2" w:rsidP="007E64E2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>48</w:t>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t>43</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3DB33BA5" w14:textId="69EACF06" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
@@ -910,61 +781,51 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">tal </w:t>
             </w:r>
             <w:r w:rsidR="001434DF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">och andel (%) </w:t>
             </w:r>
             <w:r w:rsidR="002B0FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>godkända studenter fyra veckor efter kursens slut</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7014FB42" w14:textId="5D6153B9" w:rsidR="00AD6D2B" w:rsidRPr="00E90C5A" w:rsidRDefault="00AD6D2B" w:rsidP="00B82AD0">
-[...9 lines deleted...]
-          <w:p w14:paraId="2004016F" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="2004016F" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00F31764">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="54B7C6A8" w14:textId="5F6940F3" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -988,216 +849,118 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(%) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kursvärderingsenkät</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41A5F923" w14:textId="161134C9" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="294CF1E0" w14:textId="147CDCF8" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="00956AC8" w:rsidP="00E90C5A">
+          <w:p w14:paraId="294CF1E0" w14:textId="7DB5F0EC" w:rsidR="00E90C5A" w:rsidRPr="00E90C5A" w:rsidRDefault="008311FF" w:rsidP="00E90C5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>27</w:t>
-[...7 lines deleted...]
-              <w:t>%</w:t>
+              <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004007F0" w14:paraId="5C05F732" w14:textId="77777777" w:rsidTr="4141D871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6669E756" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="6669E756" w14:textId="183DC562" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Övriga metoder för studentinflytande </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(utöver avslutande kursvärdering) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07DCB3D9" w14:textId="77777777" w:rsidR="004007F0" w:rsidRPr="00C00910" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="19334C77" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00F31764">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C00910">
-[...91 lines deleted...]
-          <w:p w14:paraId="38EC4AFF" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          </w:p>
+          <w:p w14:paraId="38EC4AFF" w14:textId="170796DD" w:rsidR="00F31764" w:rsidRDefault="00F31764" w:rsidP="00F31764">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004007F0" w14:paraId="43935A8C" w14:textId="77777777" w:rsidTr="4141D871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6BE91BD8" w14:textId="1F1B813B" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
             <w:pPr>
@@ -1214,166 +977,75 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Återkopp</w:t>
             </w:r>
             <w:r w:rsidR="00BF7364">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ing av kursvärderingsresultat till studenterna</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68DE0FC6" w14:textId="77777777" w:rsidR="004007F0" w:rsidRPr="00C00910" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          <w:p w14:paraId="568ADDA9" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00F31764">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C00910">
-[...91 lines deleted...]
-          <w:p w14:paraId="2A1004C2" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00B82AD0">
+          </w:p>
+          <w:p w14:paraId="2A1004C2" w14:textId="3B19597D" w:rsidR="00F31764" w:rsidRDefault="00F31764" w:rsidP="00F31764">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="07057F0F" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
+        <w:pStyle w:val="Rubrik4"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Observera att…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="353A39BB" w14:textId="404AD78E" w:rsidR="00C37447" w:rsidRPr="00875F1D" w:rsidRDefault="00C37447" w:rsidP="00C37447">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
@@ -1548,907 +1220,1416 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00910">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0299BE07" w14:textId="1D88F4D1" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="00396FC1">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="0299BE07" w14:textId="5A300888" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
       <w:r>
-        <w:t>Beskrivning av eventuellt genomförda förändringar sedan föregående kurstillfälle baserat på tidigare studenters synpunkter</w:t>
+        <w:t>1. Beskrivning av eventuellt genomförda förändringar sedan föregående kurstillfälle baserat på tidigare studenters synpunkter</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5D2C">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00782DFD" w14:textId="240DDEB2" w:rsidR="00396FC1" w:rsidRPr="00396FC1" w:rsidRDefault="00396FC1" w:rsidP="00396FC1">
+    <w:p w14:paraId="5FC30FE7" w14:textId="46DC913B" w:rsidR="00AC5D2C" w:rsidRPr="00AC5D2C" w:rsidRDefault="00AC5D2C" w:rsidP="00AC5D2C">
       <w:r>
-        <w:t xml:space="preserve">Inga omfattande förändringar har genomförts utöver arbete med strukturen på canvas. </w:t>
+        <w:t xml:space="preserve">Inga omfattande förändringar har genomförts. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1BCA10" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
+    <w:p w14:paraId="08C4587D" w14:textId="16BC5D4D" w:rsidR="0047574E" w:rsidRPr="00AC5D2C" w:rsidRDefault="004007F0" w:rsidP="00AC5D2C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
       <w:r>
         <w:t>2. Kortfattad sammanfattning av studenternas värderingar av kursen</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="17E06572" w14:textId="77777777" w:rsidR="0047574E" w:rsidRDefault="0047574E" w:rsidP="004007F0">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="17439C3B" w14:textId="77777777" w:rsidR="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6631"/>
-        <w:gridCol w:w="2385"/>
+        <w:gridCol w:w="6632"/>
+        <w:gridCol w:w="2384"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="204FA90E" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="204FA90E" w14:textId="77777777" w:rsidTr="00CA4466">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D1188E6" w14:textId="5171E41E" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364A03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Enkätfråga</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24BDCC34" w14:textId="7030847D" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="44C4B3D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Medelvärde (1-5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="523C172D" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="523C172D" w14:textId="77777777" w:rsidTr="00CA4466">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B154079" w14:textId="5A0DBF98" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="00364A03">
+          <w:p w14:paraId="2B154079" w14:textId="5E2EAEC9" w:rsidR="00364A03" w:rsidRPr="008D34E0" w:rsidRDefault="00E60DFB" w:rsidP="008D34E0">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00364A03">
-[...5 lines deleted...]
-              <w:t>Jag uppfattar att jag genom denna kurs utvecklat värdefulla kunskaper/färdigheter.</w:t>
+            <w:r w:rsidRPr="00E60DFB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kursen var utformad på ett sätt som gav mig möjlighet till aktivt lärande. Exempelvis: seminarier med</w:t>
+            </w:r>
+            <w:r w:rsidR="008D34E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D34E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">diskussioner, grupparbeten, projekt, studentpresentationer, rollspel, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008D34E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>peer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008D34E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008D34E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>learning</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008D34E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, praktiska övningar,</w:t>
+            </w:r>
+            <w:r w:rsidR="008D34E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D34E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">laborationer, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008D34E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>verksamhetsintegrerat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008D34E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lärande etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6957393F" w14:textId="365D7B28" w:rsidR="00364A03" w:rsidRDefault="00505462" w:rsidP="004007F0">
+          <w:p w14:paraId="6957393F" w14:textId="2D7D9045" w:rsidR="00364A03" w:rsidRDefault="00505462" w:rsidP="004007F0">
             <w:r>
               <w:t>4,</w:t>
             </w:r>
-            <w:r w:rsidR="000B07B2">
+            <w:r w:rsidR="00614D53">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="57BE99B3" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="57BE99B3" w14:textId="77777777" w:rsidTr="00CA4466">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66520BC3" w14:textId="5C7C0A6D" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="00364A03">
+          <w:p w14:paraId="66520BC3" w14:textId="4485EB9F" w:rsidR="00364A03" w:rsidRPr="00B32B0D" w:rsidRDefault="00364A03" w:rsidP="00B32B0D">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00364A03">
-[...5 lines deleted...]
-              <w:t>Jag bedömer att jag har uppnått kursernas alla lärandemål.</w:t>
+            <w:r w:rsidRPr="00853891">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jag </w:t>
+            </w:r>
+            <w:r w:rsidR="00853891" w:rsidRPr="00853891">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Jag kände mig inkluderad och</w:t>
+            </w:r>
+            <w:r w:rsidR="00853891">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00853891" w:rsidRPr="00853891">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>respekterad under kursen.</w:t>
+            </w:r>
+            <w:r w:rsidR="00853891">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00853891" w:rsidRPr="00853891">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exempelvis: Jag var bekväm med</w:t>
+            </w:r>
+            <w:r w:rsidR="00853891">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00853891" w:rsidRPr="00853891">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>att samarbeta med andra</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32B0D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00853891" w:rsidRPr="00B32B0D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>studenter, tala inför gruppen, svara</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32B0D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00853891" w:rsidRPr="00B32B0D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>på lärares frågor och jag blev</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32B0D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00853891" w:rsidRPr="00B32B0D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lyssnad på (inte avbruten,</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32B0D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00853891" w:rsidRPr="00B32B0D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>förlöjligad eller liknande).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="749A1FB0" w14:textId="337D6D1A" w:rsidR="00364A03" w:rsidRDefault="00505462" w:rsidP="004007F0">
+          <w:p w14:paraId="749A1FB0" w14:textId="5798C0E7" w:rsidR="00364A03" w:rsidRDefault="00614D53" w:rsidP="004007F0">
             <w:r>
-              <w:t>4,</w:t>
-[...2 lines deleted...]
-              <w:t>0</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>5,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="71BD7BA5" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="71BD7BA5" w14:textId="77777777" w:rsidTr="00CA4466">
         <w:trPr>
           <w:trHeight w:val="689"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="461B3E1F" w14:textId="5FBC59CB" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="00364A03">
+          <w:p w14:paraId="461B3E1F" w14:textId="0CFDD529" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00B32B0D" w:rsidP="00B32B0D">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00364A03">
-[...13 lines deleted...]
-              <w:t>.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kursen som helhet var bra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2AF9CA" w14:textId="7CEE9E9B" w:rsidR="00364A03" w:rsidRDefault="007F2737" w:rsidP="004007F0">
+          <w:p w14:paraId="1E2AF9CA" w14:textId="71B77E84" w:rsidR="00364A03" w:rsidRDefault="00505462" w:rsidP="004007F0">
             <w:r>
-              <w:t>3,9</w:t>
+              <w:t>4,</w:t>
+            </w:r>
+            <w:r w:rsidR="00F42857">
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="47E7A5F2" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="47E7A5F2" w14:textId="77777777" w:rsidTr="00CA4466">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D3D4ACD" w14:textId="46265400" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="00364A03">
+          <w:p w14:paraId="0D3D4ACD" w14:textId="7CA91F3C" w:rsidR="00364A03" w:rsidRPr="00857727" w:rsidRDefault="00857727" w:rsidP="00857727">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00364A03">
-[...5 lines deleted...]
-              <w:t>Jag uppfattar att kursen har stimulerat mig till ett vetenskapligt förhållningssätt.</w:t>
+            <w:r w:rsidRPr="00857727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Den psykosociala arbetsmiljön</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00857727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>under kursen var bra (psykosocial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00857727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>miljö rör bland annat trivsel, stöd,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00857727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>stress,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00857727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>likabehandling och</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00857727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>diskriminering).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="036B56A5" w14:textId="428EA555" w:rsidR="00364A03" w:rsidRDefault="007F2737" w:rsidP="004007F0">
+          <w:p w14:paraId="036B56A5" w14:textId="14089F90" w:rsidR="00364A03" w:rsidRDefault="00F42857" w:rsidP="004007F0">
             <w:r>
-              <w:t>3,8</w:t>
+              <w:t>5,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7ACE" w14:paraId="180D4DE4" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="002A7ACE" w14:paraId="180D4DE4" w14:textId="77777777" w:rsidTr="00CA4466">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD622FC" w14:textId="66181105" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="00364A03">
+          <w:p w14:paraId="1CD622FC" w14:textId="2E6EC6C9" w:rsidR="00364A03" w:rsidRPr="00044EBE" w:rsidRDefault="00044EBE" w:rsidP="00044EBE">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00364A03">
-[...6 lines deleted...]
-              <w:t>Jag uppfattar att lärarna har varit tillmötesgående under kursens gång för ideér och synpunkter på kursens utformning och innehåll.</w:t>
+            <w:r w:rsidRPr="00044EBE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>Administration och information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00044EBE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>under kursen har fungerat väl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E08F0DE" w14:textId="6C4092BF" w:rsidR="00364A03" w:rsidRDefault="00505462" w:rsidP="004007F0">
+          <w:p w14:paraId="5E08F0DE" w14:textId="4A24ECF4" w:rsidR="00364A03" w:rsidRDefault="00505462" w:rsidP="004007F0">
             <w:r>
               <w:t>4,</w:t>
             </w:r>
-            <w:r w:rsidR="007F2737">
-              <w:t>2</w:t>
+            <w:r w:rsidR="00F42857">
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00396FC1" w14:paraId="30019DA0" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="00CA4466" w14:paraId="7FBA5719" w14:textId="77777777" w:rsidTr="00CA4466">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3212ABD0" w14:textId="018A44DA" w:rsidR="00396FC1" w:rsidRPr="00396FC1" w:rsidRDefault="00396FC1" w:rsidP="00396FC1">
+          <w:p w14:paraId="36A75924" w14:textId="0733232D" w:rsidR="00CA4466" w:rsidRPr="002D3A0E" w:rsidRDefault="002D3A0E" w:rsidP="002D3A0E">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00396FC1">
-[...5 lines deleted...]
-              <w:t>Den psykosociala arbetsmiljön under kursen var bra (psykosocial miljö rör bland annat trivsel, stöd, stress, likabehandling och diskriminering).</w:t>
+            <w:r w:rsidRPr="002D3A0E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>Läraren/handledaren skapade en</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3A0E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>atmosfär som främjade lärande och</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3A0E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>utveckling.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11561F76" w14:textId="7B47003D" w:rsidR="00396FC1" w:rsidRDefault="00396FC1" w:rsidP="004007F0">
+          <w:p w14:paraId="4D137D4A" w14:textId="27714471" w:rsidR="00CA4466" w:rsidRDefault="00F42857" w:rsidP="004007F0">
             <w:r>
-              <w:t>4,3</w:t>
+              <w:t>5,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00396FC1" w14:paraId="0B50032C" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="00B81892" w14:paraId="2AD40DCD" w14:textId="77777777" w:rsidTr="00CA4466">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F30849D" w14:textId="0B216453" w:rsidR="00396FC1" w:rsidRPr="00396FC1" w:rsidRDefault="00396FC1" w:rsidP="00396FC1">
+          <w:p w14:paraId="73771973" w14:textId="30344477" w:rsidR="00B81892" w:rsidRPr="005C5436" w:rsidRDefault="00B81892" w:rsidP="005C5436">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00396FC1">
-[...5 lines deleted...]
-              <w:t>Jag förväntades redovisa uppgifter på ett vetenskapligt sätt.</w:t>
+            <w:r w:rsidRPr="00B81892">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>Jag har försökt relatera det jag lärt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B81892">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>mig i kursen till andra kurser och</w:t>
+            </w:r>
+            <w:r w:rsidR="005C5436">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C5436">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>ämnen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="035C69B5" w14:textId="577E596C" w:rsidR="00396FC1" w:rsidRDefault="00396FC1" w:rsidP="004007F0">
+          <w:p w14:paraId="3B1835C8" w14:textId="095CBCC2" w:rsidR="00B81892" w:rsidRDefault="00F42857" w:rsidP="004007F0">
             <w:r>
-              <w:t>3,9</w:t>
+              <w:t>5,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00396FC1" w14:paraId="5F8F3CB2" w14:textId="77777777" w:rsidTr="44C4B3D0">
+      <w:tr w:rsidR="005C5436" w14:paraId="5E5DF344" w14:textId="77777777" w:rsidTr="00CA4466">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CDF3788" w14:textId="1CF7C169" w:rsidR="00396FC1" w:rsidRPr="00396FC1" w:rsidRDefault="00396FC1" w:rsidP="00396FC1">
+          <w:p w14:paraId="2CEE921F" w14:textId="6371D02C" w:rsidR="005C5436" w:rsidRPr="005C5436" w:rsidRDefault="005C5436" w:rsidP="005C5436">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00396FC1">
-[...5 lines deleted...]
-              <w:t>Lärarna/handledarna lyfte forskning och forskningsresultat under praktiska/kliniska moment.</w:t>
+            <w:r w:rsidRPr="005C5436">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>Kraven som ställdes i kursen var</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C5436">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>rimliga i relation till lärandemålen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A621367" w14:textId="40D28B85" w:rsidR="00396FC1" w:rsidRDefault="00396FC1" w:rsidP="004007F0">
+          <w:p w14:paraId="57687BB0" w14:textId="524904C8" w:rsidR="005C5436" w:rsidRDefault="00F42857" w:rsidP="004007F0">
             <w:r>
-              <w:t>4,2</w:t>
+              <w:t>5,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00905DA7" w14:paraId="0B2865F0" w14:textId="77777777" w:rsidTr="00CA4466">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A414307" w14:textId="040466FD" w:rsidR="00905DA7" w:rsidRPr="00905DA7" w:rsidRDefault="00905DA7" w:rsidP="00905DA7">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00905DA7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>De problem och frågeformuleringar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00905DA7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>som presenterades under kursenkändes motiverade och realistiska.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B55271" w14:textId="2D6D92E7" w:rsidR="00905DA7" w:rsidRDefault="00011210" w:rsidP="004007F0">
+            <w:r>
+              <w:t>5,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614D53" w14:paraId="2A720730" w14:textId="77777777" w:rsidTr="00CA4466">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C018797" w14:textId="31A94433" w:rsidR="00614D53" w:rsidRPr="00614D53" w:rsidRDefault="00614D53" w:rsidP="00614D53">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00614D53">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>Kursen byggde vidare på mina</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00614D53">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>kunskaper från tidigare kurser</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41978885" w14:textId="41BB9F3F" w:rsidR="00614D53" w:rsidRPr="00905DA7" w:rsidRDefault="00614D53" w:rsidP="00614D53">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00614D53">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>under utbildningen.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D5D2C1B" w14:textId="353C592E" w:rsidR="00614D53" w:rsidRDefault="00011210" w:rsidP="004007F0">
+            <w:r>
+              <w:t>5,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22DF5F2E" w14:textId="77777777" w:rsidR="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0"/>
-[...97 lines deleted...]
-    <w:p w14:paraId="05641CC8" w14:textId="77777777" w:rsidR="00396FC1" w:rsidRDefault="00396FC1" w:rsidP="004007F0"/>
+    <w:p w14:paraId="22DF5F2E" w14:textId="77777777" w:rsidR="00364A03" w:rsidRPr="00364A03" w:rsidRDefault="00364A03" w:rsidP="004007F0"/>
     <w:p w14:paraId="1D6A24E7" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
+        <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
       <w:r>
         <w:t>3. Kursansvarigs reflektioner kring kursens genomförande och resultat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C1664F3" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
-      <w:pPr>
+    <w:p w14:paraId="0C1664F3" w14:textId="08394486" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">Kursens </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Kursens styrkor:</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>styrkor:</w:t>
+      </w:r>
+      <w:r w:rsidR="00972AAD">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="2C4113E3" w14:textId="77777777" w:rsidR="00EF2A4A" w:rsidRPr="00EF2A4A" w:rsidRDefault="00EF2A4A" w:rsidP="00EF2A4A">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:t xml:space="preserve">Kursen upplevdes som </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:rPr>
+          <w:rStyle w:val="Stark"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>mycket uppskattad och relevant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:t xml:space="preserve"> och flera studenter beskrev den som en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:rPr>
+          <w:rStyle w:val="Stark"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>mycket bra översiktskurs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:t xml:space="preserve">. Föreläsningarna höll hög kvalitet och behandlade centrala och grundläggande principer inom psykologi på ett </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:rPr>
+          <w:rStyle w:val="Stark"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>logiskt och pedagogiskt strukturerat sätt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">rsen innehåller en bred redogörelse för psykologi som ämne med engagerade lärare som är ämnesexperter. </w:t>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:t xml:space="preserve"> Innehållet täckte viktiga områden såsom samtalsfärdigheter, perception, minne, psykologisk utveckling samt socialpsykologi och omvärldsfaktorer, vilket bidrog till en god helhetsförståelse av ämnet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD4CD5F" w14:textId="77777777" w:rsidR="00396FC1" w:rsidRDefault="00396FC1" w:rsidP="004007F0">
+    <w:p w14:paraId="537BA61E" w14:textId="7328624C" w:rsidR="009D7F4D" w:rsidRPr="00EF2A4A" w:rsidRDefault="00EF2A4A" w:rsidP="00EF2A4A">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:t xml:space="preserve">De </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:rPr>
+          <w:rStyle w:val="Stark"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>praktiska inslagen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:t xml:space="preserve"> särskilt seminariet om samtalsterapi och den praktiska övningen i minnestestning, lyftes fram som mycket värdefulla. Studenterna uttryckte att workshops och seminarier bidrog till ökat engagemang och fördjupad förståelse, och att arbete med samtalsfärdigheter var särskilt relevant. Sammantaget upplevdes kursen som </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:rPr>
+          <w:rStyle w:val="Stark"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>intressant, väl upplagd och lärorik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A4A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="522B6623" w14:textId="2C31A951" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Kursens svagheter:</w:t>
+      </w:r>
+      <w:r w:rsidR="00112E91">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Kursens svagheter:</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50525831" w14:textId="2FF6FE8D" w:rsidR="00396FC1" w:rsidRDefault="00396FC1" w:rsidP="004007F0">
-[...12 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="35A3E442" w14:textId="77777777" w:rsidR="00EF2A4A" w:rsidRDefault="00EF2A4A" w:rsidP="00EF2A4A">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>stor övervikt av föreläsningsundervisning.</w:t>
+        <w:t>Flera undervisningsdagar var upplagda som halvdagar med föreläsningar, vilket studenterna upplevde som mindre effektivt. Det framfördes önskemål om att samla undervisningen i heldagar, vilket skulle kunna frigöra sammanhängande tid för egna studier, särskilt inför tentamen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="413B23E2" w14:textId="1B28BEA6" w:rsidR="00396FC1" w:rsidRPr="00396FC1" w:rsidRDefault="00396FC1" w:rsidP="001C6418">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6B7882D4" w14:textId="77777777" w:rsidR="00EF2A4A" w:rsidRDefault="00EF2A4A" w:rsidP="00EF2A4A">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">För många inspelade föreläsningar </w:t>
+        <w:t>Det framkom även att det saknades en schemalagd dag för självstudier före tentamen. Den obligatoriska undervisningsdagen som låg precis före tentamen upplevdes av flera studenter som mindre välplacerad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3300DE" w14:textId="32BBF5B9" w:rsidR="00EF2A4A" w:rsidRPr="00EF2A4A" w:rsidRDefault="00EF2A4A" w:rsidP="00EF2A4A">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Vidare önskades mer variation i undervisningsformer, med fler seminarier och workshops utöver föreläsningar. Studenter efterfrågade även rekommenderad fördjupningslitteratur för den som vill gå vidare i ämnet. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65FA3ED4" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
+        <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
       <w:r>
         <w:t>3. Övriga synpunkter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46608854" w14:textId="7043CF5D" w:rsidR="00396FC1" w:rsidRDefault="00A46DD3" w:rsidP="00396FC1">
+    <w:p w14:paraId="4C493D5B" w14:textId="77777777" w:rsidR="004007F0" w:rsidRDefault="004007F0" w:rsidP="004007F0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik4"/>
+      </w:pPr>
       <w:r>
-        <w:t>Inga övriga synpunkter</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>4. Kursansvarigs slutsatser och eventuella förslag till förändringar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB36963" w14:textId="77777777" w:rsidR="00396FC1" w:rsidRDefault="00396FC1" w:rsidP="00396FC1">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="63461FB4" w14:textId="7EAC2F01" w:rsidR="00EF2A4A" w:rsidRPr="00EF2A4A" w:rsidRDefault="00EF2A4A" w:rsidP="00EF2A4A">
+      <w:r>
+        <w:t>Sammanfattningsvis upplevdes kursen som mycket välfungerande, med ett starkt och relevant innehåll samt engagerande undervisning. De förbättringsområden som identifierats rör främst kursens struktur och planering, snarare än innehållets kvalitet, och bedöms vara möjliga att åtgärda i kommande kursomgångar. Kursen skulle med fördel kunna förstärkas med fler moment som erbjuder andra former av lärande än föreläsningar. Seminarier som komplement till de inspelade föreläsningarna kan bidra till ökad variation i undervisningen</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1861DC38" w14:textId="77777777" w:rsidR="00396FC1" w:rsidRPr="00396FC1" w:rsidRDefault="00396FC1" w:rsidP="00396FC1">
-[...62 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
+    <w:p w14:paraId="5DCE6E12" w14:textId="6C16752C" w:rsidR="009D7F4D" w:rsidRPr="00D655DA" w:rsidRDefault="004007F0" w:rsidP="004007F0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Bilagor:</w:t>
       </w:r>
+      <w:r w:rsidR="00D655DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D655DA" w:rsidRPr="00D655DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kursrapport med exakt fördelning av de kvantitativa svaren och studenternas öppna svar</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="006F17CE">
+    <w:sectPr w:rsidR="009D7F4D" w:rsidRPr="00D655DA">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footnotePr>
         <w:numFmt w:val="chicago"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F1079E3" w14:textId="77777777" w:rsidR="007402C7" w:rsidRDefault="007402C7" w:rsidP="00F457DE">
+    <w:p w14:paraId="147F16C0" w14:textId="77777777" w:rsidR="000079E7" w:rsidRDefault="000079E7" w:rsidP="00F457DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CABE157" w14:textId="77777777" w:rsidR="007402C7" w:rsidRDefault="007402C7" w:rsidP="00F457DE">
+    <w:p w14:paraId="7A390EAA" w14:textId="77777777" w:rsidR="000079E7" w:rsidRDefault="000079E7" w:rsidP="00F457DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2FF64BA1" w14:textId="77777777" w:rsidR="007402C7" w:rsidRDefault="007402C7" w:rsidP="00F457DE">
+    <w:p w14:paraId="593624DB" w14:textId="77777777" w:rsidR="000079E7" w:rsidRDefault="000079E7" w:rsidP="00F457DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65CC068E" w14:textId="77777777" w:rsidR="007402C7" w:rsidRDefault="007402C7" w:rsidP="00F457DE">
+    <w:p w14:paraId="212E891C" w14:textId="77777777" w:rsidR="000079E7" w:rsidRDefault="000079E7" w:rsidP="00F457DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="4CA10CBF" w14:textId="2A52B430" w:rsidR="002A1B1B" w:rsidRDefault="002A1B1B">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Fotnotstext"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Fotnotsreferens"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A1B1B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Enbart förstagångsregistrerade studenter ska inkluderas i kursanalysen för att spegla genomströmning och kvalitet  som en effekt av aktuellt kursuplägg.</w:t>
+        <w:t xml:space="preserve">Enbart förstagångsregistrerade studenter ska inkluderas i kursanalysen för att spegla genomströmning och </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kvalitet  som</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en effekt av aktuellt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A1B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kursuplägg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A1B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:bookmarkStart w:id="0" w:name="stc3_oa_Logo_sv_0002"/>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="09D29192" w14:textId="77777777" w:rsidR="00F457DE" w:rsidRDefault="00F457DE" w:rsidP="00F457DE">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
+    <w:bookmarkStart w:id="0" w:name="stc3_oa_Logo_sv_0002"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E275166" wp14:editId="756A9B34">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>3686175</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>264795</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2476500" cy="276225"/>
               <wp:effectExtent l="0" t="0" r="0" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
@@ -2461,90 +2642,96 @@
                       </a:prstGeom>
                       <a:solidFill>
                         <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="2EB1A2B4" w14:textId="6FA2D732" w:rsidR="00F457DE" w:rsidRDefault="00F457DE" w:rsidP="00F457DE">
+                        <w:p w14:paraId="2EB1A2B4" w14:textId="5E4BCC04" w:rsidR="00F457DE" w:rsidRDefault="00F457DE" w:rsidP="00F457DE">
                           <w:r>
                             <w:t xml:space="preserve">Kursanalys, </w:t>
                           </w:r>
                           <w:r w:rsidR="00505462">
-                            <w:t>1AR027 HT23</w:t>
+                            <w:t>1AR027 HT2</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00271182">
+                            <w:t>5</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6E275166" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:290.25pt;margin-top:20.85pt;width:195pt;height:21.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMhx+tdQIAAGUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X514eWxBnCJL0WFA&#10;0BZLh54VWUqEyaImKbGzX19Kdh7reumwi02JH0nx42N63VSa7IXzCkxB+1c9SoThUCqzKeiPx9sP&#10;nyjxgZmSaTCioAfh6fXs/btpbScihy3oUjiCToyf1Lag2xDsJMs834qK+SuwwqBSgqtYwKPbZKVj&#10;NXqvdJb3eqOsBldaB1x4j7c3rZLOkn8pBQ/3UnoRiC4ovi2kr0vfdfxmsymbbByzW8W7Z7B/eEXF&#10;lMGgJ1c3LDCyc+ovV5XiDjzIcMWhykBKxUXKAbPp915ks9oyK1IuSI63J5r8/3PL7/Yr++BIaL5A&#10;gwWMhNTWTzxexnwa6ar4x5cS1COFhxNtogmE42U+GI+GPVRx1OXjUZ4Po5vsbG2dD18FVCQKBXVY&#10;lsQW2y99aKFHSAzmQavyVmmdDrEVxEI7smdYRB3SG9H5HyhtSF3Q0cdhLzk2EM1bz9pENyI1Qxfu&#10;nGGSwkGLiNHmu5BElSnRV2IzzoU5xU/oiJIY6i2GHf78qrcYt3mgRYoMJpyMK2XApezT9JwpK38e&#10;KZMtHmtzkXcUQ7NuusqvoTxgQzhoZ8VbfquwakvmwwNzOBxYaBz4cI8fqQFZh06iZAvu92v3EY89&#10;i1pKahy2gvpfO+YEJfqbwW7+3B8M4nSmw2A4zvHgLjXrS43ZVQvAVujjarE8iREf9FGUDqon3Avz&#10;GBVVzHCMXdBwFBehXQG4V7iYzxMI59GysDQry6PrSG/sycfmiTnbNW7Alr+D41iyyYv+bbHR0sB8&#10;F0Cq1NyR4JbVjnic5TQe3d6Jy+LynFDn7Th7BgAA//8DAFBLAwQUAAYACAAAACEApT++GOAAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+DQBCG7yb+h82YeDF2aSuCyNAYozbxZvEj3rbsCER2&#10;lrBbwH/v9qTHmXnyzvPmm9l0YqTBtZYRlosIBHFldcs1wmv5eJmCcF6xVp1lQvghB5vi9CRXmbYT&#10;v9C487UIIewyhdB432dSuqoho9zC9sTh9mUHo3wYh1rqQU0h3HRyFUXX0qiWw4dG9XTfUPW9OxiE&#10;z4v649nNT2/TOl73D9uxTN51iXh+Nt/dgvA0+z8YjvpBHYrgtLcH1k50CHEaxQFFuFomIAJwkxwX&#10;e4Q0XoEscvm/QfELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATIcfrXUCAABlBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApT++GOAAAAAJAQAA&#10;DwAAAAAAAAAAAAAAAADPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:290.25pt;margin-top:20.85pt;width:195pt;height:21.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBMhx+tdQIAAGUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X514eWxBnCJL0WFA&#13;&#10;0BZLh54VWUqEyaImKbGzX19Kdh7reumwi02JH0nx42N63VSa7IXzCkxB+1c9SoThUCqzKeiPx9sP&#13;&#10;nyjxgZmSaTCioAfh6fXs/btpbScihy3oUjiCToyf1Lag2xDsJMs834qK+SuwwqBSgqtYwKPbZKVj&#13;&#10;NXqvdJb3eqOsBldaB1x4j7c3rZLOkn8pBQ/3UnoRiC4ovi2kr0vfdfxmsymbbByzW8W7Z7B/eEXF&#13;&#10;lMGgJ1c3LDCyc+ovV5XiDjzIcMWhykBKxUXKAbPp915ks9oyK1IuSI63J5r8/3PL7/Yr++BIaL5A&#13;&#10;gwWMhNTWTzxexnwa6ar4x5cS1COFhxNtogmE42U+GI+GPVRx1OXjUZ4Po5vsbG2dD18FVCQKBXVY&#13;&#10;lsQW2y99aKFHSAzmQavyVmmdDrEVxEI7smdYRB3SG9H5HyhtSF3Q0cdhLzk2EM1bz9pENyI1Qxfu&#13;&#10;nGGSwkGLiNHmu5BElSnRV2IzzoU5xU/oiJIY6i2GHf78qrcYt3mgRYoMJpyMK2XApezT9JwpK38e&#13;&#10;KZMtHmtzkXcUQ7NuusqvoTxgQzhoZ8VbfquwakvmwwNzOBxYaBz4cI8fqQFZh06iZAvu92v3EY89&#13;&#10;i1pKahy2gvpfO+YEJfqbwW7+3B8M4nSmw2A4zvHgLjXrS43ZVQvAVujjarE8iREf9FGUDqon3Avz&#13;&#10;GBVVzHCMXdBwFBehXQG4V7iYzxMI59GysDQry6PrSG/sycfmiTnbNW7Alr+D41iyyYv+bbHR0sB8&#13;&#10;F0Cq1NyR4JbVjnic5TQe3d6Jy+LynFDn7Th7BgAA//8DAFBLAwQUAAYACAAAACEAY43PWeQAAAAO&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbExPyU7DMBC9I/EP1iBxQdRpS0hIM6kQS5G40bCImxubJCIe&#13;&#10;R7Gbhr9neoLLSDPvzVvy9WQ7MZrBt44Q5rMIhKHK6ZZqhNfy8TIF4YMirTpHBuHHeFgXpye5yrQ7&#13;&#10;0IsZt6EWLEI+UwhNCH0mpa8aY5Wfud4QY19usCrwOtRSD+rA4raTiyi6lla1xA6N6s1dY6rv7d4i&#13;&#10;fF7UH89+2rwdlvGyf3gay+Rdl4jnZ9P9isftCkQwU/j7gGMHzg8FB9u5PWkvOoQ4jWKmIlzNExBM&#13;&#10;uEmOhx1CGi9AFrn8X6P4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEyHH611AgAAZQUA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGONz1nkAAAA&#13;&#10;DgEAAA8AAAAAAAAAAAAAAAAAzwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="2EB1A2B4" w14:textId="6FA2D732" w:rsidR="00F457DE" w:rsidRDefault="00F457DE" w:rsidP="00F457DE">
+                  <w:p w14:paraId="2EB1A2B4" w14:textId="5E4BCC04" w:rsidR="00F457DE" w:rsidRDefault="00F457DE" w:rsidP="00F457DE">
                     <w:r>
                       <w:t xml:space="preserve">Kursanalys, </w:t>
                     </w:r>
                     <w:r w:rsidR="00505462">
-                      <w:t>1AR027 HT23</w:t>
+                      <w:t>1AR027 HT2</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00271182">
+                      <w:t>5</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15D1227D" wp14:editId="1324CDFC">
           <wp:extent cx="1838325" cy="752475"/>
           <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
           <wp:docPr id="2" name="Bild 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
@@ -2564,60 +2751,60 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1838325" cy="752475"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:bookmarkEnd w:id="0"/>
   </w:p>
   <w:p w14:paraId="66C946CA" w14:textId="77777777" w:rsidR="00F457DE" w:rsidRDefault="00F457DE">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01DD1BCD"/>
+    <w:nsid w:val="06ED5C70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92CE7802"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
@@ -2662,139 +2849,228 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1962071E"/>
+    <w:nsid w:val="22CB7654"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="600AC274"/>
-    <w:lvl w:ilvl="0" w:tplc="041D000F">
+    <w:tmpl w:val="92CE7802"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="274778A4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92CE7802"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A145F2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CEE2E6C"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -2839,51 +3115,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E493745"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92CE7802"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -2928,51 +3204,318 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="401D5967"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92CE7802"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D2005C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92CE7802"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D8C1A5F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92CE7802"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68170D26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D0CAEEA"/>
     <w:lvl w:ilvl="0" w:tplc="041D0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -3017,249 +3560,380 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1912277271">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FBE6FFD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92CE7802"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="781462908">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1707490224">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1821843484">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="389309211">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1907641295">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1189610901">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="6" w16cid:durableId="93525449">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1392576991">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="7" w16cid:durableId="1192837465">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="698700219">
+  <w:num w:numId="8" w16cid:durableId="1601136591">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="487212174">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1391883036">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="151"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numFmt w:val="chicago"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004007F0"/>
+    <w:rsid w:val="000079E7"/>
+    <w:rsid w:val="00011210"/>
     <w:rsid w:val="00011B2E"/>
+    <w:rsid w:val="00044EBE"/>
     <w:rsid w:val="0007F01D"/>
     <w:rsid w:val="000A6C26"/>
-    <w:rsid w:val="000B07B2"/>
     <w:rsid w:val="000C4B1C"/>
     <w:rsid w:val="000D2229"/>
-    <w:rsid w:val="000D5C6E"/>
     <w:rsid w:val="000F3E50"/>
+    <w:rsid w:val="00112E91"/>
     <w:rsid w:val="00140388"/>
+    <w:rsid w:val="001424C4"/>
     <w:rsid w:val="001434DF"/>
     <w:rsid w:val="00162837"/>
     <w:rsid w:val="001911A0"/>
     <w:rsid w:val="001B7E5F"/>
-    <w:rsid w:val="001C6418"/>
-    <w:rsid w:val="00213E84"/>
+    <w:rsid w:val="00271182"/>
     <w:rsid w:val="00276088"/>
+    <w:rsid w:val="00276107"/>
     <w:rsid w:val="00295EDD"/>
     <w:rsid w:val="002A1B1B"/>
     <w:rsid w:val="002A7ACE"/>
     <w:rsid w:val="002B0FBD"/>
+    <w:rsid w:val="002D3A0E"/>
     <w:rsid w:val="002F20BA"/>
-    <w:rsid w:val="002F4CDD"/>
-    <w:rsid w:val="00352989"/>
     <w:rsid w:val="00364A03"/>
     <w:rsid w:val="0038189E"/>
-    <w:rsid w:val="00396FC1"/>
+    <w:rsid w:val="00392811"/>
     <w:rsid w:val="004007F0"/>
-    <w:rsid w:val="00413104"/>
+    <w:rsid w:val="004448FB"/>
+    <w:rsid w:val="00445A37"/>
+    <w:rsid w:val="0047574E"/>
     <w:rsid w:val="00481FA2"/>
+    <w:rsid w:val="00482D49"/>
     <w:rsid w:val="00495914"/>
     <w:rsid w:val="004B4319"/>
     <w:rsid w:val="004D4988"/>
+    <w:rsid w:val="00502623"/>
     <w:rsid w:val="00505462"/>
     <w:rsid w:val="00555B41"/>
     <w:rsid w:val="00571331"/>
+    <w:rsid w:val="00585CAA"/>
     <w:rsid w:val="00587BFC"/>
     <w:rsid w:val="005C3D36"/>
+    <w:rsid w:val="005C5436"/>
     <w:rsid w:val="005E4941"/>
     <w:rsid w:val="00611EF6"/>
+    <w:rsid w:val="00614D53"/>
     <w:rsid w:val="00653718"/>
-    <w:rsid w:val="00685E7F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006F17CE"/>
     <w:rsid w:val="006F32B1"/>
     <w:rsid w:val="007179A9"/>
     <w:rsid w:val="00724248"/>
-    <w:rsid w:val="007402C7"/>
+    <w:rsid w:val="00747370"/>
+    <w:rsid w:val="0075547C"/>
+    <w:rsid w:val="00761E3C"/>
     <w:rsid w:val="007901FD"/>
+    <w:rsid w:val="007B1A52"/>
     <w:rsid w:val="007B57A8"/>
     <w:rsid w:val="007D0B28"/>
-    <w:rsid w:val="007F2737"/>
+    <w:rsid w:val="007E64E2"/>
     <w:rsid w:val="008019AF"/>
+    <w:rsid w:val="00824CF6"/>
+    <w:rsid w:val="008311FF"/>
     <w:rsid w:val="00833F27"/>
+    <w:rsid w:val="00853891"/>
+    <w:rsid w:val="00857727"/>
     <w:rsid w:val="00860E8C"/>
     <w:rsid w:val="00871B07"/>
     <w:rsid w:val="008812C4"/>
     <w:rsid w:val="008823E4"/>
     <w:rsid w:val="00894B22"/>
     <w:rsid w:val="008C1C16"/>
+    <w:rsid w:val="008D34E0"/>
     <w:rsid w:val="008E69B8"/>
-    <w:rsid w:val="00956AC8"/>
+    <w:rsid w:val="00905DA7"/>
+    <w:rsid w:val="00972AAD"/>
     <w:rsid w:val="009A3D89"/>
     <w:rsid w:val="009B7EAA"/>
     <w:rsid w:val="009D4852"/>
+    <w:rsid w:val="009D7F4D"/>
     <w:rsid w:val="009F1309"/>
     <w:rsid w:val="009F42A4"/>
-    <w:rsid w:val="00A17EA1"/>
-    <w:rsid w:val="00A46DD3"/>
+    <w:rsid w:val="00A44A24"/>
     <w:rsid w:val="00A64A25"/>
     <w:rsid w:val="00A958CA"/>
+    <w:rsid w:val="00AC5D2C"/>
     <w:rsid w:val="00AD6D2B"/>
-    <w:rsid w:val="00AE4CAD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B172B5"/>
+    <w:rsid w:val="00B32B0D"/>
     <w:rsid w:val="00B32E00"/>
     <w:rsid w:val="00B60850"/>
     <w:rsid w:val="00B621FC"/>
-    <w:rsid w:val="00B74ED2"/>
+    <w:rsid w:val="00B81892"/>
+    <w:rsid w:val="00B91A68"/>
     <w:rsid w:val="00BF7364"/>
     <w:rsid w:val="00C00910"/>
     <w:rsid w:val="00C37447"/>
     <w:rsid w:val="00C77B32"/>
     <w:rsid w:val="00C820EC"/>
+    <w:rsid w:val="00CA4466"/>
     <w:rsid w:val="00CC1515"/>
     <w:rsid w:val="00CC5712"/>
     <w:rsid w:val="00CF3603"/>
     <w:rsid w:val="00D3603C"/>
+    <w:rsid w:val="00D655DA"/>
+    <w:rsid w:val="00D92EC8"/>
+    <w:rsid w:val="00DB1402"/>
     <w:rsid w:val="00E318B7"/>
+    <w:rsid w:val="00E41E2D"/>
+    <w:rsid w:val="00E60DFB"/>
     <w:rsid w:val="00E90C5A"/>
     <w:rsid w:val="00EC1970"/>
     <w:rsid w:val="00EE3F34"/>
+    <w:rsid w:val="00EF2A4A"/>
     <w:rsid w:val="00F24FAE"/>
+    <w:rsid w:val="00F31764"/>
+    <w:rsid w:val="00F42857"/>
     <w:rsid w:val="00F457DE"/>
-    <w:rsid w:val="00F70B4C"/>
+    <w:rsid w:val="00FD2749"/>
     <w:rsid w:val="00FE13AD"/>
     <w:rsid w:val="00FE190E"/>
     <w:rsid w:val="032D76F5"/>
     <w:rsid w:val="041B9DFF"/>
     <w:rsid w:val="0563FA07"/>
     <w:rsid w:val="0A0A93CF"/>
     <w:rsid w:val="0CAA98AC"/>
     <w:rsid w:val="0D6954DA"/>
     <w:rsid w:val="14D1F2F4"/>
     <w:rsid w:val="1D71BD31"/>
     <w:rsid w:val="2179043E"/>
     <w:rsid w:val="2FE14D70"/>
     <w:rsid w:val="3139C529"/>
     <w:rsid w:val="320A136E"/>
     <w:rsid w:val="325A8214"/>
     <w:rsid w:val="328949F3"/>
     <w:rsid w:val="370C5803"/>
     <w:rsid w:val="4141D871"/>
     <w:rsid w:val="44C4B3D0"/>
     <w:rsid w:val="49C069E0"/>
     <w:rsid w:val="4F4F2F97"/>
     <w:rsid w:val="4FD881A8"/>
     <w:rsid w:val="58A1D855"/>
     <w:rsid w:val="6272145E"/>
     <w:rsid w:val="64D84DEF"/>
     <w:rsid w:val="668FDCD9"/>
     <w:rsid w:val="75FDF335"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5E329C27"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3621,367 +4295,388 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004007F0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="004007F0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="004007F0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004007F0"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004007F0"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:rsid w:val="004007F0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004007F0"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004007F0"/>
     <w:pPr>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+    <w:name w:val="Kommentarer Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004007F0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004007F0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004007F0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F457DE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F457DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F457DE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F457DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Fotnotstext">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:link w:val="FotnotstextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002A1B1B"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...2 lines deleted...]
-    <w:link w:val="FootnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FotnotstextChar">
+    <w:name w:val="Fotnotstext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Fotnotstext"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002A1B1B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002A1B1B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00364A03"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00871B07"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Normalwebb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF2A4A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Stark">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF2A4A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="39062695">
+    <w:div w:id="49500744">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="601184918">
+    <w:div w:id="938441509">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
@@ -4262,50 +4957,58 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="6ce8f65e-47cc-4098-8ea2-2041cf846e93" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100DA2C5766872DDD45B00C407FCE99BEB0" ma:contentTypeVersion="16" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="a3b803c2e4a899479f8cf9f02163fd2c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6ce8f65e-47cc-4098-8ea2-2041cf846e93" xmlns:ns4="2c1ee196-e556-42e6-8572-5895b5037711" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="41ae62fcd1d8b74cffc2aa6130b00392" ns3:_="" ns4:_="">
     <xsd:import namespace="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
     <xsd:import namespace="2c1ee196-e556-42e6-8572-5895b5037711"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4500,132 +5203,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BA99DFB-90DD-4526-9DF3-925BA2E69142}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED3D32CD-0CD7-48F0-BCFE-20C4F04F685B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6ce8f65e-47cc-4098-8ea2-2041cf846e93"/>
     <ds:schemaRef ds:uri="2c1ee196-e556-42e6-8572-5895b5037711"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE95E120-A0F5-4547-A13D-80EE8E1503F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>536</Words>
-  <Characters>3057</Characters>
+  <Words>732</Words>
+  <Characters>3883</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet, LIME</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3586</CharactersWithSpaces>
+  <CharactersWithSpaces>4606</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Louise Bergman</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DA2C5766872DDD45B00C407FCE99BEB0</vt:lpwstr>
   </property>
 </Properties>
 </file>