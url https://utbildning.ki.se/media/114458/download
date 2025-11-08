--- v0 (2025-10-07)
+++ v1 (2025-11-08)
@@ -1,119 +1,119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29301"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kise-my.sharepoint.com/personal/saif_rustam_ki_se/Documents/Desktop/Terminöversikt VT2026/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sairus\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="179" documentId="8_{FF28E72B-5D52-41D2-B188-32F81D12084A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{43870F0F-40FA-4D69-BEA4-E86FF4B0D9B8}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DD29E82D-D51E-464E-9584-F85ED91BE978}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="34620" windowHeight="13900" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="5V" sheetId="1" r:id="rId1"/>
     <sheet name="10v" sheetId="2" r:id="rId2"/>
     <sheet name="6v" sheetId="3" r:id="rId3"/>
     <sheet name="Blad4" sheetId="4" r:id="rId4"/>
     <sheet name="Blad5" sheetId="5" r:id="rId5"/>
     <sheet name="Blad6" sheetId="6" r:id="rId6"/>
     <sheet name="Blad7" sheetId="7" r:id="rId7"/>
     <sheet name="Blad8" sheetId="8" r:id="rId8"/>
     <sheet name="Blad9" sheetId="9" r:id="rId9"/>
     <sheet name="Blad10" sheetId="10" r:id="rId10"/>
     <sheet name="Blad11" sheetId="11" r:id="rId11"/>
     <sheet name="Blad12" sheetId="12" r:id="rId12"/>
     <sheet name="Blad13" sheetId="13" r:id="rId13"/>
     <sheet name="Blad14" sheetId="14" r:id="rId14"/>
     <sheet name="Blad15" sheetId="15" r:id="rId15"/>
     <sheet name="Blad16" sheetId="16" r:id="rId16"/>
     <sheet name="Sheet1" sheetId="17" r:id="rId17"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="54">
   <si>
     <t>SCHEMA FÖR:</t>
   </si>
   <si>
     <t>Kursansvarig:</t>
   </si>
   <si>
     <t>Lokal:</t>
   </si>
   <si>
     <t>Dag</t>
   </si>
   <si>
     <t>Kl</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Å</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
@@ -228,57 +228,60 @@
     <t xml:space="preserve">              Översikt BMA programmet, inriktning klinisk fysiologi  - Termin 4 VT-2026</t>
   </si>
   <si>
     <t>T4</t>
   </si>
   <si>
     <t>Bildgivande diagnostiska metoder inom klinisk fysiologi 1</t>
   </si>
   <si>
     <t>Tillämpad biomedicinsk laboratorievetenskap 2</t>
   </si>
   <si>
     <t>19 jan - 10 april</t>
   </si>
   <si>
     <t>13 april- 5 juni</t>
   </si>
   <si>
     <t xml:space="preserve">              Översikt BMA programmet, inriktning laboratoriemedicin  - Termin 4 VT-2026</t>
   </si>
   <si>
     <t>Klinisk diagnostik 1</t>
   </si>
   <si>
     <t>19 jan -10 april</t>
+  </si>
+  <si>
+    <t>Lab</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -314,50 +317,51 @@
     </font>
     <font>
       <b/>
       <i/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="13"/>
       <color rgb="FF000000"/>
       <name val="DM Sans"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="DM Sans"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="21">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -1079,3263 +1083,3261 @@
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q57"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:R57"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" customWidth="1"/>
     <col min="2" max="2" width="5.7109375" customWidth="1"/>
     <col min="3" max="47" width="4.7109375" customWidth="1"/>
     <col min="48" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="18.75" customHeight="1">
+    <row r="1" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
       <c r="F1" s="15"/>
     </row>
-    <row r="2" spans="1:17" ht="8.85" customHeight="1"/>
-    <row r="3" spans="1:17" ht="12.75" customHeight="1">
+    <row r="2" spans="1:17" ht="8.85" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17" ht="12.75" customHeight="1">
+    <row r="4" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:17" ht="8.85" customHeight="1" thickBot="1"/>
-    <row r="6" spans="1:17" ht="12.75" customHeight="1" thickTop="1" thickBot="1">
+    <row r="5" spans="1:17" ht="8.85" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:17" ht="12.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="9">
         <v>51</v>
       </c>
       <c r="E6" s="4"/>
       <c r="F6" s="3"/>
       <c r="G6" s="9">
         <v>2</v>
       </c>
       <c r="H6" s="4"/>
       <c r="I6" s="3"/>
       <c r="J6" s="9">
         <v>3</v>
       </c>
       <c r="K6" s="4"/>
       <c r="L6" s="3"/>
       <c r="M6" s="9">
         <v>4</v>
       </c>
       <c r="N6" s="4"/>
       <c r="O6" s="3"/>
       <c r="P6" s="9">
         <v>5</v>
       </c>
       <c r="Q6" s="4"/>
     </row>
-    <row r="7" spans="1:17" ht="12.75" customHeight="1" thickTop="1">
+    <row r="7" spans="1:17" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11"/>
       <c r="B7" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C7" s="7"/>
       <c r="E7" s="5"/>
       <c r="H7" s="5"/>
       <c r="K7" s="5"/>
       <c r="N7" s="5"/>
       <c r="Q7" s="5"/>
     </row>
-    <row r="8" spans="1:17" ht="12.75" customHeight="1">
+    <row r="8" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="11"/>
       <c r="B8" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C8" s="7"/>
       <c r="E8" s="5"/>
       <c r="H8" s="5"/>
       <c r="K8" s="5"/>
       <c r="N8" s="5"/>
       <c r="Q8" s="5"/>
     </row>
-    <row r="9" spans="1:17" ht="12.75" customHeight="1">
+    <row r="9" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C9" s="7"/>
       <c r="E9" s="5"/>
       <c r="H9" s="5"/>
       <c r="K9" s="5"/>
       <c r="N9" s="5"/>
       <c r="Q9" s="5"/>
     </row>
-    <row r="10" spans="1:17" ht="12.75" customHeight="1">
+    <row r="10" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C10" s="7"/>
       <c r="E10" s="5"/>
       <c r="H10" s="5"/>
       <c r="K10" s="5"/>
       <c r="N10" s="5"/>
       <c r="Q10" s="5"/>
     </row>
-    <row r="11" spans="1:17" ht="12.75" customHeight="1">
+    <row r="11" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C11" s="7"/>
       <c r="E11" s="5"/>
       <c r="H11" s="5"/>
       <c r="K11" s="5"/>
       <c r="N11" s="5"/>
       <c r="Q11" s="5"/>
     </row>
-    <row r="12" spans="1:17" ht="12.75" customHeight="1">
+    <row r="12" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C12" s="7"/>
       <c r="E12" s="5"/>
       <c r="H12" s="5"/>
       <c r="K12" s="5"/>
       <c r="N12" s="5"/>
       <c r="Q12" s="5"/>
     </row>
-    <row r="13" spans="1:17" ht="12.75" customHeight="1">
+    <row r="13" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C13" s="7"/>
       <c r="E13" s="5"/>
       <c r="H13" s="5"/>
       <c r="K13" s="5"/>
       <c r="N13" s="5"/>
       <c r="Q13" s="5"/>
     </row>
-    <row r="14" spans="1:17" ht="12.75" customHeight="1">
+    <row r="14" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C14" s="7"/>
       <c r="E14" s="5"/>
       <c r="H14" s="5"/>
       <c r="K14" s="5"/>
       <c r="N14" s="5"/>
       <c r="Q14" s="5"/>
     </row>
-    <row r="15" spans="1:17" ht="12.75" customHeight="1">
+    <row r="15" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="11"/>
       <c r="B15" s="13">
         <v>0.625</v>
       </c>
       <c r="C15" s="7"/>
       <c r="E15" s="5"/>
       <c r="H15" s="5"/>
       <c r="K15" s="5"/>
       <c r="N15" s="5"/>
       <c r="Q15" s="5"/>
     </row>
-    <row r="16" spans="1:17" ht="12.75" customHeight="1">
+    <row r="16" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="12"/>
       <c r="B16" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C16" s="8"/>
       <c r="D16" s="1"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="6"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="6"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="6"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="6"/>
     </row>
-    <row r="17" spans="1:17" ht="12.75" customHeight="1">
+    <row r="17" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="11"/>
       <c r="B17" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C17" s="7"/>
       <c r="E17" s="5"/>
       <c r="H17" s="5"/>
       <c r="K17" s="5"/>
       <c r="N17" s="5"/>
       <c r="Q17" s="5"/>
     </row>
-    <row r="18" spans="1:17" ht="12.75" customHeight="1">
+    <row r="18" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="11"/>
       <c r="B18" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C18" s="7"/>
       <c r="E18" s="5"/>
       <c r="H18" s="5"/>
       <c r="K18" s="5"/>
       <c r="N18" s="5"/>
       <c r="Q18" s="5"/>
     </row>
-    <row r="19" spans="1:17" ht="12.75" customHeight="1">
+    <row r="19" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C19" s="7"/>
       <c r="E19" s="5"/>
       <c r="H19" s="5"/>
       <c r="K19" s="5"/>
       <c r="N19" s="5"/>
       <c r="Q19" s="5"/>
     </row>
-    <row r="20" spans="1:17" ht="12.75" customHeight="1">
+    <row r="20" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C20" s="7"/>
       <c r="E20" s="5"/>
       <c r="H20" s="5"/>
       <c r="K20" s="5"/>
       <c r="N20" s="5"/>
       <c r="Q20" s="5"/>
     </row>
-    <row r="21" spans="1:17" ht="12.75" customHeight="1">
+    <row r="21" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C21" s="7"/>
       <c r="E21" s="5"/>
       <c r="H21" s="5"/>
       <c r="K21" s="5"/>
       <c r="N21" s="5"/>
       <c r="Q21" s="5"/>
     </row>
-    <row r="22" spans="1:17" ht="12.75" customHeight="1">
+    <row r="22" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C22" s="7"/>
       <c r="E22" s="5"/>
       <c r="H22" s="5"/>
       <c r="K22" s="5"/>
       <c r="N22" s="5"/>
       <c r="Q22" s="5"/>
     </row>
-    <row r="23" spans="1:17" ht="12.75" customHeight="1">
+    <row r="23" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C23" s="7"/>
       <c r="E23" s="5"/>
       <c r="H23" s="5"/>
       <c r="K23" s="5"/>
       <c r="N23" s="5"/>
       <c r="Q23" s="5"/>
     </row>
-    <row r="24" spans="1:17" ht="12.75" customHeight="1">
+    <row r="24" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C24" s="7"/>
       <c r="E24" s="5"/>
       <c r="H24" s="5"/>
       <c r="K24" s="5"/>
       <c r="N24" s="5"/>
       <c r="Q24" s="5"/>
     </row>
-    <row r="25" spans="1:17" ht="12.75" customHeight="1">
+    <row r="25" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="11"/>
       <c r="B25" s="13">
         <v>0.625</v>
       </c>
       <c r="C25" s="7"/>
       <c r="E25" s="5"/>
       <c r="H25" s="5"/>
       <c r="K25" s="5"/>
       <c r="N25" s="5"/>
       <c r="Q25" s="5"/>
     </row>
-    <row r="26" spans="1:17" ht="12.75" customHeight="1">
+    <row r="26" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="12"/>
       <c r="B26" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C26" s="8"/>
       <c r="D26" s="1"/>
       <c r="E26" s="6"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="6"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="6"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="6"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="6"/>
     </row>
-    <row r="27" spans="1:17" ht="12.75" customHeight="1">
+    <row r="27" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="11"/>
       <c r="B27" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C27" s="7"/>
       <c r="E27" s="5"/>
       <c r="H27" s="5"/>
       <c r="K27" s="5"/>
       <c r="N27" s="5"/>
       <c r="Q27" s="5"/>
     </row>
-    <row r="28" spans="1:17" ht="12.75" customHeight="1">
+    <row r="28" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="11"/>
       <c r="B28" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C28" s="7"/>
       <c r="E28" s="5"/>
       <c r="H28" s="5"/>
       <c r="K28" s="5"/>
       <c r="N28" s="5"/>
       <c r="Q28" s="5"/>
     </row>
-    <row r="29" spans="1:17" ht="12.75" customHeight="1">
+    <row r="29" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B29" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C29" s="7"/>
       <c r="E29" s="5"/>
       <c r="H29" s="5"/>
       <c r="K29" s="5"/>
       <c r="N29" s="5"/>
       <c r="Q29" s="5"/>
     </row>
-    <row r="30" spans="1:17" ht="12.75" customHeight="1">
+    <row r="30" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C30" s="7"/>
       <c r="E30" s="5"/>
       <c r="H30" s="5"/>
       <c r="K30" s="5"/>
       <c r="N30" s="5"/>
       <c r="Q30" s="5"/>
     </row>
-    <row r="31" spans="1:17" ht="12.75" customHeight="1">
+    <row r="31" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B31" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C31" s="7"/>
       <c r="E31" s="5"/>
       <c r="H31" s="5"/>
       <c r="K31" s="5"/>
       <c r="N31" s="5"/>
       <c r="Q31" s="5"/>
     </row>
-    <row r="32" spans="1:17" ht="12.75" customHeight="1">
+    <row r="32" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C32" s="7"/>
       <c r="E32" s="5"/>
       <c r="H32" s="5"/>
       <c r="K32" s="5"/>
       <c r="N32" s="5"/>
       <c r="Q32" s="5"/>
     </row>
-    <row r="33" spans="1:17" ht="12.75" customHeight="1">
+    <row r="33" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C33" s="7"/>
       <c r="E33" s="5"/>
       <c r="H33" s="5"/>
       <c r="K33" s="5"/>
       <c r="N33" s="5"/>
       <c r="Q33" s="5"/>
     </row>
-    <row r="34" spans="1:17" ht="12.75" customHeight="1">
+    <row r="34" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B34" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C34" s="7"/>
       <c r="E34" s="5"/>
       <c r="H34" s="5"/>
       <c r="K34" s="5"/>
       <c r="N34" s="5"/>
       <c r="Q34" s="5"/>
     </row>
-    <row r="35" spans="1:17" ht="12.75" customHeight="1">
+    <row r="35" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="11"/>
       <c r="B35" s="13">
         <v>0.625</v>
       </c>
       <c r="C35" s="7"/>
       <c r="E35" s="5"/>
       <c r="H35" s="5"/>
       <c r="K35" s="5"/>
       <c r="N35" s="5"/>
       <c r="Q35" s="5"/>
     </row>
-    <row r="36" spans="1:17" ht="12.75" customHeight="1">
+    <row r="36" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="12"/>
       <c r="B36" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C36" s="8"/>
       <c r="D36" s="1"/>
       <c r="E36" s="6"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="6"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="6"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="6"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="6"/>
     </row>
-    <row r="37" spans="1:17" ht="12.75" customHeight="1">
+    <row r="37" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="11"/>
       <c r="B37" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C37" s="7"/>
       <c r="E37" s="5"/>
       <c r="H37" s="5"/>
       <c r="K37" s="5"/>
       <c r="N37" s="5"/>
       <c r="Q37" s="5"/>
     </row>
-    <row r="38" spans="1:17" ht="12.75" customHeight="1">
+    <row r="38" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="11"/>
       <c r="B38" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C38" s="7"/>
       <c r="E38" s="5"/>
       <c r="H38" s="5"/>
       <c r="K38" s="5"/>
       <c r="N38" s="5"/>
       <c r="Q38" s="5"/>
     </row>
-    <row r="39" spans="1:17" ht="12.75" customHeight="1">
+    <row r="39" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C39" s="7"/>
       <c r="E39" s="5"/>
       <c r="H39" s="5"/>
       <c r="K39" s="5"/>
       <c r="N39" s="5"/>
       <c r="Q39" s="5"/>
     </row>
-    <row r="40" spans="1:17" ht="12.75" customHeight="1">
+    <row r="40" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B40" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C40" s="7"/>
       <c r="E40" s="5"/>
       <c r="H40" s="5"/>
       <c r="K40" s="5"/>
       <c r="N40" s="5"/>
       <c r="Q40" s="5"/>
     </row>
-    <row r="41" spans="1:17" ht="12.75" customHeight="1">
+    <row r="41" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B41" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C41" s="7"/>
       <c r="E41" s="5"/>
       <c r="H41" s="5"/>
       <c r="K41" s="5"/>
       <c r="N41" s="5"/>
       <c r="Q41" s="5"/>
     </row>
-    <row r="42" spans="1:17" ht="12.75" customHeight="1">
+    <row r="42" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B42" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C42" s="7"/>
       <c r="E42" s="5"/>
       <c r="H42" s="5"/>
       <c r="K42" s="5"/>
       <c r="N42" s="5"/>
       <c r="Q42" s="5"/>
     </row>
-    <row r="43" spans="1:17" ht="12.75" customHeight="1">
+    <row r="43" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C43" s="7"/>
       <c r="E43" s="5"/>
       <c r="H43" s="5"/>
       <c r="K43" s="5"/>
       <c r="N43" s="5"/>
       <c r="Q43" s="5"/>
     </row>
-    <row r="44" spans="1:17" ht="12.75" customHeight="1">
+    <row r="44" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C44" s="7"/>
       <c r="E44" s="5"/>
       <c r="H44" s="5"/>
       <c r="K44" s="5"/>
       <c r="N44" s="5"/>
       <c r="Q44" s="5"/>
     </row>
-    <row r="45" spans="1:17" ht="12.75" customHeight="1">
+    <row r="45" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="13">
         <v>0.625</v>
       </c>
       <c r="C45" s="7"/>
       <c r="E45" s="5"/>
       <c r="H45" s="5"/>
       <c r="K45" s="5"/>
       <c r="N45" s="5"/>
       <c r="Q45" s="5"/>
     </row>
-    <row r="46" spans="1:17" ht="12.75" customHeight="1">
+    <row r="46" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="12"/>
       <c r="B46" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C46" s="8"/>
       <c r="D46" s="1"/>
       <c r="E46" s="6"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="6"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="6"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="6"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="6"/>
     </row>
-    <row r="47" spans="1:17" ht="12.75" customHeight="1">
+    <row r="47" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="11"/>
       <c r="B47" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C47" s="7"/>
       <c r="E47" s="5"/>
       <c r="H47" s="5"/>
       <c r="K47" s="5"/>
       <c r="N47" s="5"/>
       <c r="Q47" s="5"/>
     </row>
-    <row r="48" spans="1:17" ht="12.75" customHeight="1">
+    <row r="48" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="11"/>
       <c r="B48" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C48" s="7"/>
       <c r="E48" s="5"/>
       <c r="H48" s="5"/>
       <c r="K48" s="5"/>
       <c r="N48" s="5"/>
       <c r="Q48" s="5"/>
     </row>
-    <row r="49" spans="1:17" ht="12.75" customHeight="1">
+    <row r="49" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B49" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C49" s="7"/>
       <c r="E49" s="5"/>
       <c r="H49" s="5"/>
       <c r="K49" s="5"/>
       <c r="N49" s="5"/>
       <c r="Q49" s="5"/>
     </row>
-    <row r="50" spans="1:17" ht="12.75" customHeight="1">
+    <row r="50" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B50" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C50" s="7"/>
       <c r="E50" s="5"/>
       <c r="H50" s="5"/>
       <c r="K50" s="5"/>
       <c r="N50" s="5"/>
       <c r="Q50" s="5"/>
     </row>
-    <row r="51" spans="1:17" ht="12.75" customHeight="1">
+    <row r="51" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C51" s="7"/>
       <c r="E51" s="5"/>
       <c r="H51" s="5"/>
       <c r="K51" s="5"/>
       <c r="N51" s="5"/>
       <c r="Q51" s="5"/>
     </row>
-    <row r="52" spans="1:17" ht="12.75" customHeight="1">
+    <row r="52" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C52" s="7"/>
       <c r="E52" s="5"/>
       <c r="H52" s="5"/>
       <c r="K52" s="5"/>
       <c r="N52" s="5"/>
       <c r="Q52" s="5"/>
     </row>
-    <row r="53" spans="1:17" ht="12.75" customHeight="1">
+    <row r="53" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C53" s="7"/>
       <c r="E53" s="5"/>
       <c r="H53" s="5"/>
       <c r="K53" s="5"/>
       <c r="N53" s="5"/>
       <c r="Q53" s="5"/>
     </row>
-    <row r="54" spans="1:17" ht="12.75" customHeight="1">
+    <row r="54" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B54" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C54" s="7"/>
       <c r="E54" s="5"/>
       <c r="H54" s="5"/>
       <c r="K54" s="5"/>
       <c r="N54" s="5"/>
       <c r="Q54" s="5"/>
     </row>
-    <row r="55" spans="1:17" ht="12.75" customHeight="1">
+    <row r="55" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="11"/>
       <c r="B55" s="13">
         <v>0.625</v>
       </c>
       <c r="C55" s="7"/>
       <c r="E55" s="5"/>
       <c r="H55" s="5"/>
       <c r="K55" s="5"/>
       <c r="N55" s="5"/>
       <c r="Q55" s="5"/>
     </row>
-    <row r="56" spans="1:17" ht="12.75" customHeight="1">
+    <row r="56" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="12"/>
       <c r="B56" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C56" s="8"/>
       <c r="D56" s="1"/>
       <c r="E56" s="6"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="6"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="6"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="6"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="6"/>
     </row>
-    <row r="57" spans="1:17" ht="12.75" customHeight="1">
+    <row r="57" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K57" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:Q114"/>
   <sheetViews>
     <sheetView topLeftCell="A54" workbookViewId="0">
       <selection activeCell="J109" sqref="J109"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" customWidth="1"/>
     <col min="2" max="2" width="5.7109375" customWidth="1"/>
     <col min="3" max="17" width="4.7109375" customWidth="1"/>
     <col min="18" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="18">
+    <row r="1" spans="1:17" ht="18" x14ac:dyDescent="0.25">
       <c r="B1" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
       <c r="F1" s="15"/>
     </row>
-    <row r="2" spans="1:17" ht="8.85" customHeight="1"/>
-    <row r="3" spans="1:17">
+    <row r="2" spans="1:17" ht="8.85" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.2">
       <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17">
+    <row r="4" spans="1:17" x14ac:dyDescent="0.2">
       <c r="B4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:17" ht="8.25" customHeight="1" thickBot="1"/>
-    <row r="6" spans="1:17" ht="14.25" thickTop="1" thickBot="1">
+    <row r="5" spans="1:17" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:17" ht="14.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="9">
         <v>51</v>
       </c>
       <c r="E6" s="4"/>
       <c r="F6" s="3"/>
       <c r="G6" s="9">
         <v>2</v>
       </c>
       <c r="H6" s="4"/>
       <c r="I6" s="3"/>
       <c r="J6" s="9">
         <v>3</v>
       </c>
       <c r="K6" s="4"/>
       <c r="L6" s="3"/>
       <c r="M6" s="9">
         <v>4</v>
       </c>
       <c r="N6" s="4"/>
       <c r="O6" s="3"/>
       <c r="P6" s="9">
         <v>5</v>
       </c>
       <c r="Q6" s="4"/>
     </row>
-    <row r="7" spans="1:17" ht="13.5" thickTop="1">
+    <row r="7" spans="1:17" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11"/>
       <c r="B7" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C7" s="7"/>
       <c r="E7" s="5"/>
       <c r="H7" s="5"/>
       <c r="K7" s="5"/>
       <c r="N7" s="5"/>
       <c r="Q7" s="5"/>
     </row>
-    <row r="8" spans="1:17">
+    <row r="8" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A8" s="11"/>
       <c r="B8" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C8" s="7"/>
       <c r="E8" s="5"/>
       <c r="H8" s="5"/>
       <c r="K8" s="5"/>
       <c r="N8" s="5"/>
       <c r="Q8" s="5"/>
     </row>
-    <row r="9" spans="1:17">
+    <row r="9" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C9" s="7"/>
       <c r="E9" s="5"/>
       <c r="H9" s="5"/>
       <c r="K9" s="5"/>
       <c r="N9" s="5"/>
       <c r="Q9" s="5"/>
     </row>
-    <row r="10" spans="1:17">
+    <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C10" s="7"/>
       <c r="E10" s="5"/>
       <c r="H10" s="5"/>
       <c r="K10" s="5"/>
       <c r="N10" s="5"/>
       <c r="Q10" s="5"/>
     </row>
-    <row r="11" spans="1:17">
+    <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C11" s="7"/>
       <c r="E11" s="5"/>
       <c r="H11" s="5"/>
       <c r="K11" s="5"/>
       <c r="N11" s="5"/>
       <c r="Q11" s="5"/>
     </row>
-    <row r="12" spans="1:17">
+    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C12" s="7"/>
       <c r="E12" s="5"/>
       <c r="H12" s="5"/>
       <c r="K12" s="5"/>
       <c r="N12" s="5"/>
       <c r="Q12" s="5"/>
     </row>
-    <row r="13" spans="1:17">
+    <row r="13" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C13" s="7"/>
       <c r="E13" s="5"/>
       <c r="H13" s="5"/>
       <c r="K13" s="5"/>
       <c r="N13" s="5"/>
       <c r="Q13" s="5"/>
     </row>
-    <row r="14" spans="1:17">
+    <row r="14" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C14" s="7"/>
       <c r="E14" s="5"/>
       <c r="H14" s="5"/>
       <c r="K14" s="5"/>
       <c r="N14" s="5"/>
       <c r="Q14" s="5"/>
     </row>
-    <row r="15" spans="1:17">
+    <row r="15" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A15" s="11"/>
       <c r="B15" s="13">
         <v>0.625</v>
       </c>
       <c r="C15" s="7"/>
       <c r="E15" s="5"/>
       <c r="H15" s="5"/>
       <c r="K15" s="5"/>
       <c r="N15" s="5"/>
       <c r="Q15" s="5"/>
     </row>
-    <row r="16" spans="1:17">
+    <row r="16" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A16" s="12"/>
       <c r="B16" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C16" s="8"/>
       <c r="D16" s="1"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="6"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="6"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="6"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="6"/>
     </row>
-    <row r="17" spans="1:17">
+    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="11"/>
       <c r="B17" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C17" s="7"/>
       <c r="E17" s="5"/>
       <c r="H17" s="5"/>
       <c r="K17" s="5"/>
       <c r="N17" s="5"/>
       <c r="Q17" s="5"/>
     </row>
-    <row r="18" spans="1:17">
+    <row r="18" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A18" s="11"/>
       <c r="B18" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C18" s="7"/>
       <c r="E18" s="5"/>
       <c r="H18" s="5"/>
       <c r="K18" s="5"/>
       <c r="N18" s="5"/>
       <c r="Q18" s="5"/>
     </row>
-    <row r="19" spans="1:17">
+    <row r="19" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A19" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C19" s="7"/>
       <c r="E19" s="5"/>
       <c r="H19" s="5"/>
       <c r="K19" s="5"/>
       <c r="N19" s="5"/>
       <c r="Q19" s="5"/>
     </row>
-    <row r="20" spans="1:17">
+    <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A20" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C20" s="7"/>
       <c r="E20" s="5"/>
       <c r="H20" s="5"/>
       <c r="K20" s="5"/>
       <c r="N20" s="5"/>
       <c r="Q20" s="5"/>
     </row>
-    <row r="21" spans="1:17">
+    <row r="21" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A21" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C21" s="7"/>
       <c r="E21" s="5"/>
       <c r="H21" s="5"/>
       <c r="K21" s="5"/>
       <c r="N21" s="5"/>
       <c r="Q21" s="5"/>
     </row>
-    <row r="22" spans="1:17">
+    <row r="22" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A22" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C22" s="7"/>
       <c r="E22" s="5"/>
       <c r="H22" s="5"/>
       <c r="K22" s="5"/>
       <c r="N22" s="5"/>
       <c r="Q22" s="5"/>
     </row>
-    <row r="23" spans="1:17">
+    <row r="23" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A23" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C23" s="7"/>
       <c r="E23" s="5"/>
       <c r="H23" s="5"/>
       <c r="K23" s="5"/>
       <c r="N23" s="5"/>
       <c r="Q23" s="5"/>
     </row>
-    <row r="24" spans="1:17">
+    <row r="24" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A24" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C24" s="7"/>
       <c r="E24" s="5"/>
       <c r="H24" s="5"/>
       <c r="K24" s="5"/>
       <c r="N24" s="5"/>
       <c r="Q24" s="5"/>
     </row>
-    <row r="25" spans="1:17">
+    <row r="25" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A25" s="11"/>
       <c r="B25" s="13">
         <v>0.625</v>
       </c>
       <c r="C25" s="7"/>
       <c r="E25" s="5"/>
       <c r="H25" s="5"/>
       <c r="K25" s="5"/>
       <c r="N25" s="5"/>
       <c r="Q25" s="5"/>
     </row>
-    <row r="26" spans="1:17">
+    <row r="26" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A26" s="12"/>
       <c r="B26" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C26" s="8"/>
       <c r="D26" s="1"/>
       <c r="E26" s="6"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="6"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="6"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="6"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="6"/>
     </row>
-    <row r="27" spans="1:17">
+    <row r="27" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A27" s="11"/>
       <c r="B27" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C27" s="7"/>
       <c r="E27" s="5"/>
       <c r="H27" s="5"/>
       <c r="K27" s="5"/>
       <c r="N27" s="5"/>
       <c r="Q27" s="5"/>
     </row>
-    <row r="28" spans="1:17">
+    <row r="28" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A28" s="11"/>
       <c r="B28" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C28" s="7"/>
       <c r="E28" s="5"/>
       <c r="H28" s="5"/>
       <c r="K28" s="5"/>
       <c r="N28" s="5"/>
       <c r="Q28" s="5"/>
     </row>
-    <row r="29" spans="1:17">
+    <row r="29" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A29" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B29" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C29" s="7"/>
       <c r="E29" s="5"/>
       <c r="H29" s="5"/>
       <c r="K29" s="5"/>
       <c r="N29" s="5"/>
       <c r="Q29" s="5"/>
     </row>
-    <row r="30" spans="1:17">
+    <row r="30" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A30" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C30" s="7"/>
       <c r="E30" s="5"/>
       <c r="H30" s="5"/>
       <c r="K30" s="5"/>
       <c r="N30" s="5"/>
       <c r="Q30" s="5"/>
     </row>
-    <row r="31" spans="1:17">
+    <row r="31" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A31" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B31" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C31" s="7"/>
       <c r="E31" s="5"/>
       <c r="H31" s="5"/>
       <c r="K31" s="5"/>
       <c r="N31" s="5"/>
       <c r="Q31" s="5"/>
     </row>
-    <row r="32" spans="1:17">
+    <row r="32" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A32" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C32" s="7"/>
       <c r="E32" s="5"/>
       <c r="H32" s="5"/>
       <c r="K32" s="5"/>
       <c r="N32" s="5"/>
       <c r="Q32" s="5"/>
     </row>
-    <row r="33" spans="1:17">
+    <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C33" s="7"/>
       <c r="E33" s="5"/>
       <c r="H33" s="5"/>
       <c r="K33" s="5"/>
       <c r="N33" s="5"/>
       <c r="Q33" s="5"/>
     </row>
-    <row r="34" spans="1:17">
+    <row r="34" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A34" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B34" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C34" s="7"/>
       <c r="E34" s="5"/>
       <c r="H34" s="5"/>
       <c r="K34" s="5"/>
       <c r="N34" s="5"/>
       <c r="Q34" s="5"/>
     </row>
-    <row r="35" spans="1:17">
+    <row r="35" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A35" s="11"/>
       <c r="B35" s="13">
         <v>0.625</v>
       </c>
       <c r="C35" s="7"/>
       <c r="E35" s="5"/>
       <c r="H35" s="5"/>
       <c r="K35" s="5"/>
       <c r="N35" s="5"/>
       <c r="Q35" s="5"/>
     </row>
-    <row r="36" spans="1:17">
+    <row r="36" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A36" s="12"/>
       <c r="B36" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C36" s="8"/>
       <c r="D36" s="1"/>
       <c r="E36" s="6"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="6"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="6"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="6"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="6"/>
     </row>
-    <row r="37" spans="1:17">
+    <row r="37" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A37" s="11"/>
       <c r="B37" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C37" s="7"/>
       <c r="E37" s="5"/>
       <c r="H37" s="5"/>
       <c r="K37" s="5"/>
       <c r="N37" s="5"/>
       <c r="Q37" s="5"/>
     </row>
-    <row r="38" spans="1:17">
+    <row r="38" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A38" s="11"/>
       <c r="B38" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C38" s="7"/>
       <c r="E38" s="5"/>
       <c r="H38" s="5"/>
       <c r="K38" s="5"/>
       <c r="N38" s="5"/>
       <c r="Q38" s="5"/>
     </row>
-    <row r="39" spans="1:17">
+    <row r="39" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A39" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C39" s="7"/>
       <c r="E39" s="5"/>
       <c r="H39" s="5"/>
       <c r="K39" s="5"/>
       <c r="N39" s="5"/>
       <c r="Q39" s="5"/>
     </row>
-    <row r="40" spans="1:17">
+    <row r="40" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A40" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B40" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C40" s="7"/>
       <c r="E40" s="5"/>
       <c r="H40" s="5"/>
       <c r="K40" s="5"/>
       <c r="N40" s="5"/>
       <c r="Q40" s="5"/>
     </row>
-    <row r="41" spans="1:17">
+    <row r="41" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A41" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B41" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C41" s="7"/>
       <c r="E41" s="5"/>
       <c r="H41" s="5"/>
       <c r="K41" s="5"/>
       <c r="N41" s="5"/>
       <c r="Q41" s="5"/>
     </row>
-    <row r="42" spans="1:17">
+    <row r="42" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A42" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B42" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C42" s="7"/>
       <c r="E42" s="5"/>
       <c r="H42" s="5"/>
       <c r="K42" s="5"/>
       <c r="N42" s="5"/>
       <c r="Q42" s="5"/>
     </row>
-    <row r="43" spans="1:17">
+    <row r="43" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A43" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C43" s="7"/>
       <c r="E43" s="5"/>
       <c r="H43" s="5"/>
       <c r="K43" s="5"/>
       <c r="N43" s="5"/>
       <c r="Q43" s="5"/>
     </row>
-    <row r="44" spans="1:17">
+    <row r="44" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A44" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C44" s="7"/>
       <c r="E44" s="5"/>
       <c r="H44" s="5"/>
       <c r="K44" s="5"/>
       <c r="N44" s="5"/>
       <c r="Q44" s="5"/>
     </row>
-    <row r="45" spans="1:17">
+    <row r="45" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A45" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="13">
         <v>0.625</v>
       </c>
       <c r="C45" s="7"/>
       <c r="E45" s="5"/>
       <c r="H45" s="5"/>
       <c r="K45" s="5"/>
       <c r="N45" s="5"/>
       <c r="Q45" s="5"/>
     </row>
-    <row r="46" spans="1:17">
+    <row r="46" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A46" s="12"/>
       <c r="B46" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C46" s="8"/>
       <c r="D46" s="1"/>
       <c r="E46" s="6"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="6"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="6"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="6"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="6"/>
     </row>
-    <row r="47" spans="1:17">
+    <row r="47" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A47" s="11"/>
       <c r="B47" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C47" s="7"/>
       <c r="E47" s="5"/>
       <c r="H47" s="5"/>
       <c r="K47" s="5"/>
       <c r="N47" s="5"/>
       <c r="Q47" s="5"/>
     </row>
-    <row r="48" spans="1:17">
+    <row r="48" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A48" s="11"/>
       <c r="B48" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C48" s="7"/>
       <c r="E48" s="5"/>
       <c r="H48" s="5"/>
       <c r="K48" s="5"/>
       <c r="N48" s="5"/>
       <c r="Q48" s="5"/>
     </row>
-    <row r="49" spans="1:17">
+    <row r="49" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A49" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B49" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C49" s="7"/>
       <c r="E49" s="5"/>
       <c r="H49" s="5"/>
       <c r="K49" s="5"/>
       <c r="N49" s="5"/>
       <c r="Q49" s="5"/>
     </row>
-    <row r="50" spans="1:17">
+    <row r="50" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A50" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B50" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C50" s="7"/>
       <c r="E50" s="5"/>
       <c r="H50" s="5"/>
       <c r="K50" s="5"/>
       <c r="N50" s="5"/>
       <c r="Q50" s="5"/>
     </row>
-    <row r="51" spans="1:17">
+    <row r="51" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A51" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C51" s="7"/>
       <c r="E51" s="5"/>
       <c r="H51" s="5"/>
       <c r="K51" s="5"/>
       <c r="N51" s="5"/>
       <c r="Q51" s="5"/>
     </row>
-    <row r="52" spans="1:17">
+    <row r="52" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A52" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C52" s="7"/>
       <c r="E52" s="5"/>
       <c r="H52" s="5"/>
       <c r="K52" s="5"/>
       <c r="N52" s="5"/>
       <c r="Q52" s="5"/>
     </row>
-    <row r="53" spans="1:17">
+    <row r="53" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A53" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C53" s="7"/>
       <c r="E53" s="5"/>
       <c r="H53" s="5"/>
       <c r="K53" s="5"/>
       <c r="N53" s="5"/>
       <c r="Q53" s="5"/>
     </row>
-    <row r="54" spans="1:17">
+    <row r="54" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A54" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B54" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C54" s="7"/>
       <c r="E54" s="5"/>
       <c r="H54" s="5"/>
       <c r="K54" s="5"/>
       <c r="N54" s="5"/>
       <c r="Q54" s="5"/>
     </row>
-    <row r="55" spans="1:17">
+    <row r="55" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A55" s="11"/>
       <c r="B55" s="13">
         <v>0.625</v>
       </c>
       <c r="C55" s="7"/>
       <c r="E55" s="5"/>
       <c r="H55" s="5"/>
       <c r="K55" s="5"/>
       <c r="N55" s="5"/>
       <c r="Q55" s="5"/>
     </row>
-    <row r="56" spans="1:17">
+    <row r="56" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A56" s="12"/>
       <c r="B56" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C56" s="8"/>
       <c r="D56" s="1"/>
       <c r="E56" s="6"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="6"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="6"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="6"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="6"/>
     </row>
-    <row r="57" spans="1:17">
+    <row r="57" spans="1:17" x14ac:dyDescent="0.2">
       <c r="K57" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="62" spans="1:17" ht="13.5" thickBot="1"/>
-    <row r="63" spans="1:17" ht="14.25" thickTop="1" thickBot="1">
+    <row r="62" spans="1:17" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="63" spans="1:17" ht="14.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B63" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="9">
         <v>6</v>
       </c>
       <c r="E63" s="4"/>
       <c r="F63" s="3"/>
       <c r="G63" s="9">
         <v>7</v>
       </c>
       <c r="H63" s="4"/>
       <c r="I63" s="3"/>
       <c r="J63" s="9">
         <v>8</v>
       </c>
       <c r="K63" s="4"/>
       <c r="L63" s="3"/>
       <c r="M63" s="9">
         <v>9</v>
       </c>
       <c r="N63" s="4"/>
       <c r="O63" s="3"/>
       <c r="P63" s="9">
         <v>10</v>
       </c>
       <c r="Q63" s="4"/>
     </row>
-    <row r="64" spans="1:17" ht="13.5" thickTop="1">
+    <row r="64" spans="1:17" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A64" s="11"/>
       <c r="B64" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C64" s="7"/>
       <c r="E64" s="5"/>
       <c r="H64" s="5"/>
       <c r="K64" s="5"/>
       <c r="N64" s="5"/>
       <c r="Q64" s="5"/>
     </row>
-    <row r="65" spans="1:17">
+    <row r="65" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A65" s="11"/>
       <c r="B65" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C65" s="7"/>
       <c r="E65" s="5"/>
       <c r="H65" s="5"/>
       <c r="K65" s="5"/>
       <c r="N65" s="5"/>
       <c r="Q65" s="5"/>
     </row>
-    <row r="66" spans="1:17">
+    <row r="66" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A66" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B66" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C66" s="7"/>
       <c r="E66" s="5"/>
       <c r="H66" s="5"/>
       <c r="K66" s="5"/>
       <c r="N66" s="5"/>
       <c r="Q66" s="5"/>
     </row>
-    <row r="67" spans="1:17">
+    <row r="67" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A67" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B67" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C67" s="7"/>
       <c r="E67" s="5"/>
       <c r="H67" s="5"/>
       <c r="K67" s="5"/>
       <c r="N67" s="5"/>
       <c r="Q67" s="5"/>
     </row>
-    <row r="68" spans="1:17">
+    <row r="68" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A68" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B68" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C68" s="7"/>
       <c r="E68" s="5"/>
       <c r="H68" s="5"/>
       <c r="K68" s="5"/>
       <c r="N68" s="5"/>
       <c r="Q68" s="5"/>
     </row>
-    <row r="69" spans="1:17">
+    <row r="69" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A69" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B69" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C69" s="7"/>
       <c r="E69" s="5"/>
       <c r="H69" s="5"/>
       <c r="K69" s="5"/>
       <c r="N69" s="5"/>
       <c r="Q69" s="5"/>
     </row>
-    <row r="70" spans="1:17">
+    <row r="70" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A70" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B70" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C70" s="7"/>
       <c r="E70" s="5"/>
       <c r="H70" s="5"/>
       <c r="K70" s="5"/>
       <c r="N70" s="5"/>
       <c r="Q70" s="5"/>
     </row>
-    <row r="71" spans="1:17">
+    <row r="71" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A71" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B71" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C71" s="7"/>
       <c r="E71" s="5"/>
       <c r="H71" s="5"/>
       <c r="K71" s="5"/>
       <c r="N71" s="5"/>
       <c r="Q71" s="5"/>
     </row>
-    <row r="72" spans="1:17">
+    <row r="72" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A72" s="11"/>
       <c r="B72" s="13">
         <v>0.625</v>
       </c>
       <c r="C72" s="7"/>
       <c r="E72" s="5"/>
       <c r="H72" s="5"/>
       <c r="K72" s="5"/>
       <c r="N72" s="5"/>
       <c r="Q72" s="5"/>
     </row>
-    <row r="73" spans="1:17">
+    <row r="73" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A73" s="12"/>
       <c r="B73" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C73" s="8"/>
       <c r="D73" s="1"/>
       <c r="E73" s="6"/>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="6"/>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="6"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="6"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="6"/>
     </row>
-    <row r="74" spans="1:17">
+    <row r="74" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A74" s="11"/>
       <c r="B74" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C74" s="7"/>
       <c r="E74" s="5"/>
       <c r="H74" s="5"/>
       <c r="K74" s="5"/>
       <c r="N74" s="5"/>
       <c r="Q74" s="5"/>
     </row>
-    <row r="75" spans="1:17">
+    <row r="75" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A75" s="11"/>
       <c r="B75" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C75" s="7"/>
       <c r="E75" s="5"/>
       <c r="H75" s="5"/>
       <c r="K75" s="5"/>
       <c r="N75" s="5"/>
       <c r="Q75" s="5"/>
     </row>
-    <row r="76" spans="1:17">
+    <row r="76" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A76" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B76" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C76" s="7"/>
       <c r="E76" s="5"/>
       <c r="H76" s="5"/>
       <c r="K76" s="5"/>
       <c r="N76" s="5"/>
       <c r="Q76" s="5"/>
     </row>
-    <row r="77" spans="1:17">
+    <row r="77" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A77" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B77" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C77" s="7"/>
       <c r="E77" s="5"/>
       <c r="H77" s="5"/>
       <c r="K77" s="5"/>
       <c r="N77" s="5"/>
       <c r="Q77" s="5"/>
     </row>
-    <row r="78" spans="1:17">
+    <row r="78" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A78" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B78" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C78" s="7"/>
       <c r="E78" s="5"/>
       <c r="H78" s="5"/>
       <c r="K78" s="5"/>
       <c r="N78" s="5"/>
       <c r="Q78" s="5"/>
     </row>
-    <row r="79" spans="1:17">
+    <row r="79" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A79" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B79" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C79" s="7"/>
       <c r="E79" s="5"/>
       <c r="H79" s="5"/>
       <c r="K79" s="5"/>
       <c r="N79" s="5"/>
       <c r="Q79" s="5"/>
     </row>
-    <row r="80" spans="1:17">
+    <row r="80" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A80" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B80" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C80" s="7"/>
       <c r="E80" s="5"/>
       <c r="H80" s="5"/>
       <c r="K80" s="5"/>
       <c r="N80" s="5"/>
       <c r="Q80" s="5"/>
     </row>
-    <row r="81" spans="1:17">
+    <row r="81" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A81" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B81" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C81" s="7"/>
       <c r="E81" s="5"/>
       <c r="H81" s="5"/>
       <c r="K81" s="5"/>
       <c r="N81" s="5"/>
       <c r="Q81" s="5"/>
     </row>
-    <row r="82" spans="1:17">
+    <row r="82" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A82" s="11"/>
       <c r="B82" s="13">
         <v>0.625</v>
       </c>
       <c r="C82" s="7"/>
       <c r="E82" s="5"/>
       <c r="H82" s="5"/>
       <c r="K82" s="5"/>
       <c r="N82" s="5"/>
       <c r="Q82" s="5"/>
     </row>
-    <row r="83" spans="1:17">
+    <row r="83" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A83" s="12"/>
       <c r="B83" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C83" s="8"/>
       <c r="D83" s="1"/>
       <c r="E83" s="6"/>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="6"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="6"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="6"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="6"/>
     </row>
-    <row r="84" spans="1:17">
+    <row r="84" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A84" s="11"/>
       <c r="B84" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C84" s="7"/>
       <c r="E84" s="5"/>
       <c r="H84" s="5"/>
       <c r="K84" s="5"/>
       <c r="N84" s="5"/>
       <c r="Q84" s="5"/>
     </row>
-    <row r="85" spans="1:17">
+    <row r="85" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A85" s="11"/>
       <c r="B85" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C85" s="7"/>
       <c r="E85" s="5"/>
       <c r="H85" s="5"/>
       <c r="K85" s="5"/>
       <c r="N85" s="5"/>
       <c r="Q85" s="5"/>
     </row>
-    <row r="86" spans="1:17">
+    <row r="86" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A86" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B86" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C86" s="7"/>
       <c r="E86" s="5"/>
       <c r="H86" s="5"/>
       <c r="K86" s="5"/>
       <c r="N86" s="5"/>
       <c r="Q86" s="5"/>
     </row>
-    <row r="87" spans="1:17">
+    <row r="87" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A87" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B87" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C87" s="7"/>
       <c r="E87" s="5"/>
       <c r="H87" s="5"/>
       <c r="K87" s="5"/>
       <c r="N87" s="5"/>
       <c r="Q87" s="5"/>
     </row>
-    <row r="88" spans="1:17">
+    <row r="88" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A88" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B88" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C88" s="7"/>
       <c r="E88" s="5"/>
       <c r="H88" s="5"/>
       <c r="K88" s="5"/>
       <c r="N88" s="5"/>
       <c r="Q88" s="5"/>
     </row>
-    <row r="89" spans="1:17">
+    <row r="89" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A89" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B89" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C89" s="7"/>
       <c r="E89" s="5"/>
       <c r="H89" s="5"/>
       <c r="K89" s="5"/>
       <c r="N89" s="5"/>
       <c r="Q89" s="5"/>
     </row>
-    <row r="90" spans="1:17">
+    <row r="90" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A90" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B90" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C90" s="7"/>
       <c r="E90" s="5"/>
       <c r="H90" s="5"/>
       <c r="K90" s="5"/>
       <c r="N90" s="5"/>
       <c r="Q90" s="5"/>
     </row>
-    <row r="91" spans="1:17">
+    <row r="91" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A91" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B91" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C91" s="7"/>
       <c r="E91" s="5"/>
       <c r="H91" s="5"/>
       <c r="K91" s="5"/>
       <c r="N91" s="5"/>
       <c r="Q91" s="5"/>
     </row>
-    <row r="92" spans="1:17">
+    <row r="92" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A92" s="11"/>
       <c r="B92" s="13">
         <v>0.625</v>
       </c>
       <c r="C92" s="7"/>
       <c r="E92" s="5"/>
       <c r="H92" s="5"/>
       <c r="K92" s="5"/>
       <c r="N92" s="5"/>
       <c r="Q92" s="5"/>
     </row>
-    <row r="93" spans="1:17">
+    <row r="93" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A93" s="12"/>
       <c r="B93" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C93" s="8"/>
       <c r="D93" s="1"/>
       <c r="E93" s="6"/>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="6"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="6"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="6"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="6"/>
     </row>
-    <row r="94" spans="1:17">
+    <row r="94" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A94" s="11"/>
       <c r="B94" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C94" s="7"/>
       <c r="E94" s="5"/>
       <c r="H94" s="5"/>
       <c r="K94" s="5"/>
       <c r="N94" s="5"/>
       <c r="Q94" s="5"/>
     </row>
-    <row r="95" spans="1:17">
+    <row r="95" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A95" s="11"/>
       <c r="B95" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C95" s="7"/>
       <c r="E95" s="5"/>
       <c r="H95" s="5"/>
       <c r="K95" s="5"/>
       <c r="N95" s="5"/>
       <c r="Q95" s="5"/>
     </row>
-    <row r="96" spans="1:17">
+    <row r="96" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A96" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B96" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C96" s="7"/>
       <c r="E96" s="5"/>
       <c r="H96" s="5"/>
       <c r="K96" s="5"/>
       <c r="N96" s="5"/>
       <c r="Q96" s="5"/>
     </row>
-    <row r="97" spans="1:17">
+    <row r="97" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A97" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B97" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C97" s="7"/>
       <c r="E97" s="5"/>
       <c r="H97" s="5"/>
       <c r="K97" s="5"/>
       <c r="N97" s="5"/>
       <c r="Q97" s="5"/>
     </row>
-    <row r="98" spans="1:17">
+    <row r="98" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A98" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B98" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C98" s="7"/>
       <c r="E98" s="5"/>
       <c r="H98" s="5"/>
       <c r="K98" s="5"/>
       <c r="N98" s="5"/>
       <c r="Q98" s="5"/>
     </row>
-    <row r="99" spans="1:17">
+    <row r="99" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A99" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C99" s="7"/>
       <c r="E99" s="5"/>
       <c r="H99" s="5"/>
       <c r="K99" s="5"/>
       <c r="N99" s="5"/>
       <c r="Q99" s="5"/>
     </row>
-    <row r="100" spans="1:17">
+    <row r="100" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A100" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B100" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C100" s="7"/>
       <c r="E100" s="5"/>
       <c r="H100" s="5"/>
       <c r="K100" s="5"/>
       <c r="N100" s="5"/>
       <c r="Q100" s="5"/>
     </row>
-    <row r="101" spans="1:17">
+    <row r="101" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A101" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B101" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C101" s="7"/>
       <c r="E101" s="5"/>
       <c r="H101" s="5"/>
       <c r="K101" s="5"/>
       <c r="N101" s="5"/>
       <c r="Q101" s="5"/>
     </row>
-    <row r="102" spans="1:17">
+    <row r="102" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A102" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B102" s="13">
         <v>0.625</v>
       </c>
       <c r="C102" s="7"/>
       <c r="E102" s="5"/>
       <c r="H102" s="5"/>
       <c r="K102" s="5"/>
       <c r="N102" s="5"/>
       <c r="Q102" s="5"/>
     </row>
-    <row r="103" spans="1:17">
+    <row r="103" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A103" s="12"/>
       <c r="B103" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C103" s="8"/>
       <c r="D103" s="1"/>
       <c r="E103" s="6"/>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="6"/>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="6"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="6"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="6"/>
     </row>
-    <row r="104" spans="1:17">
+    <row r="104" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A104" s="11"/>
       <c r="B104" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C104" s="7"/>
       <c r="E104" s="5"/>
       <c r="H104" s="5"/>
       <c r="K104" s="5"/>
       <c r="N104" s="5"/>
       <c r="Q104" s="5"/>
     </row>
-    <row r="105" spans="1:17">
+    <row r="105" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A105" s="11"/>
       <c r="B105" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C105" s="7"/>
       <c r="E105" s="5"/>
       <c r="H105" s="5"/>
       <c r="K105" s="5"/>
       <c r="N105" s="5"/>
       <c r="Q105" s="5"/>
     </row>
-    <row r="106" spans="1:17">
+    <row r="106" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A106" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B106" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C106" s="7"/>
       <c r="E106" s="5"/>
       <c r="H106" s="5"/>
       <c r="K106" s="5"/>
       <c r="N106" s="5"/>
       <c r="Q106" s="5"/>
     </row>
-    <row r="107" spans="1:17">
+    <row r="107" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A107" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B107" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C107" s="7"/>
       <c r="E107" s="5"/>
       <c r="H107" s="5"/>
       <c r="K107" s="5"/>
       <c r="N107" s="5"/>
       <c r="Q107" s="5"/>
     </row>
-    <row r="108" spans="1:17">
+    <row r="108" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A108" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B108" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C108" s="7"/>
       <c r="E108" s="5"/>
       <c r="H108" s="5"/>
       <c r="K108" s="5"/>
       <c r="N108" s="5"/>
       <c r="Q108" s="5"/>
     </row>
-    <row r="109" spans="1:17">
+    <row r="109" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A109" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B109" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C109" s="7"/>
       <c r="E109" s="5"/>
       <c r="H109" s="5"/>
       <c r="K109" s="5"/>
       <c r="N109" s="5"/>
       <c r="Q109" s="5"/>
     </row>
-    <row r="110" spans="1:17">
+    <row r="110" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A110" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B110" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C110" s="7"/>
       <c r="E110" s="5"/>
       <c r="H110" s="5"/>
       <c r="K110" s="5"/>
       <c r="N110" s="5"/>
       <c r="Q110" s="5"/>
     </row>
-    <row r="111" spans="1:17">
+    <row r="111" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A111" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B111" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C111" s="7"/>
       <c r="E111" s="5"/>
       <c r="H111" s="5"/>
       <c r="K111" s="5"/>
       <c r="N111" s="5"/>
       <c r="Q111" s="5"/>
     </row>
-    <row r="112" spans="1:17">
+    <row r="112" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A112" s="11"/>
       <c r="B112" s="13">
         <v>0.625</v>
       </c>
       <c r="C112" s="7"/>
       <c r="E112" s="5"/>
       <c r="H112" s="5"/>
       <c r="K112" s="5"/>
       <c r="N112" s="5"/>
       <c r="Q112" s="5"/>
     </row>
-    <row r="113" spans="1:17">
+    <row r="113" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A113" s="12"/>
       <c r="B113" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C113" s="8"/>
       <c r="D113" s="1"/>
       <c r="E113" s="6"/>
       <c r="F113" s="1"/>
       <c r="G113" s="1"/>
       <c r="H113" s="6"/>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="6"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="6"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="6"/>
     </row>
-    <row r="114" spans="1:17">
+    <row r="114" spans="1:17" x14ac:dyDescent="0.2">
       <c r="K114" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:V32"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I39" sqref="I39"/>
+    <sheetView tabSelected="1" topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A33" sqref="A33"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="16" customWidth="1"/>
     <col min="2" max="5" width="6.28515625" style="16" customWidth="1"/>
     <col min="6" max="6" width="11.85546875" style="16" customWidth="1"/>
     <col min="7" max="14" width="6.28515625" style="16" customWidth="1"/>
     <col min="15" max="15" width="7.85546875" style="16" customWidth="1"/>
     <col min="16" max="16" width="6" style="16" customWidth="1"/>
     <col min="17" max="19" width="6.28515625" style="16" customWidth="1"/>
     <col min="20" max="20" width="6.42578125" style="16" customWidth="1"/>
     <col min="21" max="21" width="14.85546875" style="16" customWidth="1"/>
     <col min="22" max="22" width="6.28515625" style="16" customWidth="1"/>
     <col min="23" max="23" width="7.7109375" style="16" customWidth="1"/>
     <col min="24" max="24" width="7.140625" style="16" customWidth="1"/>
     <col min="25" max="60" width="6.28515625" style="16" customWidth="1"/>
     <col min="61" max="61" width="6.7109375" style="16" customWidth="1"/>
     <col min="62" max="99" width="3.7109375" style="16" customWidth="1"/>
     <col min="100" max="16384" width="11.42578125" style="16"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:22" ht="12.75" customHeight="1">
+    <row r="2" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="16" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="3" spans="1:22" ht="18.75" customHeight="1">
+    <row r="3" spans="1:22" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="22" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="22"/>
       <c r="D3" s="22"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="H3" s="22"/>
       <c r="I3" s="22"/>
       <c r="J3" s="22"/>
       <c r="K3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="23"/>
       <c r="P3" s="22"/>
       <c r="Q3" s="24" t="s">
         <v>22</v>
       </c>
       <c r="R3" s="22"/>
       <c r="S3" s="22"/>
       <c r="T3" s="22"/>
       <c r="U3" s="22"/>
       <c r="V3" s="22"/>
     </row>
-    <row r="4" spans="1:22" ht="18.75" customHeight="1">
+    <row r="4" spans="1:22" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="16" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="22"/>
       <c r="D4" s="22"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="H4" s="22"/>
       <c r="I4" s="22"/>
       <c r="N4" s="25"/>
       <c r="P4" s="16" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="26"/>
       <c r="V4" s="22" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="5" spans="1:22" ht="24" customHeight="1">
+    <row r="5" spans="1:22" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="16" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="6" spans="1:22" ht="12.95" customHeight="1">
+    <row r="6" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="29" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="20"/>
       <c r="D6" s="20"/>
       <c r="E6" s="20"/>
       <c r="F6" s="20"/>
       <c r="G6" s="20" t="s">
         <v>28</v>
       </c>
       <c r="H6" s="20"/>
       <c r="I6" s="20"/>
       <c r="J6" s="20"/>
       <c r="K6" s="20"/>
       <c r="L6" s="19"/>
       <c r="M6" s="20"/>
       <c r="N6" s="20"/>
       <c r="O6" s="20" t="s">
         <v>29</v>
       </c>
       <c r="P6" s="20" t="s">
         <v>29</v>
       </c>
       <c r="Q6" s="20"/>
       <c r="R6" s="20"/>
       <c r="S6" s="20"/>
       <c r="T6" s="20"/>
       <c r="U6" s="21"/>
       <c r="V6" s="21" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="7" spans="1:22" ht="15" customHeight="1">
+    <row r="7" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="18"/>
       <c r="B7" s="18"/>
       <c r="C7" s="18"/>
       <c r="D7" s="18"/>
       <c r="E7" s="18"/>
       <c r="F7" s="18"/>
       <c r="G7" s="18"/>
       <c r="H7" s="18"/>
       <c r="I7" s="18"/>
       <c r="J7" s="18"/>
       <c r="K7" s="18"/>
       <c r="L7" s="18"/>
       <c r="M7" s="18"/>
       <c r="N7" s="18"/>
       <c r="O7" s="18"/>
       <c r="P7" s="18"/>
       <c r="Q7" s="18"/>
       <c r="R7" s="18"/>
       <c r="S7" s="18"/>
       <c r="T7" s="18"/>
       <c r="U7" s="18"/>
     </row>
-    <row r="8" spans="1:22" ht="12.95" customHeight="1">
+    <row r="8" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="18"/>
       <c r="B8" s="18"/>
       <c r="C8" s="18"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="18"/>
       <c r="G8" s="18"/>
       <c r="H8" s="18"/>
       <c r="I8" s="18"/>
       <c r="J8" s="18"/>
       <c r="K8" s="18"/>
       <c r="L8" s="18"/>
       <c r="M8" s="18"/>
       <c r="N8" s="18"/>
       <c r="O8" s="18"/>
       <c r="P8" s="18"/>
       <c r="Q8" s="18"/>
       <c r="R8" s="18"/>
       <c r="S8" s="18"/>
       <c r="T8" s="18"/>
       <c r="U8" s="18"/>
       <c r="V8" s="18"/>
     </row>
-    <row r="9" spans="1:22" ht="12.95" customHeight="1">
+    <row r="9" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="V9" s="18"/>
     </row>
-    <row r="11" spans="1:22" ht="19.5" customHeight="1" thickBot="1">
+    <row r="11" spans="1:22" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B11" s="16" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="12" spans="1:22" ht="18.75" customHeight="1" thickBot="1">
+    <row r="12" spans="1:22" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="27" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="35" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="36"/>
       <c r="D12" s="36"/>
       <c r="E12" s="36"/>
       <c r="F12" s="37"/>
       <c r="G12" s="35" t="s">
         <v>34</v>
       </c>
       <c r="H12" s="36"/>
       <c r="I12" s="36"/>
       <c r="J12" s="36"/>
       <c r="K12" s="36"/>
       <c r="L12" s="36"/>
       <c r="M12" s="36"/>
       <c r="N12" s="36"/>
       <c r="O12" s="37"/>
       <c r="P12" s="35" t="s">
         <v>35</v>
       </c>
       <c r="Q12" s="36"/>
       <c r="R12" s="36"/>
       <c r="S12" s="36"/>
       <c r="T12" s="36"/>
       <c r="U12" s="36"/>
       <c r="V12" s="37"/>
     </row>
-    <row r="13" spans="1:22" ht="12.95" customHeight="1">
+    <row r="13" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="34" t="s">
         <v>36</v>
       </c>
       <c r="B13" s="38" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="39"/>
       <c r="D13" s="39"/>
       <c r="E13" s="39"/>
       <c r="F13" s="40"/>
       <c r="G13" s="38" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="39"/>
       <c r="I13" s="39"/>
       <c r="J13" s="39"/>
       <c r="K13" s="39"/>
       <c r="L13" s="39"/>
       <c r="M13" s="39"/>
       <c r="N13" s="39"/>
       <c r="O13" s="40"/>
       <c r="P13" s="38" t="s">
         <v>39</v>
       </c>
       <c r="Q13" s="39"/>
       <c r="R13" s="39"/>
       <c r="S13" s="39"/>
       <c r="T13" s="39"/>
       <c r="U13" s="39"/>
       <c r="V13" s="40"/>
     </row>
-    <row r="14" spans="1:22" ht="12.95" customHeight="1" thickBot="1">
+    <row r="14" spans="1:22" ht="12.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="28"/>
       <c r="B14" s="41"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="43"/>
       <c r="G14" s="41"/>
       <c r="H14" s="42"/>
       <c r="I14" s="42"/>
       <c r="J14" s="42"/>
       <c r="K14" s="42"/>
       <c r="L14" s="42"/>
       <c r="M14" s="42"/>
       <c r="N14" s="42"/>
       <c r="O14" s="43"/>
       <c r="P14" s="41"/>
       <c r="Q14" s="42"/>
       <c r="R14" s="42"/>
       <c r="S14" s="42"/>
       <c r="T14" s="42"/>
       <c r="U14" s="42"/>
       <c r="V14" s="43"/>
     </row>
-    <row r="15" spans="1:22" ht="37.5" customHeight="1" thickBot="1">
+    <row r="15" spans="1:22" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="16" t="s">
         <v>40</v>
       </c>
       <c r="S15" s="18"/>
       <c r="T15" s="18"/>
       <c r="U15" s="18"/>
     </row>
-    <row r="16" spans="1:22" ht="20.25" customHeight="1" thickBot="1">
+    <row r="16" spans="1:22" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="29" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="35" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="36"/>
       <c r="D16" s="36"/>
       <c r="E16" s="36"/>
       <c r="F16" s="37"/>
       <c r="G16" s="31" t="s">
         <v>41</v>
       </c>
       <c r="H16" s="32"/>
       <c r="I16" s="32"/>
       <c r="J16" s="32"/>
       <c r="K16" s="33"/>
       <c r="L16" s="31"/>
       <c r="M16" s="32"/>
       <c r="N16" s="32"/>
       <c r="O16" s="32"/>
       <c r="P16" s="35" t="s">
         <v>35</v>
       </c>
       <c r="Q16" s="36"/>
       <c r="R16" s="36"/>
       <c r="S16" s="36"/>
       <c r="T16" s="36"/>
       <c r="U16" s="36"/>
       <c r="V16" s="37"/>
     </row>
-    <row r="17" spans="1:22" ht="27" customHeight="1">
+    <row r="17" spans="1:22" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="18" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="38" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="39"/>
       <c r="D17" s="39"/>
       <c r="E17" s="39"/>
       <c r="F17" s="40"/>
       <c r="G17" s="38" t="s">
         <v>43</v>
       </c>
       <c r="H17" s="39"/>
       <c r="I17" s="39"/>
       <c r="J17" s="39"/>
       <c r="K17" s="39"/>
       <c r="L17" s="39"/>
       <c r="M17" s="39"/>
       <c r="N17" s="39"/>
       <c r="O17" s="40"/>
       <c r="P17" s="38" t="s">
         <v>39</v>
       </c>
       <c r="Q17" s="39"/>
       <c r="R17" s="39"/>
       <c r="S17" s="39"/>
       <c r="T17" s="39"/>
       <c r="U17" s="39"/>
       <c r="V17" s="40"/>
     </row>
-    <row r="18" spans="1:22" ht="12.95" customHeight="1" thickBot="1">
+    <row r="18" spans="1:22" ht="12.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="29"/>
       <c r="B18" s="41"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="43"/>
       <c r="G18" s="41"/>
       <c r="H18" s="42"/>
       <c r="I18" s="42"/>
       <c r="J18" s="42"/>
       <c r="K18" s="42"/>
       <c r="L18" s="42"/>
       <c r="M18" s="42"/>
       <c r="N18" s="42"/>
       <c r="O18" s="43"/>
       <c r="P18" s="41"/>
       <c r="Q18" s="42"/>
       <c r="R18" s="42"/>
       <c r="S18" s="42"/>
       <c r="T18" s="42"/>
       <c r="U18" s="42"/>
       <c r="V18" s="43"/>
     </row>
-    <row r="21" spans="1:22" ht="12.75" customHeight="1">
+    <row r="21" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="V21" s="17"/>
     </row>
-    <row r="22" spans="1:22" ht="12.75" customHeight="1">
+    <row r="22" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="16" t="s">
         <v>44</v>
       </c>
       <c r="S22" s="18"/>
       <c r="T22" s="18"/>
       <c r="U22" s="18"/>
     </row>
-    <row r="23" spans="1:22" ht="24" customHeight="1">
+    <row r="23" spans="1:22" ht="24" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="29" t="s">
         <v>45</v>
       </c>
       <c r="B23" s="44" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="45"/>
       <c r="D23" s="45"/>
       <c r="E23" s="45"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="45"/>
       <c r="I23" s="45"/>
       <c r="J23" s="45"/>
       <c r="K23" s="45"/>
       <c r="L23" s="45"/>
       <c r="M23" s="45"/>
       <c r="N23" s="45"/>
       <c r="O23" s="46"/>
       <c r="P23" s="35" t="s">
         <v>47</v>
       </c>
       <c r="Q23" s="36"/>
       <c r="R23" s="36"/>
       <c r="S23" s="36"/>
       <c r="T23" s="36"/>
       <c r="U23" s="36"/>
       <c r="V23" s="37"/>
     </row>
-    <row r="24" spans="1:22" ht="12.75" customHeight="1">
+    <row r="24" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="18" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B24" s="38" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="39"/>
       <c r="D24" s="39"/>
       <c r="E24" s="39"/>
       <c r="F24" s="39"/>
       <c r="G24" s="39"/>
       <c r="H24" s="39"/>
       <c r="I24" s="39"/>
       <c r="J24" s="39"/>
       <c r="K24" s="39"/>
       <c r="L24" s="39"/>
       <c r="M24" s="39"/>
       <c r="N24" s="39"/>
       <c r="O24" s="40"/>
       <c r="P24" s="38" t="s">
         <v>49</v>
       </c>
       <c r="Q24" s="39"/>
       <c r="R24" s="39"/>
       <c r="S24" s="39"/>
       <c r="T24" s="39"/>
       <c r="U24" s="39"/>
       <c r="V24" s="40"/>
     </row>
-    <row r="25" spans="1:22" ht="12.75" customHeight="1">
+    <row r="25" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29"/>
       <c r="B25" s="41"/>
       <c r="C25" s="42"/>
       <c r="D25" s="42"/>
       <c r="E25" s="42"/>
       <c r="F25" s="42"/>
       <c r="G25" s="42"/>
       <c r="H25" s="42"/>
       <c r="I25" s="42"/>
       <c r="J25" s="42"/>
       <c r="K25" s="42"/>
       <c r="L25" s="42"/>
       <c r="M25" s="42"/>
       <c r="N25" s="42"/>
       <c r="O25" s="43"/>
       <c r="P25" s="41"/>
       <c r="Q25" s="42"/>
       <c r="R25" s="42"/>
       <c r="S25" s="42"/>
       <c r="T25" s="42"/>
       <c r="U25" s="42"/>
       <c r="V25" s="43"/>
     </row>
-    <row r="29" spans="1:22" ht="12.75" customHeight="1">
+    <row r="29" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="16" t="s">
         <v>50</v>
       </c>
       <c r="S29" s="18"/>
       <c r="T29" s="18"/>
       <c r="U29" s="18"/>
     </row>
-    <row r="30" spans="1:22" ht="12.75" customHeight="1">
+    <row r="30" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="29" t="s">
         <v>45</v>
       </c>
       <c r="B30" s="35" t="s">
         <v>51</v>
       </c>
       <c r="C30" s="36"/>
       <c r="D30" s="36"/>
       <c r="E30" s="36"/>
       <c r="F30" s="36"/>
       <c r="G30" s="36"/>
       <c r="H30" s="36"/>
       <c r="I30" s="36"/>
       <c r="J30" s="36"/>
       <c r="K30" s="36"/>
       <c r="L30" s="36"/>
       <c r="M30" s="36"/>
       <c r="N30" s="36"/>
       <c r="O30" s="37"/>
       <c r="P30" s="35" t="s">
         <v>47</v>
       </c>
       <c r="Q30" s="36"/>
       <c r="R30" s="36"/>
       <c r="S30" s="36"/>
       <c r="T30" s="36"/>
       <c r="U30" s="36"/>
       <c r="V30" s="37"/>
     </row>
-    <row r="31" spans="1:22" ht="12.75" customHeight="1">
+    <row r="31" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="18" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="B31" s="38" t="s">
         <v>52</v>
       </c>
       <c r="C31" s="39"/>
       <c r="D31" s="39"/>
       <c r="E31" s="39"/>
       <c r="F31" s="39"/>
       <c r="G31" s="39"/>
       <c r="H31" s="39"/>
       <c r="I31" s="39"/>
       <c r="J31" s="39"/>
       <c r="K31" s="39"/>
       <c r="L31" s="39"/>
       <c r="M31" s="39"/>
       <c r="N31" s="39"/>
       <c r="O31" s="40"/>
       <c r="P31" s="38" t="s">
         <v>49</v>
       </c>
       <c r="Q31" s="39"/>
       <c r="R31" s="39"/>
       <c r="S31" s="39"/>
       <c r="T31" s="39"/>
       <c r="U31" s="39"/>
       <c r="V31" s="40"/>
     </row>
-    <row r="32" spans="1:22" ht="12.75" customHeight="1">
+    <row r="32" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="29"/>
       <c r="B32" s="41"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="42"/>
       <c r="I32" s="42"/>
       <c r="J32" s="42"/>
       <c r="K32" s="42"/>
       <c r="L32" s="42"/>
       <c r="M32" s="42"/>
       <c r="N32" s="42"/>
       <c r="O32" s="43"/>
       <c r="P32" s="41"/>
       <c r="Q32" s="42"/>
       <c r="R32" s="42"/>
       <c r="S32" s="42"/>
       <c r="T32" s="42"/>
       <c r="U32" s="42"/>
       <c r="V32" s="43"/>
     </row>
   </sheetData>
   <mergeCells count="19">
+    <mergeCell ref="B16:F16"/>
+    <mergeCell ref="P16:V16"/>
+    <mergeCell ref="P17:V18"/>
+    <mergeCell ref="B17:F18"/>
+    <mergeCell ref="G17:O18"/>
+    <mergeCell ref="B12:F12"/>
+    <mergeCell ref="P12:V12"/>
+    <mergeCell ref="G12:O12"/>
+    <mergeCell ref="P13:V14"/>
+    <mergeCell ref="G13:O14"/>
+    <mergeCell ref="B13:F14"/>
     <mergeCell ref="P30:V30"/>
     <mergeCell ref="P31:V32"/>
     <mergeCell ref="B30:O30"/>
     <mergeCell ref="B31:O32"/>
     <mergeCell ref="P23:V23"/>
     <mergeCell ref="P24:V25"/>
     <mergeCell ref="B24:O25"/>
     <mergeCell ref="B23:O23"/>
-    <mergeCell ref="B12:F12"/>
-[...9 lines deleted...]
-    <mergeCell ref="G17:O18"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.59" right="0.39000000000000007" top="0.2" bottom="0.2" header="0.2" footer="0.2"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="K18" sqref="K18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101006B92E72A0AD644438883FFC3BD797788" ma:contentTypeVersion="13" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="971471d5784df5c857677ca6b3d8e8ad">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f0fbe950-8133-400a-a1da-41cbb0fb62f6" xmlns:ns3="b49f9cd3-2941-41b9-8edc-fe57b3914c1c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ae5afda29d9389b85c322cd3916c985d" ns2:_="" ns3:_="">
     <xsd:import namespace="f0fbe950-8133-400a-a1da-41cbb0fb62f6"/>
     <xsd:import namespace="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
@@ -4518,76 +4520,140 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b49f9cd3-2941-41b9-8edc-fe57b3914c1c" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f0fbe950-8133-400a-a1da-41cbb0fb62f6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A830E6B7-7A82-894D-9C0A-65029D9BF154}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC347FE4-D70A-449B-8EE1-FD1F051EF084}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E050E22C-D8BC-4C10-AE32-41A151CDC708}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E050E22C-D8BC-4C10-AE32-41A151CDC708}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="f0fbe950-8133-400a-a1da-41cbb0fb62f6"/>
+    <ds:schemaRef ds:uri="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC347FE4-D70A-449B-8EE1-FD1F051EF084}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A830E6B7-7A82-894D-9C0A-65029D9BF154}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
+    <ds:schemaRef ds:uri="f0fbe950-8133-400a-a1da-41cbb0fb62f6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Kalkylblad</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>17</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="17" baseType="lpstr">
+      <vt:lpstr>5V</vt:lpstr>
+      <vt:lpstr>10v</vt:lpstr>
+      <vt:lpstr>6v</vt:lpstr>
+      <vt:lpstr>Blad4</vt:lpstr>
+      <vt:lpstr>Blad5</vt:lpstr>
+      <vt:lpstr>Blad6</vt:lpstr>
+      <vt:lpstr>Blad7</vt:lpstr>
+      <vt:lpstr>Blad8</vt:lpstr>
+      <vt:lpstr>Blad9</vt:lpstr>
+      <vt:lpstr>Blad10</vt:lpstr>
+      <vt:lpstr>Blad11</vt:lpstr>
+      <vt:lpstr>Blad12</vt:lpstr>
+      <vt:lpstr>Blad13</vt:lpstr>
+      <vt:lpstr>Blad14</vt:lpstr>
+      <vt:lpstr>Blad15</vt:lpstr>
+      <vt:lpstr>Blad16</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ingela Norström</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006B92E72A0AD644438883FFC3BD797788</vt:lpwstr>
   </property>