--- v1 (2025-11-08)
+++ v2 (2026-02-24)
@@ -1,119 +1,119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29816"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sairus\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kise-my.sharepoint.com/personal/saif_rustam_ki_se/Documents/Desktop/Terminöversikt VT2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DD29E82D-D51E-464E-9584-F85ED91BE978}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FB0407D7-3CC8-4B37-9240-0B85052137B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="34620" windowHeight="13900" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="5V" sheetId="1" r:id="rId1"/>
     <sheet name="10v" sheetId="2" r:id="rId2"/>
     <sheet name="6v" sheetId="3" r:id="rId3"/>
     <sheet name="Blad4" sheetId="4" r:id="rId4"/>
     <sheet name="Blad5" sheetId="5" r:id="rId5"/>
     <sheet name="Blad6" sheetId="6" r:id="rId6"/>
     <sheet name="Blad7" sheetId="7" r:id="rId7"/>
     <sheet name="Blad8" sheetId="8" r:id="rId8"/>
     <sheet name="Blad9" sheetId="9" r:id="rId9"/>
     <sheet name="Blad10" sheetId="10" r:id="rId10"/>
     <sheet name="Blad11" sheetId="11" r:id="rId11"/>
     <sheet name="Blad12" sheetId="12" r:id="rId12"/>
     <sheet name="Blad13" sheetId="13" r:id="rId13"/>
     <sheet name="Blad14" sheetId="14" r:id="rId14"/>
     <sheet name="Blad15" sheetId="15" r:id="rId15"/>
     <sheet name="Blad16" sheetId="16" r:id="rId16"/>
     <sheet name="Sheet1" sheetId="17" r:id="rId17"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="53">
   <si>
     <t>SCHEMA FÖR:</t>
   </si>
   <si>
     <t>Kursansvarig:</t>
   </si>
   <si>
     <t>Lokal:</t>
   </si>
   <si>
     <t>Dag</t>
   </si>
   <si>
     <t>Kl</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Å</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
@@ -228,60 +228,57 @@
     <t xml:space="preserve">              Översikt BMA programmet, inriktning klinisk fysiologi  - Termin 4 VT-2026</t>
   </si>
   <si>
     <t>T4</t>
   </si>
   <si>
     <t>Bildgivande diagnostiska metoder inom klinisk fysiologi 1</t>
   </si>
   <si>
     <t>Tillämpad biomedicinsk laboratorievetenskap 2</t>
   </si>
   <si>
     <t>19 jan - 10 april</t>
   </si>
   <si>
     <t>13 april- 5 juni</t>
   </si>
   <si>
     <t xml:space="preserve">              Översikt BMA programmet, inriktning laboratoriemedicin  - Termin 4 VT-2026</t>
   </si>
   <si>
     <t>Klinisk diagnostik 1</t>
   </si>
   <si>
     <t>19 jan -10 april</t>
-  </si>
-[...1 lines deleted...]
-    <t>Lab</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="14">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -317,51 +314,50 @@
     </font>
     <font>
       <b/>
       <i/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="13"/>
       <color rgb="FF000000"/>
       <name val="DM Sans"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="DM Sans"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="21">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -1083,3062 +1079,3062 @@
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q57"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:R57"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="4.7109375" customWidth="1"/>
     <col min="2" max="2" width="5.7109375" customWidth="1"/>
     <col min="3" max="47" width="4.7109375" customWidth="1"/>
     <col min="48" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:17" ht="18.75" customHeight="1">
       <c r="B1" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
       <c r="F1" s="15"/>
     </row>
-    <row r="2" spans="1:17" ht="8.85" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="3" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:17" ht="8.85" customHeight="1"/>
+    <row r="3" spans="1:17" ht="12.75" customHeight="1">
       <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:17" ht="12.75" customHeight="1">
       <c r="B4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:17" ht="8.85" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
-    <row r="6" spans="1:17" ht="12.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:17" ht="8.85" customHeight="1" thickBot="1"/>
+    <row r="6" spans="1:17" ht="12.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="9">
         <v>51</v>
       </c>
       <c r="E6" s="4"/>
       <c r="F6" s="3"/>
       <c r="G6" s="9">
         <v>2</v>
       </c>
       <c r="H6" s="4"/>
       <c r="I6" s="3"/>
       <c r="J6" s="9">
         <v>3</v>
       </c>
       <c r="K6" s="4"/>
       <c r="L6" s="3"/>
       <c r="M6" s="9">
         <v>4</v>
       </c>
       <c r="N6" s="4"/>
       <c r="O6" s="3"/>
       <c r="P6" s="9">
         <v>5</v>
       </c>
       <c r="Q6" s="4"/>
     </row>
-    <row r="7" spans="1:17" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:17" ht="12.75" customHeight="1" thickTop="1">
       <c r="A7" s="11"/>
       <c r="B7" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C7" s="7"/>
       <c r="E7" s="5"/>
       <c r="H7" s="5"/>
       <c r="K7" s="5"/>
       <c r="N7" s="5"/>
       <c r="Q7" s="5"/>
     </row>
-    <row r="8" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:17" ht="12.75" customHeight="1">
       <c r="A8" s="11"/>
       <c r="B8" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C8" s="7"/>
       <c r="E8" s="5"/>
       <c r="H8" s="5"/>
       <c r="K8" s="5"/>
       <c r="N8" s="5"/>
       <c r="Q8" s="5"/>
     </row>
-    <row r="9" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:17" ht="12.75" customHeight="1">
       <c r="A9" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C9" s="7"/>
       <c r="E9" s="5"/>
       <c r="H9" s="5"/>
       <c r="K9" s="5"/>
       <c r="N9" s="5"/>
       <c r="Q9" s="5"/>
     </row>
-    <row r="10" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:17" ht="12.75" customHeight="1">
       <c r="A10" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C10" s="7"/>
       <c r="E10" s="5"/>
       <c r="H10" s="5"/>
       <c r="K10" s="5"/>
       <c r="N10" s="5"/>
       <c r="Q10" s="5"/>
     </row>
-    <row r="11" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:17" ht="12.75" customHeight="1">
       <c r="A11" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C11" s="7"/>
       <c r="E11" s="5"/>
       <c r="H11" s="5"/>
       <c r="K11" s="5"/>
       <c r="N11" s="5"/>
       <c r="Q11" s="5"/>
     </row>
-    <row r="12" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:17" ht="12.75" customHeight="1">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C12" s="7"/>
       <c r="E12" s="5"/>
       <c r="H12" s="5"/>
       <c r="K12" s="5"/>
       <c r="N12" s="5"/>
       <c r="Q12" s="5"/>
     </row>
-    <row r="13" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:17" ht="12.75" customHeight="1">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C13" s="7"/>
       <c r="E13" s="5"/>
       <c r="H13" s="5"/>
       <c r="K13" s="5"/>
       <c r="N13" s="5"/>
       <c r="Q13" s="5"/>
     </row>
-    <row r="14" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:17" ht="12.75" customHeight="1">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C14" s="7"/>
       <c r="E14" s="5"/>
       <c r="H14" s="5"/>
       <c r="K14" s="5"/>
       <c r="N14" s="5"/>
       <c r="Q14" s="5"/>
     </row>
-    <row r="15" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:17" ht="12.75" customHeight="1">
       <c r="A15" s="11"/>
       <c r="B15" s="13">
         <v>0.625</v>
       </c>
       <c r="C15" s="7"/>
       <c r="E15" s="5"/>
       <c r="H15" s="5"/>
       <c r="K15" s="5"/>
       <c r="N15" s="5"/>
       <c r="Q15" s="5"/>
     </row>
-    <row r="16" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:17" ht="12.75" customHeight="1">
       <c r="A16" s="12"/>
       <c r="B16" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C16" s="8"/>
       <c r="D16" s="1"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="6"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="6"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="6"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="6"/>
     </row>
-    <row r="17" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:17" ht="12.75" customHeight="1">
       <c r="A17" s="11"/>
       <c r="B17" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C17" s="7"/>
       <c r="E17" s="5"/>
       <c r="H17" s="5"/>
       <c r="K17" s="5"/>
       <c r="N17" s="5"/>
       <c r="Q17" s="5"/>
     </row>
-    <row r="18" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:17" ht="12.75" customHeight="1">
       <c r="A18" s="11"/>
       <c r="B18" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C18" s="7"/>
       <c r="E18" s="5"/>
       <c r="H18" s="5"/>
       <c r="K18" s="5"/>
       <c r="N18" s="5"/>
       <c r="Q18" s="5"/>
     </row>
-    <row r="19" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:17" ht="12.75" customHeight="1">
       <c r="A19" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C19" s="7"/>
       <c r="E19" s="5"/>
       <c r="H19" s="5"/>
       <c r="K19" s="5"/>
       <c r="N19" s="5"/>
       <c r="Q19" s="5"/>
     </row>
-    <row r="20" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:17" ht="12.75" customHeight="1">
       <c r="A20" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C20" s="7"/>
       <c r="E20" s="5"/>
       <c r="H20" s="5"/>
       <c r="K20" s="5"/>
       <c r="N20" s="5"/>
       <c r="Q20" s="5"/>
     </row>
-    <row r="21" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:17" ht="12.75" customHeight="1">
       <c r="A21" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C21" s="7"/>
       <c r="E21" s="5"/>
       <c r="H21" s="5"/>
       <c r="K21" s="5"/>
       <c r="N21" s="5"/>
       <c r="Q21" s="5"/>
     </row>
-    <row r="22" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:17" ht="12.75" customHeight="1">
       <c r="A22" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C22" s="7"/>
       <c r="E22" s="5"/>
       <c r="H22" s="5"/>
       <c r="K22" s="5"/>
       <c r="N22" s="5"/>
       <c r="Q22" s="5"/>
     </row>
-    <row r="23" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:17" ht="12.75" customHeight="1">
       <c r="A23" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C23" s="7"/>
       <c r="E23" s="5"/>
       <c r="H23" s="5"/>
       <c r="K23" s="5"/>
       <c r="N23" s="5"/>
       <c r="Q23" s="5"/>
     </row>
-    <row r="24" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:17" ht="12.75" customHeight="1">
       <c r="A24" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C24" s="7"/>
       <c r="E24" s="5"/>
       <c r="H24" s="5"/>
       <c r="K24" s="5"/>
       <c r="N24" s="5"/>
       <c r="Q24" s="5"/>
     </row>
-    <row r="25" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:17" ht="12.75" customHeight="1">
       <c r="A25" s="11"/>
       <c r="B25" s="13">
         <v>0.625</v>
       </c>
       <c r="C25" s="7"/>
       <c r="E25" s="5"/>
       <c r="H25" s="5"/>
       <c r="K25" s="5"/>
       <c r="N25" s="5"/>
       <c r="Q25" s="5"/>
     </row>
-    <row r="26" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:17" ht="12.75" customHeight="1">
       <c r="A26" s="12"/>
       <c r="B26" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C26" s="8"/>
       <c r="D26" s="1"/>
       <c r="E26" s="6"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="6"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="6"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="6"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="6"/>
     </row>
-    <row r="27" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:17" ht="12.75" customHeight="1">
       <c r="A27" s="11"/>
       <c r="B27" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C27" s="7"/>
       <c r="E27" s="5"/>
       <c r="H27" s="5"/>
       <c r="K27" s="5"/>
       <c r="N27" s="5"/>
       <c r="Q27" s="5"/>
     </row>
-    <row r="28" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:17" ht="12.75" customHeight="1">
       <c r="A28" s="11"/>
       <c r="B28" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C28" s="7"/>
       <c r="E28" s="5"/>
       <c r="H28" s="5"/>
       <c r="K28" s="5"/>
       <c r="N28" s="5"/>
       <c r="Q28" s="5"/>
     </row>
-    <row r="29" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:17" ht="12.75" customHeight="1">
       <c r="A29" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B29" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C29" s="7"/>
       <c r="E29" s="5"/>
       <c r="H29" s="5"/>
       <c r="K29" s="5"/>
       <c r="N29" s="5"/>
       <c r="Q29" s="5"/>
     </row>
-    <row r="30" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:17" ht="12.75" customHeight="1">
       <c r="A30" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C30" s="7"/>
       <c r="E30" s="5"/>
       <c r="H30" s="5"/>
       <c r="K30" s="5"/>
       <c r="N30" s="5"/>
       <c r="Q30" s="5"/>
     </row>
-    <row r="31" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:17" ht="12.75" customHeight="1">
       <c r="A31" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B31" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C31" s="7"/>
       <c r="E31" s="5"/>
       <c r="H31" s="5"/>
       <c r="K31" s="5"/>
       <c r="N31" s="5"/>
       <c r="Q31" s="5"/>
     </row>
-    <row r="32" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:17" ht="12.75" customHeight="1">
       <c r="A32" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C32" s="7"/>
       <c r="E32" s="5"/>
       <c r="H32" s="5"/>
       <c r="K32" s="5"/>
       <c r="N32" s="5"/>
       <c r="Q32" s="5"/>
     </row>
-    <row r="33" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:17" ht="12.75" customHeight="1">
       <c r="A33" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C33" s="7"/>
       <c r="E33" s="5"/>
       <c r="H33" s="5"/>
       <c r="K33" s="5"/>
       <c r="N33" s="5"/>
       <c r="Q33" s="5"/>
     </row>
-    <row r="34" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:17" ht="12.75" customHeight="1">
       <c r="A34" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B34" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C34" s="7"/>
       <c r="E34" s="5"/>
       <c r="H34" s="5"/>
       <c r="K34" s="5"/>
       <c r="N34" s="5"/>
       <c r="Q34" s="5"/>
     </row>
-    <row r="35" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:17" ht="12.75" customHeight="1">
       <c r="A35" s="11"/>
       <c r="B35" s="13">
         <v>0.625</v>
       </c>
       <c r="C35" s="7"/>
       <c r="E35" s="5"/>
       <c r="H35" s="5"/>
       <c r="K35" s="5"/>
       <c r="N35" s="5"/>
       <c r="Q35" s="5"/>
     </row>
-    <row r="36" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:17" ht="12.75" customHeight="1">
       <c r="A36" s="12"/>
       <c r="B36" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C36" s="8"/>
       <c r="D36" s="1"/>
       <c r="E36" s="6"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="6"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="6"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="6"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="6"/>
     </row>
-    <row r="37" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:17" ht="12.75" customHeight="1">
       <c r="A37" s="11"/>
       <c r="B37" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C37" s="7"/>
       <c r="E37" s="5"/>
       <c r="H37" s="5"/>
       <c r="K37" s="5"/>
       <c r="N37" s="5"/>
       <c r="Q37" s="5"/>
     </row>
-    <row r="38" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:17" ht="12.75" customHeight="1">
       <c r="A38" s="11"/>
       <c r="B38" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C38" s="7"/>
       <c r="E38" s="5"/>
       <c r="H38" s="5"/>
       <c r="K38" s="5"/>
       <c r="N38" s="5"/>
       <c r="Q38" s="5"/>
     </row>
-    <row r="39" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:17" ht="12.75" customHeight="1">
       <c r="A39" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C39" s="7"/>
       <c r="E39" s="5"/>
       <c r="H39" s="5"/>
       <c r="K39" s="5"/>
       <c r="N39" s="5"/>
       <c r="Q39" s="5"/>
     </row>
-    <row r="40" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:17" ht="12.75" customHeight="1">
       <c r="A40" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B40" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C40" s="7"/>
       <c r="E40" s="5"/>
       <c r="H40" s="5"/>
       <c r="K40" s="5"/>
       <c r="N40" s="5"/>
       <c r="Q40" s="5"/>
     </row>
-    <row r="41" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:17" ht="12.75" customHeight="1">
       <c r="A41" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B41" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C41" s="7"/>
       <c r="E41" s="5"/>
       <c r="H41" s="5"/>
       <c r="K41" s="5"/>
       <c r="N41" s="5"/>
       <c r="Q41" s="5"/>
     </row>
-    <row r="42" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:17" ht="12.75" customHeight="1">
       <c r="A42" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B42" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C42" s="7"/>
       <c r="E42" s="5"/>
       <c r="H42" s="5"/>
       <c r="K42" s="5"/>
       <c r="N42" s="5"/>
       <c r="Q42" s="5"/>
     </row>
-    <row r="43" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:17" ht="12.75" customHeight="1">
       <c r="A43" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C43" s="7"/>
       <c r="E43" s="5"/>
       <c r="H43" s="5"/>
       <c r="K43" s="5"/>
       <c r="N43" s="5"/>
       <c r="Q43" s="5"/>
     </row>
-    <row r="44" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:17" ht="12.75" customHeight="1">
       <c r="A44" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C44" s="7"/>
       <c r="E44" s="5"/>
       <c r="H44" s="5"/>
       <c r="K44" s="5"/>
       <c r="N44" s="5"/>
       <c r="Q44" s="5"/>
     </row>
-    <row r="45" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:17" ht="12.75" customHeight="1">
       <c r="A45" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="13">
         <v>0.625</v>
       </c>
       <c r="C45" s="7"/>
       <c r="E45" s="5"/>
       <c r="H45" s="5"/>
       <c r="K45" s="5"/>
       <c r="N45" s="5"/>
       <c r="Q45" s="5"/>
     </row>
-    <row r="46" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:17" ht="12.75" customHeight="1">
       <c r="A46" s="12"/>
       <c r="B46" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C46" s="8"/>
       <c r="D46" s="1"/>
       <c r="E46" s="6"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="6"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="6"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="6"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="6"/>
     </row>
-    <row r="47" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:17" ht="12.75" customHeight="1">
       <c r="A47" s="11"/>
       <c r="B47" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C47" s="7"/>
       <c r="E47" s="5"/>
       <c r="H47" s="5"/>
       <c r="K47" s="5"/>
       <c r="N47" s="5"/>
       <c r="Q47" s="5"/>
     </row>
-    <row r="48" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:17" ht="12.75" customHeight="1">
       <c r="A48" s="11"/>
       <c r="B48" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C48" s="7"/>
       <c r="E48" s="5"/>
       <c r="H48" s="5"/>
       <c r="K48" s="5"/>
       <c r="N48" s="5"/>
       <c r="Q48" s="5"/>
     </row>
-    <row r="49" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:17" ht="12.75" customHeight="1">
       <c r="A49" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B49" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C49" s="7"/>
       <c r="E49" s="5"/>
       <c r="H49" s="5"/>
       <c r="K49" s="5"/>
       <c r="N49" s="5"/>
       <c r="Q49" s="5"/>
     </row>
-    <row r="50" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:17" ht="12.75" customHeight="1">
       <c r="A50" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B50" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C50" s="7"/>
       <c r="E50" s="5"/>
       <c r="H50" s="5"/>
       <c r="K50" s="5"/>
       <c r="N50" s="5"/>
       <c r="Q50" s="5"/>
     </row>
-    <row r="51" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:17" ht="12.75" customHeight="1">
       <c r="A51" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C51" s="7"/>
       <c r="E51" s="5"/>
       <c r="H51" s="5"/>
       <c r="K51" s="5"/>
       <c r="N51" s="5"/>
       <c r="Q51" s="5"/>
     </row>
-    <row r="52" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:17" ht="12.75" customHeight="1">
       <c r="A52" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C52" s="7"/>
       <c r="E52" s="5"/>
       <c r="H52" s="5"/>
       <c r="K52" s="5"/>
       <c r="N52" s="5"/>
       <c r="Q52" s="5"/>
     </row>
-    <row r="53" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:17" ht="12.75" customHeight="1">
       <c r="A53" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C53" s="7"/>
       <c r="E53" s="5"/>
       <c r="H53" s="5"/>
       <c r="K53" s="5"/>
       <c r="N53" s="5"/>
       <c r="Q53" s="5"/>
     </row>
-    <row r="54" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:17" ht="12.75" customHeight="1">
       <c r="A54" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B54" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C54" s="7"/>
       <c r="E54" s="5"/>
       <c r="H54" s="5"/>
       <c r="K54" s="5"/>
       <c r="N54" s="5"/>
       <c r="Q54" s="5"/>
     </row>
-    <row r="55" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:17" ht="12.75" customHeight="1">
       <c r="A55" s="11"/>
       <c r="B55" s="13">
         <v>0.625</v>
       </c>
       <c r="C55" s="7"/>
       <c r="E55" s="5"/>
       <c r="H55" s="5"/>
       <c r="K55" s="5"/>
       <c r="N55" s="5"/>
       <c r="Q55" s="5"/>
     </row>
-    <row r="56" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:17" ht="12.75" customHeight="1">
       <c r="A56" s="12"/>
       <c r="B56" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C56" s="8"/>
       <c r="D56" s="1"/>
       <c r="E56" s="6"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="6"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="6"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="6"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="6"/>
     </row>
-    <row r="57" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:17" ht="12.75" customHeight="1">
       <c r="K57" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:Q114"/>
   <sheetViews>
     <sheetView topLeftCell="A54" workbookViewId="0">
       <selection activeCell="J109" sqref="J109"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="4.7109375" customWidth="1"/>
     <col min="2" max="2" width="5.7109375" customWidth="1"/>
     <col min="3" max="17" width="4.7109375" customWidth="1"/>
     <col min="18" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="18" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:17" ht="18">
       <c r="B1" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
       <c r="F1" s="15"/>
     </row>
-    <row r="2" spans="1:17" ht="8.85" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="3" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:17" ht="8.85" customHeight="1"/>
+    <row r="3" spans="1:17">
       <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:17">
       <c r="B4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:17" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
-    <row r="6" spans="1:17" ht="14.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:17" ht="8.25" customHeight="1" thickBot="1"/>
+    <row r="6" spans="1:17" ht="14.25" thickTop="1" thickBot="1">
       <c r="A6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="9">
         <v>51</v>
       </c>
       <c r="E6" s="4"/>
       <c r="F6" s="3"/>
       <c r="G6" s="9">
         <v>2</v>
       </c>
       <c r="H6" s="4"/>
       <c r="I6" s="3"/>
       <c r="J6" s="9">
         <v>3</v>
       </c>
       <c r="K6" s="4"/>
       <c r="L6" s="3"/>
       <c r="M6" s="9">
         <v>4</v>
       </c>
       <c r="N6" s="4"/>
       <c r="O6" s="3"/>
       <c r="P6" s="9">
         <v>5</v>
       </c>
       <c r="Q6" s="4"/>
     </row>
-    <row r="7" spans="1:17" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:17" ht="13.5" thickTop="1">
       <c r="A7" s="11"/>
       <c r="B7" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C7" s="7"/>
       <c r="E7" s="5"/>
       <c r="H7" s="5"/>
       <c r="K7" s="5"/>
       <c r="N7" s="5"/>
       <c r="Q7" s="5"/>
     </row>
-    <row r="8" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:17">
       <c r="A8" s="11"/>
       <c r="B8" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C8" s="7"/>
       <c r="E8" s="5"/>
       <c r="H8" s="5"/>
       <c r="K8" s="5"/>
       <c r="N8" s="5"/>
       <c r="Q8" s="5"/>
     </row>
-    <row r="9" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:17">
       <c r="A9" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C9" s="7"/>
       <c r="E9" s="5"/>
       <c r="H9" s="5"/>
       <c r="K9" s="5"/>
       <c r="N9" s="5"/>
       <c r="Q9" s="5"/>
     </row>
-    <row r="10" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:17">
       <c r="A10" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C10" s="7"/>
       <c r="E10" s="5"/>
       <c r="H10" s="5"/>
       <c r="K10" s="5"/>
       <c r="N10" s="5"/>
       <c r="Q10" s="5"/>
     </row>
-    <row r="11" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:17">
       <c r="A11" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C11" s="7"/>
       <c r="E11" s="5"/>
       <c r="H11" s="5"/>
       <c r="K11" s="5"/>
       <c r="N11" s="5"/>
       <c r="Q11" s="5"/>
     </row>
-    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:17">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C12" s="7"/>
       <c r="E12" s="5"/>
       <c r="H12" s="5"/>
       <c r="K12" s="5"/>
       <c r="N12" s="5"/>
       <c r="Q12" s="5"/>
     </row>
-    <row r="13" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:17">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C13" s="7"/>
       <c r="E13" s="5"/>
       <c r="H13" s="5"/>
       <c r="K13" s="5"/>
       <c r="N13" s="5"/>
       <c r="Q13" s="5"/>
     </row>
-    <row r="14" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:17">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C14" s="7"/>
       <c r="E14" s="5"/>
       <c r="H14" s="5"/>
       <c r="K14" s="5"/>
       <c r="N14" s="5"/>
       <c r="Q14" s="5"/>
     </row>
-    <row r="15" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:17">
       <c r="A15" s="11"/>
       <c r="B15" s="13">
         <v>0.625</v>
       </c>
       <c r="C15" s="7"/>
       <c r="E15" s="5"/>
       <c r="H15" s="5"/>
       <c r="K15" s="5"/>
       <c r="N15" s="5"/>
       <c r="Q15" s="5"/>
     </row>
-    <row r="16" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:17">
       <c r="A16" s="12"/>
       <c r="B16" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C16" s="8"/>
       <c r="D16" s="1"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="6"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="6"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="6"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="6"/>
     </row>
-    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:17">
       <c r="A17" s="11"/>
       <c r="B17" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C17" s="7"/>
       <c r="E17" s="5"/>
       <c r="H17" s="5"/>
       <c r="K17" s="5"/>
       <c r="N17" s="5"/>
       <c r="Q17" s="5"/>
     </row>
-    <row r="18" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:17">
       <c r="A18" s="11"/>
       <c r="B18" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C18" s="7"/>
       <c r="E18" s="5"/>
       <c r="H18" s="5"/>
       <c r="K18" s="5"/>
       <c r="N18" s="5"/>
       <c r="Q18" s="5"/>
     </row>
-    <row r="19" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:17">
       <c r="A19" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C19" s="7"/>
       <c r="E19" s="5"/>
       <c r="H19" s="5"/>
       <c r="K19" s="5"/>
       <c r="N19" s="5"/>
       <c r="Q19" s="5"/>
     </row>
-    <row r="20" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:17">
       <c r="A20" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C20" s="7"/>
       <c r="E20" s="5"/>
       <c r="H20" s="5"/>
       <c r="K20" s="5"/>
       <c r="N20" s="5"/>
       <c r="Q20" s="5"/>
     </row>
-    <row r="21" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:17">
       <c r="A21" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C21" s="7"/>
       <c r="E21" s="5"/>
       <c r="H21" s="5"/>
       <c r="K21" s="5"/>
       <c r="N21" s="5"/>
       <c r="Q21" s="5"/>
     </row>
-    <row r="22" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:17">
       <c r="A22" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C22" s="7"/>
       <c r="E22" s="5"/>
       <c r="H22" s="5"/>
       <c r="K22" s="5"/>
       <c r="N22" s="5"/>
       <c r="Q22" s="5"/>
     </row>
-    <row r="23" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:17">
       <c r="A23" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C23" s="7"/>
       <c r="E23" s="5"/>
       <c r="H23" s="5"/>
       <c r="K23" s="5"/>
       <c r="N23" s="5"/>
       <c r="Q23" s="5"/>
     </row>
-    <row r="24" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:17">
       <c r="A24" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C24" s="7"/>
       <c r="E24" s="5"/>
       <c r="H24" s="5"/>
       <c r="K24" s="5"/>
       <c r="N24" s="5"/>
       <c r="Q24" s="5"/>
     </row>
-    <row r="25" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:17">
       <c r="A25" s="11"/>
       <c r="B25" s="13">
         <v>0.625</v>
       </c>
       <c r="C25" s="7"/>
       <c r="E25" s="5"/>
       <c r="H25" s="5"/>
       <c r="K25" s="5"/>
       <c r="N25" s="5"/>
       <c r="Q25" s="5"/>
     </row>
-    <row r="26" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:17">
       <c r="A26" s="12"/>
       <c r="B26" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C26" s="8"/>
       <c r="D26" s="1"/>
       <c r="E26" s="6"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="6"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="6"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="6"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="6"/>
     </row>
-    <row r="27" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:17">
       <c r="A27" s="11"/>
       <c r="B27" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C27" s="7"/>
       <c r="E27" s="5"/>
       <c r="H27" s="5"/>
       <c r="K27" s="5"/>
       <c r="N27" s="5"/>
       <c r="Q27" s="5"/>
     </row>
-    <row r="28" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:17">
       <c r="A28" s="11"/>
       <c r="B28" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C28" s="7"/>
       <c r="E28" s="5"/>
       <c r="H28" s="5"/>
       <c r="K28" s="5"/>
       <c r="N28" s="5"/>
       <c r="Q28" s="5"/>
     </row>
-    <row r="29" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:17">
       <c r="A29" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B29" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C29" s="7"/>
       <c r="E29" s="5"/>
       <c r="H29" s="5"/>
       <c r="K29" s="5"/>
       <c r="N29" s="5"/>
       <c r="Q29" s="5"/>
     </row>
-    <row r="30" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:17">
       <c r="A30" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C30" s="7"/>
       <c r="E30" s="5"/>
       <c r="H30" s="5"/>
       <c r="K30" s="5"/>
       <c r="N30" s="5"/>
       <c r="Q30" s="5"/>
     </row>
-    <row r="31" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:17">
       <c r="A31" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B31" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C31" s="7"/>
       <c r="E31" s="5"/>
       <c r="H31" s="5"/>
       <c r="K31" s="5"/>
       <c r="N31" s="5"/>
       <c r="Q31" s="5"/>
     </row>
-    <row r="32" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:17">
       <c r="A32" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C32" s="7"/>
       <c r="E32" s="5"/>
       <c r="H32" s="5"/>
       <c r="K32" s="5"/>
       <c r="N32" s="5"/>
       <c r="Q32" s="5"/>
     </row>
-    <row r="33" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:17">
       <c r="A33" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C33" s="7"/>
       <c r="E33" s="5"/>
       <c r="H33" s="5"/>
       <c r="K33" s="5"/>
       <c r="N33" s="5"/>
       <c r="Q33" s="5"/>
     </row>
-    <row r="34" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:17">
       <c r="A34" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B34" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C34" s="7"/>
       <c r="E34" s="5"/>
       <c r="H34" s="5"/>
       <c r="K34" s="5"/>
       <c r="N34" s="5"/>
       <c r="Q34" s="5"/>
     </row>
-    <row r="35" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:17">
       <c r="A35" s="11"/>
       <c r="B35" s="13">
         <v>0.625</v>
       </c>
       <c r="C35" s="7"/>
       <c r="E35" s="5"/>
       <c r="H35" s="5"/>
       <c r="K35" s="5"/>
       <c r="N35" s="5"/>
       <c r="Q35" s="5"/>
     </row>
-    <row r="36" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:17">
       <c r="A36" s="12"/>
       <c r="B36" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C36" s="8"/>
       <c r="D36" s="1"/>
       <c r="E36" s="6"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="6"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="6"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="6"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="6"/>
     </row>
-    <row r="37" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:17">
       <c r="A37" s="11"/>
       <c r="B37" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C37" s="7"/>
       <c r="E37" s="5"/>
       <c r="H37" s="5"/>
       <c r="K37" s="5"/>
       <c r="N37" s="5"/>
       <c r="Q37" s="5"/>
     </row>
-    <row r="38" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:17">
       <c r="A38" s="11"/>
       <c r="B38" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C38" s="7"/>
       <c r="E38" s="5"/>
       <c r="H38" s="5"/>
       <c r="K38" s="5"/>
       <c r="N38" s="5"/>
       <c r="Q38" s="5"/>
     </row>
-    <row r="39" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:17">
       <c r="A39" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C39" s="7"/>
       <c r="E39" s="5"/>
       <c r="H39" s="5"/>
       <c r="K39" s="5"/>
       <c r="N39" s="5"/>
       <c r="Q39" s="5"/>
     </row>
-    <row r="40" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:17">
       <c r="A40" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B40" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C40" s="7"/>
       <c r="E40" s="5"/>
       <c r="H40" s="5"/>
       <c r="K40" s="5"/>
       <c r="N40" s="5"/>
       <c r="Q40" s="5"/>
     </row>
-    <row r="41" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:17">
       <c r="A41" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B41" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C41" s="7"/>
       <c r="E41" s="5"/>
       <c r="H41" s="5"/>
       <c r="K41" s="5"/>
       <c r="N41" s="5"/>
       <c r="Q41" s="5"/>
     </row>
-    <row r="42" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:17">
       <c r="A42" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B42" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C42" s="7"/>
       <c r="E42" s="5"/>
       <c r="H42" s="5"/>
       <c r="K42" s="5"/>
       <c r="N42" s="5"/>
       <c r="Q42" s="5"/>
     </row>
-    <row r="43" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:17">
       <c r="A43" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C43" s="7"/>
       <c r="E43" s="5"/>
       <c r="H43" s="5"/>
       <c r="K43" s="5"/>
       <c r="N43" s="5"/>
       <c r="Q43" s="5"/>
     </row>
-    <row r="44" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:17">
       <c r="A44" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C44" s="7"/>
       <c r="E44" s="5"/>
       <c r="H44" s="5"/>
       <c r="K44" s="5"/>
       <c r="N44" s="5"/>
       <c r="Q44" s="5"/>
     </row>
-    <row r="45" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:17">
       <c r="A45" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="13">
         <v>0.625</v>
       </c>
       <c r="C45" s="7"/>
       <c r="E45" s="5"/>
       <c r="H45" s="5"/>
       <c r="K45" s="5"/>
       <c r="N45" s="5"/>
       <c r="Q45" s="5"/>
     </row>
-    <row r="46" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:17">
       <c r="A46" s="12"/>
       <c r="B46" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C46" s="8"/>
       <c r="D46" s="1"/>
       <c r="E46" s="6"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="6"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="6"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="6"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="6"/>
     </row>
-    <row r="47" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:17">
       <c r="A47" s="11"/>
       <c r="B47" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C47" s="7"/>
       <c r="E47" s="5"/>
       <c r="H47" s="5"/>
       <c r="K47" s="5"/>
       <c r="N47" s="5"/>
       <c r="Q47" s="5"/>
     </row>
-    <row r="48" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:17">
       <c r="A48" s="11"/>
       <c r="B48" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C48" s="7"/>
       <c r="E48" s="5"/>
       <c r="H48" s="5"/>
       <c r="K48" s="5"/>
       <c r="N48" s="5"/>
       <c r="Q48" s="5"/>
     </row>
-    <row r="49" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:17">
       <c r="A49" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B49" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C49" s="7"/>
       <c r="E49" s="5"/>
       <c r="H49" s="5"/>
       <c r="K49" s="5"/>
       <c r="N49" s="5"/>
       <c r="Q49" s="5"/>
     </row>
-    <row r="50" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:17">
       <c r="A50" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B50" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C50" s="7"/>
       <c r="E50" s="5"/>
       <c r="H50" s="5"/>
       <c r="K50" s="5"/>
       <c r="N50" s="5"/>
       <c r="Q50" s="5"/>
     </row>
-    <row r="51" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:17">
       <c r="A51" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C51" s="7"/>
       <c r="E51" s="5"/>
       <c r="H51" s="5"/>
       <c r="K51" s="5"/>
       <c r="N51" s="5"/>
       <c r="Q51" s="5"/>
     </row>
-    <row r="52" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:17">
       <c r="A52" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C52" s="7"/>
       <c r="E52" s="5"/>
       <c r="H52" s="5"/>
       <c r="K52" s="5"/>
       <c r="N52" s="5"/>
       <c r="Q52" s="5"/>
     </row>
-    <row r="53" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:17">
       <c r="A53" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C53" s="7"/>
       <c r="E53" s="5"/>
       <c r="H53" s="5"/>
       <c r="K53" s="5"/>
       <c r="N53" s="5"/>
       <c r="Q53" s="5"/>
     </row>
-    <row r="54" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:17">
       <c r="A54" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B54" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C54" s="7"/>
       <c r="E54" s="5"/>
       <c r="H54" s="5"/>
       <c r="K54" s="5"/>
       <c r="N54" s="5"/>
       <c r="Q54" s="5"/>
     </row>
-    <row r="55" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:17">
       <c r="A55" s="11"/>
       <c r="B55" s="13">
         <v>0.625</v>
       </c>
       <c r="C55" s="7"/>
       <c r="E55" s="5"/>
       <c r="H55" s="5"/>
       <c r="K55" s="5"/>
       <c r="N55" s="5"/>
       <c r="Q55" s="5"/>
     </row>
-    <row r="56" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:17">
       <c r="A56" s="12"/>
       <c r="B56" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C56" s="8"/>
       <c r="D56" s="1"/>
       <c r="E56" s="6"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="6"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="6"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="6"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="6"/>
     </row>
-    <row r="57" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:17">
       <c r="K57" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="62" spans="1:17" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
-    <row r="63" spans="1:17" ht="14.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:17" ht="13.5" thickBot="1"/>
+    <row r="63" spans="1:17" ht="14.25" thickTop="1" thickBot="1">
       <c r="A63" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B63" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="9">
         <v>6</v>
       </c>
       <c r="E63" s="4"/>
       <c r="F63" s="3"/>
       <c r="G63" s="9">
         <v>7</v>
       </c>
       <c r="H63" s="4"/>
       <c r="I63" s="3"/>
       <c r="J63" s="9">
         <v>8</v>
       </c>
       <c r="K63" s="4"/>
       <c r="L63" s="3"/>
       <c r="M63" s="9">
         <v>9</v>
       </c>
       <c r="N63" s="4"/>
       <c r="O63" s="3"/>
       <c r="P63" s="9">
         <v>10</v>
       </c>
       <c r="Q63" s="4"/>
     </row>
-    <row r="64" spans="1:17" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:17" ht="13.5" thickTop="1">
       <c r="A64" s="11"/>
       <c r="B64" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C64" s="7"/>
       <c r="E64" s="5"/>
       <c r="H64" s="5"/>
       <c r="K64" s="5"/>
       <c r="N64" s="5"/>
       <c r="Q64" s="5"/>
     </row>
-    <row r="65" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:17">
       <c r="A65" s="11"/>
       <c r="B65" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C65" s="7"/>
       <c r="E65" s="5"/>
       <c r="H65" s="5"/>
       <c r="K65" s="5"/>
       <c r="N65" s="5"/>
       <c r="Q65" s="5"/>
     </row>
-    <row r="66" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:17">
       <c r="A66" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B66" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C66" s="7"/>
       <c r="E66" s="5"/>
       <c r="H66" s="5"/>
       <c r="K66" s="5"/>
       <c r="N66" s="5"/>
       <c r="Q66" s="5"/>
     </row>
-    <row r="67" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:17">
       <c r="A67" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B67" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C67" s="7"/>
       <c r="E67" s="5"/>
       <c r="H67" s="5"/>
       <c r="K67" s="5"/>
       <c r="N67" s="5"/>
       <c r="Q67" s="5"/>
     </row>
-    <row r="68" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:17">
       <c r="A68" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B68" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C68" s="7"/>
       <c r="E68" s="5"/>
       <c r="H68" s="5"/>
       <c r="K68" s="5"/>
       <c r="N68" s="5"/>
       <c r="Q68" s="5"/>
     </row>
-    <row r="69" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:17">
       <c r="A69" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B69" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C69" s="7"/>
       <c r="E69" s="5"/>
       <c r="H69" s="5"/>
       <c r="K69" s="5"/>
       <c r="N69" s="5"/>
       <c r="Q69" s="5"/>
     </row>
-    <row r="70" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:17">
       <c r="A70" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B70" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C70" s="7"/>
       <c r="E70" s="5"/>
       <c r="H70" s="5"/>
       <c r="K70" s="5"/>
       <c r="N70" s="5"/>
       <c r="Q70" s="5"/>
     </row>
-    <row r="71" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:17">
       <c r="A71" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B71" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C71" s="7"/>
       <c r="E71" s="5"/>
       <c r="H71" s="5"/>
       <c r="K71" s="5"/>
       <c r="N71" s="5"/>
       <c r="Q71" s="5"/>
     </row>
-    <row r="72" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:17">
       <c r="A72" s="11"/>
       <c r="B72" s="13">
         <v>0.625</v>
       </c>
       <c r="C72" s="7"/>
       <c r="E72" s="5"/>
       <c r="H72" s="5"/>
       <c r="K72" s="5"/>
       <c r="N72" s="5"/>
       <c r="Q72" s="5"/>
     </row>
-    <row r="73" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:17">
       <c r="A73" s="12"/>
       <c r="B73" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C73" s="8"/>
       <c r="D73" s="1"/>
       <c r="E73" s="6"/>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="6"/>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="6"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="6"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="6"/>
     </row>
-    <row r="74" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:17">
       <c r="A74" s="11"/>
       <c r="B74" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C74" s="7"/>
       <c r="E74" s="5"/>
       <c r="H74" s="5"/>
       <c r="K74" s="5"/>
       <c r="N74" s="5"/>
       <c r="Q74" s="5"/>
     </row>
-    <row r="75" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:17">
       <c r="A75" s="11"/>
       <c r="B75" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C75" s="7"/>
       <c r="E75" s="5"/>
       <c r="H75" s="5"/>
       <c r="K75" s="5"/>
       <c r="N75" s="5"/>
       <c r="Q75" s="5"/>
     </row>
-    <row r="76" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:17">
       <c r="A76" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B76" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C76" s="7"/>
       <c r="E76" s="5"/>
       <c r="H76" s="5"/>
       <c r="K76" s="5"/>
       <c r="N76" s="5"/>
       <c r="Q76" s="5"/>
     </row>
-    <row r="77" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:17">
       <c r="A77" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B77" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C77" s="7"/>
       <c r="E77" s="5"/>
       <c r="H77" s="5"/>
       <c r="K77" s="5"/>
       <c r="N77" s="5"/>
       <c r="Q77" s="5"/>
     </row>
-    <row r="78" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:17">
       <c r="A78" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B78" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C78" s="7"/>
       <c r="E78" s="5"/>
       <c r="H78" s="5"/>
       <c r="K78" s="5"/>
       <c r="N78" s="5"/>
       <c r="Q78" s="5"/>
     </row>
-    <row r="79" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:17">
       <c r="A79" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B79" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C79" s="7"/>
       <c r="E79" s="5"/>
       <c r="H79" s="5"/>
       <c r="K79" s="5"/>
       <c r="N79" s="5"/>
       <c r="Q79" s="5"/>
     </row>
-    <row r="80" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:17">
       <c r="A80" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B80" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C80" s="7"/>
       <c r="E80" s="5"/>
       <c r="H80" s="5"/>
       <c r="K80" s="5"/>
       <c r="N80" s="5"/>
       <c r="Q80" s="5"/>
     </row>
-    <row r="81" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:17">
       <c r="A81" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B81" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C81" s="7"/>
       <c r="E81" s="5"/>
       <c r="H81" s="5"/>
       <c r="K81" s="5"/>
       <c r="N81" s="5"/>
       <c r="Q81" s="5"/>
     </row>
-    <row r="82" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:17">
       <c r="A82" s="11"/>
       <c r="B82" s="13">
         <v>0.625</v>
       </c>
       <c r="C82" s="7"/>
       <c r="E82" s="5"/>
       <c r="H82" s="5"/>
       <c r="K82" s="5"/>
       <c r="N82" s="5"/>
       <c r="Q82" s="5"/>
     </row>
-    <row r="83" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:17">
       <c r="A83" s="12"/>
       <c r="B83" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C83" s="8"/>
       <c r="D83" s="1"/>
       <c r="E83" s="6"/>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="6"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="6"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="6"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="6"/>
     </row>
-    <row r="84" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:17">
       <c r="A84" s="11"/>
       <c r="B84" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C84" s="7"/>
       <c r="E84" s="5"/>
       <c r="H84" s="5"/>
       <c r="K84" s="5"/>
       <c r="N84" s="5"/>
       <c r="Q84" s="5"/>
     </row>
-    <row r="85" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:17">
       <c r="A85" s="11"/>
       <c r="B85" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C85" s="7"/>
       <c r="E85" s="5"/>
       <c r="H85" s="5"/>
       <c r="K85" s="5"/>
       <c r="N85" s="5"/>
       <c r="Q85" s="5"/>
     </row>
-    <row r="86" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:17">
       <c r="A86" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B86" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C86" s="7"/>
       <c r="E86" s="5"/>
       <c r="H86" s="5"/>
       <c r="K86" s="5"/>
       <c r="N86" s="5"/>
       <c r="Q86" s="5"/>
     </row>
-    <row r="87" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:17">
       <c r="A87" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B87" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C87" s="7"/>
       <c r="E87" s="5"/>
       <c r="H87" s="5"/>
       <c r="K87" s="5"/>
       <c r="N87" s="5"/>
       <c r="Q87" s="5"/>
     </row>
-    <row r="88" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:17">
       <c r="A88" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B88" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C88" s="7"/>
       <c r="E88" s="5"/>
       <c r="H88" s="5"/>
       <c r="K88" s="5"/>
       <c r="N88" s="5"/>
       <c r="Q88" s="5"/>
     </row>
-    <row r="89" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:17">
       <c r="A89" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B89" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C89" s="7"/>
       <c r="E89" s="5"/>
       <c r="H89" s="5"/>
       <c r="K89" s="5"/>
       <c r="N89" s="5"/>
       <c r="Q89" s="5"/>
     </row>
-    <row r="90" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:17">
       <c r="A90" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B90" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C90" s="7"/>
       <c r="E90" s="5"/>
       <c r="H90" s="5"/>
       <c r="K90" s="5"/>
       <c r="N90" s="5"/>
       <c r="Q90" s="5"/>
     </row>
-    <row r="91" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:17">
       <c r="A91" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B91" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C91" s="7"/>
       <c r="E91" s="5"/>
       <c r="H91" s="5"/>
       <c r="K91" s="5"/>
       <c r="N91" s="5"/>
       <c r="Q91" s="5"/>
     </row>
-    <row r="92" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:17">
       <c r="A92" s="11"/>
       <c r="B92" s="13">
         <v>0.625</v>
       </c>
       <c r="C92" s="7"/>
       <c r="E92" s="5"/>
       <c r="H92" s="5"/>
       <c r="K92" s="5"/>
       <c r="N92" s="5"/>
       <c r="Q92" s="5"/>
     </row>
-    <row r="93" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:17">
       <c r="A93" s="12"/>
       <c r="B93" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C93" s="8"/>
       <c r="D93" s="1"/>
       <c r="E93" s="6"/>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="6"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="6"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="6"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="6"/>
     </row>
-    <row r="94" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:17">
       <c r="A94" s="11"/>
       <c r="B94" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C94" s="7"/>
       <c r="E94" s="5"/>
       <c r="H94" s="5"/>
       <c r="K94" s="5"/>
       <c r="N94" s="5"/>
       <c r="Q94" s="5"/>
     </row>
-    <row r="95" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:17">
       <c r="A95" s="11"/>
       <c r="B95" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C95" s="7"/>
       <c r="E95" s="5"/>
       <c r="H95" s="5"/>
       <c r="K95" s="5"/>
       <c r="N95" s="5"/>
       <c r="Q95" s="5"/>
     </row>
-    <row r="96" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:17">
       <c r="A96" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B96" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C96" s="7"/>
       <c r="E96" s="5"/>
       <c r="H96" s="5"/>
       <c r="K96" s="5"/>
       <c r="N96" s="5"/>
       <c r="Q96" s="5"/>
     </row>
-    <row r="97" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:17">
       <c r="A97" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B97" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C97" s="7"/>
       <c r="E97" s="5"/>
       <c r="H97" s="5"/>
       <c r="K97" s="5"/>
       <c r="N97" s="5"/>
       <c r="Q97" s="5"/>
     </row>
-    <row r="98" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:17">
       <c r="A98" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B98" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C98" s="7"/>
       <c r="E98" s="5"/>
       <c r="H98" s="5"/>
       <c r="K98" s="5"/>
       <c r="N98" s="5"/>
       <c r="Q98" s="5"/>
     </row>
-    <row r="99" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="99" spans="1:17">
       <c r="A99" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C99" s="7"/>
       <c r="E99" s="5"/>
       <c r="H99" s="5"/>
       <c r="K99" s="5"/>
       <c r="N99" s="5"/>
       <c r="Q99" s="5"/>
     </row>
-    <row r="100" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:17">
       <c r="A100" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B100" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C100" s="7"/>
       <c r="E100" s="5"/>
       <c r="H100" s="5"/>
       <c r="K100" s="5"/>
       <c r="N100" s="5"/>
       <c r="Q100" s="5"/>
     </row>
-    <row r="101" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:17">
       <c r="A101" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B101" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C101" s="7"/>
       <c r="E101" s="5"/>
       <c r="H101" s="5"/>
       <c r="K101" s="5"/>
       <c r="N101" s="5"/>
       <c r="Q101" s="5"/>
     </row>
-    <row r="102" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:17">
       <c r="A102" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B102" s="13">
         <v>0.625</v>
       </c>
       <c r="C102" s="7"/>
       <c r="E102" s="5"/>
       <c r="H102" s="5"/>
       <c r="K102" s="5"/>
       <c r="N102" s="5"/>
       <c r="Q102" s="5"/>
     </row>
-    <row r="103" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:17">
       <c r="A103" s="12"/>
       <c r="B103" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C103" s="8"/>
       <c r="D103" s="1"/>
       <c r="E103" s="6"/>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="6"/>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="6"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="6"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="6"/>
     </row>
-    <row r="104" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:17">
       <c r="A104" s="11"/>
       <c r="B104" s="13">
         <v>0.34722222222222227</v>
       </c>
       <c r="C104" s="7"/>
       <c r="E104" s="5"/>
       <c r="H104" s="5"/>
       <c r="K104" s="5"/>
       <c r="N104" s="5"/>
       <c r="Q104" s="5"/>
     </row>
-    <row r="105" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:17">
       <c r="A105" s="11"/>
       <c r="B105" s="13">
         <v>0.38194444444444442</v>
       </c>
       <c r="C105" s="7"/>
       <c r="E105" s="5"/>
       <c r="H105" s="5"/>
       <c r="K105" s="5"/>
       <c r="N105" s="5"/>
       <c r="Q105" s="5"/>
     </row>
-    <row r="106" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="106" spans="1:17">
       <c r="A106" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B106" s="13">
         <v>0.41666666666666669</v>
       </c>
       <c r="C106" s="7"/>
       <c r="E106" s="5"/>
       <c r="H106" s="5"/>
       <c r="K106" s="5"/>
       <c r="N106" s="5"/>
       <c r="Q106" s="5"/>
     </row>
-    <row r="107" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="107" spans="1:17">
       <c r="A107" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B107" s="13">
         <v>0.4513888888888889</v>
       </c>
       <c r="C107" s="7"/>
       <c r="E107" s="5"/>
       <c r="H107" s="5"/>
       <c r="K107" s="5"/>
       <c r="N107" s="5"/>
       <c r="Q107" s="5"/>
     </row>
-    <row r="108" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="108" spans="1:17">
       <c r="A108" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B108" s="13">
         <v>0.4861111111111111</v>
       </c>
       <c r="C108" s="7"/>
       <c r="E108" s="5"/>
       <c r="H108" s="5"/>
       <c r="K108" s="5"/>
       <c r="N108" s="5"/>
       <c r="Q108" s="5"/>
     </row>
-    <row r="109" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:17">
       <c r="A109" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B109" s="13">
         <v>0.52083333333333337</v>
       </c>
       <c r="C109" s="7"/>
       <c r="E109" s="5"/>
       <c r="H109" s="5"/>
       <c r="K109" s="5"/>
       <c r="N109" s="5"/>
       <c r="Q109" s="5"/>
     </row>
-    <row r="110" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="110" spans="1:17">
       <c r="A110" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B110" s="13">
         <v>0.55555555555555558</v>
       </c>
       <c r="C110" s="7"/>
       <c r="E110" s="5"/>
       <c r="H110" s="5"/>
       <c r="K110" s="5"/>
       <c r="N110" s="5"/>
       <c r="Q110" s="5"/>
     </row>
-    <row r="111" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:17">
       <c r="A111" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B111" s="13">
         <v>0.59027777777777779</v>
       </c>
       <c r="C111" s="7"/>
       <c r="E111" s="5"/>
       <c r="H111" s="5"/>
       <c r="K111" s="5"/>
       <c r="N111" s="5"/>
       <c r="Q111" s="5"/>
     </row>
-    <row r="112" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:17">
       <c r="A112" s="11"/>
       <c r="B112" s="13">
         <v>0.625</v>
       </c>
       <c r="C112" s="7"/>
       <c r="E112" s="5"/>
       <c r="H112" s="5"/>
       <c r="K112" s="5"/>
       <c r="N112" s="5"/>
       <c r="Q112" s="5"/>
     </row>
-    <row r="113" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="113" spans="1:17">
       <c r="A113" s="12"/>
       <c r="B113" s="14">
         <v>0.65972222222222221</v>
       </c>
       <c r="C113" s="8"/>
       <c r="D113" s="1"/>
       <c r="E113" s="6"/>
       <c r="F113" s="1"/>
       <c r="G113" s="1"/>
       <c r="H113" s="6"/>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="6"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="6"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="6"/>
     </row>
-    <row r="114" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:17">
       <c r="K114" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:V32"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A33" sqref="A33"/>
+    <sheetView tabSelected="1" topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I39" sqref="I39"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="16" customWidth="1"/>
     <col min="2" max="5" width="6.28515625" style="16" customWidth="1"/>
     <col min="6" max="6" width="11.85546875" style="16" customWidth="1"/>
     <col min="7" max="14" width="6.28515625" style="16" customWidth="1"/>
     <col min="15" max="15" width="7.85546875" style="16" customWidth="1"/>
     <col min="16" max="16" width="6" style="16" customWidth="1"/>
     <col min="17" max="19" width="6.28515625" style="16" customWidth="1"/>
     <col min="20" max="20" width="6.42578125" style="16" customWidth="1"/>
     <col min="21" max="21" width="14.85546875" style="16" customWidth="1"/>
     <col min="22" max="22" width="6.28515625" style="16" customWidth="1"/>
     <col min="23" max="23" width="7.7109375" style="16" customWidth="1"/>
     <col min="24" max="24" width="7.140625" style="16" customWidth="1"/>
     <col min="25" max="60" width="6.28515625" style="16" customWidth="1"/>
     <col min="61" max="61" width="6.7109375" style="16" customWidth="1"/>
     <col min="62" max="99" width="3.7109375" style="16" customWidth="1"/>
     <col min="100" max="16384" width="11.42578125" style="16"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:22" ht="12.75" customHeight="1">
       <c r="A2" s="16" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="3" spans="1:22" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:22" ht="18.75" customHeight="1">
       <c r="B3" s="22" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="22"/>
       <c r="D3" s="22"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="H3" s="22"/>
       <c r="I3" s="22"/>
       <c r="J3" s="22"/>
       <c r="K3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="23"/>
       <c r="P3" s="22"/>
       <c r="Q3" s="24" t="s">
         <v>22</v>
       </c>
       <c r="R3" s="22"/>
       <c r="S3" s="22"/>
       <c r="T3" s="22"/>
       <c r="U3" s="22"/>
       <c r="V3" s="22"/>
     </row>
-    <row r="4" spans="1:22" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:22" ht="18.75" customHeight="1">
       <c r="B4" s="16" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="22"/>
       <c r="D4" s="22"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="H4" s="22"/>
       <c r="I4" s="22"/>
       <c r="N4" s="25"/>
       <c r="P4" s="16" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="26"/>
       <c r="V4" s="22" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="5" spans="1:22" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:22" ht="24" customHeight="1">
       <c r="B5" s="16" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="6" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:22" ht="12.95" customHeight="1">
       <c r="A6" s="29" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="20"/>
       <c r="D6" s="20"/>
       <c r="E6" s="20"/>
       <c r="F6" s="20"/>
       <c r="G6" s="20" t="s">
         <v>28</v>
       </c>
       <c r="H6" s="20"/>
       <c r="I6" s="20"/>
       <c r="J6" s="20"/>
       <c r="K6" s="20"/>
       <c r="L6" s="19"/>
       <c r="M6" s="20"/>
       <c r="N6" s="20"/>
       <c r="O6" s="20" t="s">
         <v>29</v>
       </c>
       <c r="P6" s="20" t="s">
         <v>29</v>
       </c>
       <c r="Q6" s="20"/>
       <c r="R6" s="20"/>
       <c r="S6" s="20"/>
       <c r="T6" s="20"/>
       <c r="U6" s="21"/>
       <c r="V6" s="21" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="7" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:22" ht="15" customHeight="1">
       <c r="A7" s="18"/>
       <c r="B7" s="18"/>
       <c r="C7" s="18"/>
       <c r="D7" s="18"/>
       <c r="E7" s="18"/>
       <c r="F7" s="18"/>
       <c r="G7" s="18"/>
       <c r="H7" s="18"/>
       <c r="I7" s="18"/>
       <c r="J7" s="18"/>
       <c r="K7" s="18"/>
       <c r="L7" s="18"/>
       <c r="M7" s="18"/>
       <c r="N7" s="18"/>
       <c r="O7" s="18"/>
       <c r="P7" s="18"/>
       <c r="Q7" s="18"/>
       <c r="R7" s="18"/>
       <c r="S7" s="18"/>
       <c r="T7" s="18"/>
       <c r="U7" s="18"/>
     </row>
-    <row r="8" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:22" ht="12.95" customHeight="1">
       <c r="A8" s="18"/>
       <c r="B8" s="18"/>
       <c r="C8" s="18"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="18"/>
       <c r="G8" s="18"/>
       <c r="H8" s="18"/>
       <c r="I8" s="18"/>
       <c r="J8" s="18"/>
       <c r="K8" s="18"/>
       <c r="L8" s="18"/>
       <c r="M8" s="18"/>
       <c r="N8" s="18"/>
       <c r="O8" s="18"/>
       <c r="P8" s="18"/>
       <c r="Q8" s="18"/>
       <c r="R8" s="18"/>
       <c r="S8" s="18"/>
       <c r="T8" s="18"/>
       <c r="U8" s="18"/>
       <c r="V8" s="18"/>
     </row>
-    <row r="9" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:22" ht="12.95" customHeight="1">
       <c r="V9" s="18"/>
     </row>
-    <row r="11" spans="1:22" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:22" ht="19.5" customHeight="1" thickBot="1">
       <c r="B11" s="16" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="12" spans="1:22" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:22" ht="18.75" customHeight="1" thickBot="1">
       <c r="A12" s="27" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="35" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="36"/>
       <c r="D12" s="36"/>
       <c r="E12" s="36"/>
       <c r="F12" s="37"/>
       <c r="G12" s="35" t="s">
         <v>34</v>
       </c>
       <c r="H12" s="36"/>
       <c r="I12" s="36"/>
       <c r="J12" s="36"/>
       <c r="K12" s="36"/>
       <c r="L12" s="36"/>
       <c r="M12" s="36"/>
       <c r="N12" s="36"/>
       <c r="O12" s="37"/>
       <c r="P12" s="35" t="s">
         <v>35</v>
       </c>
       <c r="Q12" s="36"/>
       <c r="R12" s="36"/>
       <c r="S12" s="36"/>
       <c r="T12" s="36"/>
       <c r="U12" s="36"/>
       <c r="V12" s="37"/>
     </row>
-    <row r="13" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:22" ht="12.95" customHeight="1">
       <c r="A13" s="34" t="s">
         <v>36</v>
       </c>
       <c r="B13" s="38" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="39"/>
       <c r="D13" s="39"/>
       <c r="E13" s="39"/>
       <c r="F13" s="40"/>
       <c r="G13" s="38" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="39"/>
       <c r="I13" s="39"/>
       <c r="J13" s="39"/>
       <c r="K13" s="39"/>
       <c r="L13" s="39"/>
       <c r="M13" s="39"/>
       <c r="N13" s="39"/>
       <c r="O13" s="40"/>
       <c r="P13" s="38" t="s">
         <v>39</v>
       </c>
       <c r="Q13" s="39"/>
       <c r="R13" s="39"/>
       <c r="S13" s="39"/>
       <c r="T13" s="39"/>
       <c r="U13" s="39"/>
       <c r="V13" s="40"/>
     </row>
-    <row r="14" spans="1:22" ht="12.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:22" ht="12.95" customHeight="1" thickBot="1">
       <c r="A14" s="28"/>
       <c r="B14" s="41"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="43"/>
       <c r="G14" s="41"/>
       <c r="H14" s="42"/>
       <c r="I14" s="42"/>
       <c r="J14" s="42"/>
       <c r="K14" s="42"/>
       <c r="L14" s="42"/>
       <c r="M14" s="42"/>
       <c r="N14" s="42"/>
       <c r="O14" s="43"/>
       <c r="P14" s="41"/>
       <c r="Q14" s="42"/>
       <c r="R14" s="42"/>
       <c r="S14" s="42"/>
       <c r="T14" s="42"/>
       <c r="U14" s="42"/>
       <c r="V14" s="43"/>
     </row>
-    <row r="15" spans="1:22" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:22" ht="37.5" customHeight="1" thickBot="1">
       <c r="A15" s="16" t="s">
         <v>40</v>
       </c>
       <c r="S15" s="18"/>
       <c r="T15" s="18"/>
       <c r="U15" s="18"/>
     </row>
-    <row r="16" spans="1:22" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:22" ht="20.25" customHeight="1" thickBot="1">
       <c r="A16" s="29" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="35" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="36"/>
       <c r="D16" s="36"/>
       <c r="E16" s="36"/>
       <c r="F16" s="37"/>
       <c r="G16" s="31" t="s">
         <v>41</v>
       </c>
       <c r="H16" s="32"/>
       <c r="I16" s="32"/>
       <c r="J16" s="32"/>
       <c r="K16" s="33"/>
       <c r="L16" s="31"/>
       <c r="M16" s="32"/>
       <c r="N16" s="32"/>
       <c r="O16" s="32"/>
       <c r="P16" s="35" t="s">
         <v>35</v>
       </c>
       <c r="Q16" s="36"/>
       <c r="R16" s="36"/>
       <c r="S16" s="36"/>
       <c r="T16" s="36"/>
       <c r="U16" s="36"/>
       <c r="V16" s="37"/>
     </row>
-    <row r="17" spans="1:22" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:22" ht="27" customHeight="1">
       <c r="A17" s="18" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="38" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="39"/>
       <c r="D17" s="39"/>
       <c r="E17" s="39"/>
       <c r="F17" s="40"/>
       <c r="G17" s="38" t="s">
         <v>43</v>
       </c>
       <c r="H17" s="39"/>
       <c r="I17" s="39"/>
       <c r="J17" s="39"/>
       <c r="K17" s="39"/>
       <c r="L17" s="39"/>
       <c r="M17" s="39"/>
       <c r="N17" s="39"/>
       <c r="O17" s="40"/>
       <c r="P17" s="38" t="s">
         <v>39</v>
       </c>
       <c r="Q17" s="39"/>
       <c r="R17" s="39"/>
       <c r="S17" s="39"/>
       <c r="T17" s="39"/>
       <c r="U17" s="39"/>
       <c r="V17" s="40"/>
     </row>
-    <row r="18" spans="1:22" ht="12.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:22" ht="12.95" customHeight="1" thickBot="1">
       <c r="A18" s="29"/>
       <c r="B18" s="41"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="43"/>
       <c r="G18" s="41"/>
       <c r="H18" s="42"/>
       <c r="I18" s="42"/>
       <c r="J18" s="42"/>
       <c r="K18" s="42"/>
       <c r="L18" s="42"/>
       <c r="M18" s="42"/>
       <c r="N18" s="42"/>
       <c r="O18" s="43"/>
       <c r="P18" s="41"/>
       <c r="Q18" s="42"/>
       <c r="R18" s="42"/>
       <c r="S18" s="42"/>
       <c r="T18" s="42"/>
       <c r="U18" s="42"/>
       <c r="V18" s="43"/>
     </row>
-    <row r="21" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:22" ht="12.75" customHeight="1">
       <c r="V21" s="17"/>
     </row>
-    <row r="22" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:22" ht="12.75" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>44</v>
       </c>
       <c r="S22" s="18"/>
       <c r="T22" s="18"/>
       <c r="U22" s="18"/>
     </row>
-    <row r="23" spans="1:22" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:22" ht="24" customHeight="1">
       <c r="A23" s="29" t="s">
         <v>45</v>
       </c>
       <c r="B23" s="44" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="45"/>
       <c r="D23" s="45"/>
       <c r="E23" s="45"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="45"/>
       <c r="I23" s="45"/>
       <c r="J23" s="45"/>
       <c r="K23" s="45"/>
       <c r="L23" s="45"/>
       <c r="M23" s="45"/>
       <c r="N23" s="45"/>
       <c r="O23" s="46"/>
       <c r="P23" s="35" t="s">
         <v>47</v>
       </c>
       <c r="Q23" s="36"/>
       <c r="R23" s="36"/>
       <c r="S23" s="36"/>
       <c r="T23" s="36"/>
       <c r="U23" s="36"/>
       <c r="V23" s="37"/>
     </row>
-    <row r="24" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:22" ht="12.75" customHeight="1">
       <c r="A24" s="18" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="B24" s="38" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="39"/>
       <c r="D24" s="39"/>
       <c r="E24" s="39"/>
       <c r="F24" s="39"/>
       <c r="G24" s="39"/>
       <c r="H24" s="39"/>
       <c r="I24" s="39"/>
       <c r="J24" s="39"/>
       <c r="K24" s="39"/>
       <c r="L24" s="39"/>
       <c r="M24" s="39"/>
       <c r="N24" s="39"/>
       <c r="O24" s="40"/>
       <c r="P24" s="38" t="s">
         <v>49</v>
       </c>
       <c r="Q24" s="39"/>
       <c r="R24" s="39"/>
       <c r="S24" s="39"/>
       <c r="T24" s="39"/>
       <c r="U24" s="39"/>
       <c r="V24" s="40"/>
     </row>
-    <row r="25" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:22" ht="12.75" customHeight="1">
       <c r="A25" s="29"/>
       <c r="B25" s="41"/>
       <c r="C25" s="42"/>
       <c r="D25" s="42"/>
       <c r="E25" s="42"/>
       <c r="F25" s="42"/>
       <c r="G25" s="42"/>
       <c r="H25" s="42"/>
       <c r="I25" s="42"/>
       <c r="J25" s="42"/>
       <c r="K25" s="42"/>
       <c r="L25" s="42"/>
       <c r="M25" s="42"/>
       <c r="N25" s="42"/>
       <c r="O25" s="43"/>
       <c r="P25" s="41"/>
       <c r="Q25" s="42"/>
       <c r="R25" s="42"/>
       <c r="S25" s="42"/>
       <c r="T25" s="42"/>
       <c r="U25" s="42"/>
       <c r="V25" s="43"/>
     </row>
-    <row r="29" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:22" ht="12.75" customHeight="1">
       <c r="A29" s="16" t="s">
         <v>50</v>
       </c>
       <c r="S29" s="18"/>
       <c r="T29" s="18"/>
       <c r="U29" s="18"/>
     </row>
-    <row r="30" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:22" ht="12.75" customHeight="1">
       <c r="A30" s="29" t="s">
         <v>45</v>
       </c>
       <c r="B30" s="35" t="s">
         <v>51</v>
       </c>
       <c r="C30" s="36"/>
       <c r="D30" s="36"/>
       <c r="E30" s="36"/>
       <c r="F30" s="36"/>
       <c r="G30" s="36"/>
       <c r="H30" s="36"/>
       <c r="I30" s="36"/>
       <c r="J30" s="36"/>
       <c r="K30" s="36"/>
       <c r="L30" s="36"/>
       <c r="M30" s="36"/>
       <c r="N30" s="36"/>
       <c r="O30" s="37"/>
       <c r="P30" s="35" t="s">
         <v>47</v>
       </c>
       <c r="Q30" s="36"/>
       <c r="R30" s="36"/>
       <c r="S30" s="36"/>
       <c r="T30" s="36"/>
       <c r="U30" s="36"/>
       <c r="V30" s="37"/>
     </row>
-    <row r="31" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:22" ht="12.75" customHeight="1">
       <c r="A31" s="18" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="B31" s="38" t="s">
         <v>52</v>
       </c>
       <c r="C31" s="39"/>
       <c r="D31" s="39"/>
       <c r="E31" s="39"/>
       <c r="F31" s="39"/>
       <c r="G31" s="39"/>
       <c r="H31" s="39"/>
       <c r="I31" s="39"/>
       <c r="J31" s="39"/>
       <c r="K31" s="39"/>
       <c r="L31" s="39"/>
       <c r="M31" s="39"/>
       <c r="N31" s="39"/>
       <c r="O31" s="40"/>
       <c r="P31" s="38" t="s">
         <v>49</v>
       </c>
       <c r="Q31" s="39"/>
       <c r="R31" s="39"/>
       <c r="S31" s="39"/>
       <c r="T31" s="39"/>
       <c r="U31" s="39"/>
       <c r="V31" s="40"/>
     </row>
-    <row r="32" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:22" ht="12.75" customHeight="1">
       <c r="A32" s="29"/>
       <c r="B32" s="41"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="42"/>
       <c r="I32" s="42"/>
       <c r="J32" s="42"/>
       <c r="K32" s="42"/>
       <c r="L32" s="42"/>
       <c r="M32" s="42"/>
       <c r="N32" s="42"/>
       <c r="O32" s="43"/>
       <c r="P32" s="41"/>
       <c r="Q32" s="42"/>
       <c r="R32" s="42"/>
       <c r="S32" s="42"/>
       <c r="T32" s="42"/>
       <c r="U32" s="42"/>
       <c r="V32" s="43"/>
     </row>
   </sheetData>
   <mergeCells count="19">
@@ -4155,194 +4151,194 @@
     <mergeCell ref="B13:F14"/>
     <mergeCell ref="P30:V30"/>
     <mergeCell ref="P31:V32"/>
     <mergeCell ref="B30:O30"/>
     <mergeCell ref="B31:O32"/>
     <mergeCell ref="P23:V23"/>
     <mergeCell ref="P24:V25"/>
     <mergeCell ref="B24:O25"/>
     <mergeCell ref="B23:O23"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.59" right="0.39000000000000007" top="0.2" bottom="0.2" header="0.2" footer="0.2"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="K18" sqref="K18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="256" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Sida &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101006B92E72A0AD644438883FFC3BD797788" ma:contentTypeVersion="13" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="971471d5784df5c857677ca6b3d8e8ad">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f0fbe950-8133-400a-a1da-41cbb0fb62f6" xmlns:ns3="b49f9cd3-2941-41b9-8edc-fe57b3914c1c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ae5afda29d9389b85c322cd3916c985d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101006B92E72A0AD644438883FFC3BD797788" ma:contentTypeVersion="13" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="f0aad85a54c1eb439aaa932e97988d64">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f0fbe950-8133-400a-a1da-41cbb0fb62f6" xmlns:ns3="b49f9cd3-2941-41b9-8edc-fe57b3914c1c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ee9c072c5c8a5eb2ded80e75d6082b33" ns2:_="" ns3:_="">
     <xsd:import namespace="f0fbe950-8133-400a-a1da-41cbb0fb62f6"/>
     <xsd:import namespace="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -4531,134 +4527,72 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="b49f9cd3-2941-41b9-8edc-fe57b3914c1c" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="f0fbe950-8133-400a-a1da-41cbb0fb62f6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC347FE4-D70A-449B-8EE1-FD1F051EF084}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC347FE4-D70A-449B-8EE1-FD1F051EF084}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E050E22C-D8BC-4C10-AE32-41A151CDC708}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD52426E-5B33-4A54-9117-C9DDB5B867F6}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A830E6B7-7A82-894D-9C0A-65029D9BF154}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A830E6B7-7A82-894D-9C0A-65029D9BF154}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...32 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ingela Norström</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006B92E72A0AD644438883FFC3BD797788</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>