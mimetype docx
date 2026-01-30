--- v0 (2025-12-16)
+++ v1 (2026-01-30)
@@ -167,51 +167,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Anmälan inför höstterminen 202</w:t>
             </w:r>
             <w:r w:rsidR="004119C6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F7CA04D" w14:textId="51AE01D2" w:rsidR="002878F0" w:rsidRPr="006A761E" w:rsidRDefault="002878F0" w:rsidP="00BE7937">
+          <w:p w14:paraId="2F7CA04D" w14:textId="7E6452A1" w:rsidR="002878F0" w:rsidRPr="006A761E" w:rsidRDefault="002878F0" w:rsidP="00BE7937">
             <w:pPr>
               <w:pStyle w:val="Brdtext"/>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Webbanmälan öppnar</w:t>
             </w:r>
             <w:r w:rsidRPr="001F1822">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
@@ -248,75 +248,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BD581F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
             <w:r w:rsidRPr="001F1822">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Sista anmälningsdag: </w:t>
             </w:r>
             <w:r w:rsidR="00BD581F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">16 mars </w:t>
-[...23 lines deleted...]
-              <w:t>2026</w:t>
+              <w:t>16 mars 2026</w:t>
             </w:r>
             <w:r w:rsidRPr="001F1822">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Sista kompletteringsdag: </w:t>
             </w:r>
             <w:r w:rsidR="00BD581F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7 </w:t>
             </w:r>
             <w:r w:rsidR="0057111E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a</w:t>
@@ -895,319 +871,319 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="7904"/>
       </w:tblGrid>
       <w:tr w:rsidR="0093620C" w14:paraId="18AC4660" w14:textId="77777777" w:rsidTr="00977E7F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FBFB9EC" w14:textId="3F182A6C" w:rsidR="0093620C" w:rsidRDefault="008C1DA1" w:rsidP="00A561FF">
+          <w:p w14:paraId="6FBFB9EC" w14:textId="3F182A6C" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-1192835659"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00742667">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mejlutskick</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="294C7711" w14:textId="40840C00" w:rsidR="0093620C" w:rsidRDefault="008C1DA1" w:rsidP="00A561FF">
+          <w:p w14:paraId="294C7711" w14:textId="40840C00" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="262650155"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0093620C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Via chef/kollega</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7580830A" w14:textId="0CB6E553" w:rsidR="0093620C" w:rsidRDefault="008C1DA1" w:rsidP="00A561FF">
+          <w:p w14:paraId="7580830A" w14:textId="0CB6E553" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-104265137"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0093620C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> CPF:s kurskatalog</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E301BDB" w14:textId="5202D293" w:rsidR="0093620C" w:rsidRDefault="008C1DA1" w:rsidP="00A561FF">
+          <w:p w14:paraId="5E301BDB" w14:textId="5202D293" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-922952980"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0093620C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> CPF:s nyhetsbrev</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76A978E5" w14:textId="0E1C21CC" w:rsidR="0093620C" w:rsidRDefault="008C1DA1" w:rsidP="00A561FF">
+          <w:p w14:paraId="76A978E5" w14:textId="0E1C21CC" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-137801534"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="008C1DA1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Via </w:t>
             </w:r>
             <w:r w:rsidR="00EA575D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Region Stockholms</w:t>
             </w:r>
             <w:r w:rsidR="00EA575D" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Insida</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E8FEF50" w14:textId="60E81A6D" w:rsidR="0093620C" w:rsidRDefault="008C1DA1" w:rsidP="00A561FF">
+          <w:p w14:paraId="5E8FEF50" w14:textId="60E81A6D" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="1818293074"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0093620C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Via Facebook </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52DCAF4C" w14:textId="30B7BD73" w:rsidR="0093620C" w:rsidRPr="00C24144" w:rsidRDefault="008C1DA1" w:rsidP="00A561FF">
+          <w:p w14:paraId="52DCAF4C" w14:textId="30B7BD73" w:rsidR="0093620C" w:rsidRPr="00C24144" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-304163689"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0093620C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Via KI:s hemsida</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="773DCB46" w14:textId="0E330A5D" w:rsidR="0093620C" w:rsidRDefault="008C1DA1" w:rsidP="00A561FF">
+          <w:p w14:paraId="773DCB46" w14:textId="0E330A5D" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="233054014"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0093620C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -8008,51 +7984,51 @@
       </w:pPr>
       <w:r w:rsidRPr="006A761E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Utbildning (bifoga kursintyg/betyg)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AFB08E6" w14:textId="1B91416A" w:rsidR="000615AE" w:rsidRPr="006A761E" w:rsidRDefault="000615AE" w:rsidP="00BF2102">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E873B87" w14:textId="5DA21899" w:rsidR="000615AE" w:rsidRPr="006A761E" w:rsidRDefault="008C1DA1" w:rsidP="006C6790">
+    <w:p w14:paraId="2E873B87" w14:textId="5DA21899" w:rsidR="000615AE" w:rsidRPr="006A761E" w:rsidRDefault="006F078B" w:rsidP="006C6790">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="541726008"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0003345C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
             </w:rPr>
@@ -10570,51 +10546,51 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9351"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
       <w:tr w:rsidR="00917AC0" w:rsidRPr="006A761E" w14:paraId="6989986B" w14:textId="77777777" w:rsidTr="00241313">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="78C9108C" w14:textId="77777777" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="00917AC0" w:rsidP="00A76B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="548CB33C" w14:textId="6DBBA55E" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="008C1DA1" w:rsidP="00A76B27">
+          <w:p w14:paraId="548CB33C" w14:textId="6DBBA55E" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="006F078B" w:rsidP="00A76B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="830334654"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB0669">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11038,51 +11014,51 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9351"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
       <w:tr w:rsidR="00917AC0" w:rsidRPr="006A761E" w14:paraId="4CCAB17F" w14:textId="77777777" w:rsidTr="004A6E07">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4F62795C" w14:textId="77777777" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="00917AC0" w:rsidP="00E85D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0FD6A228" w14:textId="30D75C47" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="008C1DA1" w:rsidP="00E85D4E">
+          <w:p w14:paraId="0FD6A228" w14:textId="30D75C47" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="006F078B" w:rsidP="00E85D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-244806563"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB0669">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11123,51 +11099,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="6AFED1FC" w14:textId="77777777" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="00917AC0" w:rsidP="00917AC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917AC0" w:rsidRPr="006A761E" w14:paraId="1C809558" w14:textId="77777777" w:rsidTr="00917AC0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17084635" w14:textId="77777777" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="00917AC0" w:rsidP="00E85D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="64C8B86E" w14:textId="140FA7D9" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="008C1DA1" w:rsidP="00E85D4E">
+          <w:p w14:paraId="64C8B86E" w14:textId="140FA7D9" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="006F078B" w:rsidP="00E85D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
                 <w:id w:val="671142414"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB0669">
                   <w:rPr>
@@ -11439,51 +11415,51 @@
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9351"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
       <w:tr w:rsidR="005A2838" w:rsidRPr="006A761E" w14:paraId="5C984E5F" w14:textId="77777777" w:rsidTr="005A2838">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0830D43C" w14:textId="77777777" w:rsidR="00740F84" w:rsidRPr="006A761E" w:rsidRDefault="00740F84" w:rsidP="00BF2102">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3CBE1F3C" w14:textId="23822D69" w:rsidR="005A2838" w:rsidRPr="005E1C1A" w:rsidRDefault="008C1DA1" w:rsidP="00BF2102">
+          <w:p w14:paraId="3CBE1F3C" w14:textId="23822D69" w:rsidR="005A2838" w:rsidRPr="005E1C1A" w:rsidRDefault="006F078B" w:rsidP="00BF2102">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-1034424452"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB0669">
                   <w:rPr>
@@ -11768,51 +11744,51 @@
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9351"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
       <w:tr w:rsidR="002D7874" w:rsidRPr="006A761E" w14:paraId="7ABF19A1" w14:textId="77777777" w:rsidTr="002D7874">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4106F109" w14:textId="77777777" w:rsidR="003949DD" w:rsidRPr="006A761E" w:rsidRDefault="003949DD" w:rsidP="003949DD">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="217E2375" w14:textId="18329C6B" w:rsidR="002D7874" w:rsidRPr="006A761E" w:rsidRDefault="008C1DA1" w:rsidP="003949DD">
+          <w:p w14:paraId="217E2375" w14:textId="18329C6B" w:rsidR="002D7874" w:rsidRPr="006A761E" w:rsidRDefault="006F078B" w:rsidP="003949DD">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="1684708350"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB0669">
                   <w:rPr>
@@ -16192,51 +16168,51 @@
   <w:num w:numId="5" w16cid:durableId="2114283592">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2025278774">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="821848501">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="6903805">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1503886888">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="744497057">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="nNzMO7/4+6bLbkn+zsV5GN41IEEAAwgroe5smyuOa0Hv5YZ8XWXYGf7dWWiUBng10tkK4oU1k1FFYPZdALDoQA==" w:salt="Xyw5k5hqFRyN+uMdcRlf9A=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="qJIzTaU93IdxXKFmgjn1H5o+czLbvEPGzqrsMDJtcP7V1Pu517G1LEZlgMOoofHLqzAjABatpHyF05RVX1Sw0Q==" w:salt="o6ngpDKdZwhkCfajZQcNJQ=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0068560C"/>
     <w:rsid w:val="0000751C"/>
@@ -16403,89 +16379,91 @@
     <w:rsid w:val="00646AAA"/>
     <w:rsid w:val="0064726A"/>
     <w:rsid w:val="006477C2"/>
     <w:rsid w:val="00652C51"/>
     <w:rsid w:val="006549C2"/>
     <w:rsid w:val="00655539"/>
     <w:rsid w:val="00656F89"/>
     <w:rsid w:val="00662CE5"/>
     <w:rsid w:val="00663BB9"/>
     <w:rsid w:val="006708E0"/>
     <w:rsid w:val="00675320"/>
     <w:rsid w:val="0068560C"/>
     <w:rsid w:val="00687707"/>
     <w:rsid w:val="00687AC7"/>
     <w:rsid w:val="006A761E"/>
     <w:rsid w:val="006B13B4"/>
     <w:rsid w:val="006B3AFB"/>
     <w:rsid w:val="006B58D3"/>
     <w:rsid w:val="006C6790"/>
     <w:rsid w:val="006C76EC"/>
     <w:rsid w:val="006D0B44"/>
     <w:rsid w:val="006D4E6D"/>
     <w:rsid w:val="006D7E71"/>
     <w:rsid w:val="006D7F5A"/>
     <w:rsid w:val="006E7421"/>
+    <w:rsid w:val="006F078B"/>
     <w:rsid w:val="006F203A"/>
     <w:rsid w:val="006F3ACA"/>
     <w:rsid w:val="0072014D"/>
     <w:rsid w:val="007211E4"/>
     <w:rsid w:val="00722A14"/>
     <w:rsid w:val="00740F84"/>
     <w:rsid w:val="00742667"/>
     <w:rsid w:val="0074480D"/>
     <w:rsid w:val="00756441"/>
     <w:rsid w:val="00774DE0"/>
     <w:rsid w:val="00777983"/>
     <w:rsid w:val="00780453"/>
     <w:rsid w:val="007944B9"/>
     <w:rsid w:val="00794B22"/>
     <w:rsid w:val="007A2337"/>
     <w:rsid w:val="007C21B5"/>
     <w:rsid w:val="007F48B5"/>
     <w:rsid w:val="00811B3C"/>
     <w:rsid w:val="00835E00"/>
     <w:rsid w:val="00840155"/>
     <w:rsid w:val="0084115D"/>
     <w:rsid w:val="00861963"/>
     <w:rsid w:val="00861BAC"/>
     <w:rsid w:val="00863E75"/>
     <w:rsid w:val="008665FD"/>
     <w:rsid w:val="008746BA"/>
     <w:rsid w:val="00875E64"/>
     <w:rsid w:val="008850D1"/>
     <w:rsid w:val="0088621E"/>
     <w:rsid w:val="008879B0"/>
     <w:rsid w:val="00890B9C"/>
     <w:rsid w:val="008A54D0"/>
     <w:rsid w:val="008A7454"/>
     <w:rsid w:val="008C1DA1"/>
     <w:rsid w:val="008C3F60"/>
     <w:rsid w:val="008D1DA7"/>
     <w:rsid w:val="008F3549"/>
     <w:rsid w:val="008F4AD6"/>
     <w:rsid w:val="00917AC0"/>
+    <w:rsid w:val="00920C93"/>
     <w:rsid w:val="00921672"/>
     <w:rsid w:val="00931F93"/>
     <w:rsid w:val="0093620C"/>
     <w:rsid w:val="009456B3"/>
     <w:rsid w:val="0095076D"/>
     <w:rsid w:val="009530E3"/>
     <w:rsid w:val="00977890"/>
     <w:rsid w:val="00977E7F"/>
     <w:rsid w:val="00980780"/>
     <w:rsid w:val="009A34F1"/>
     <w:rsid w:val="009A3E07"/>
     <w:rsid w:val="009A6FAE"/>
     <w:rsid w:val="009C6330"/>
     <w:rsid w:val="00A22C27"/>
     <w:rsid w:val="00A26416"/>
     <w:rsid w:val="00A37621"/>
     <w:rsid w:val="00A6403A"/>
     <w:rsid w:val="00A64473"/>
     <w:rsid w:val="00A76B27"/>
     <w:rsid w:val="00A83D68"/>
     <w:rsid w:val="00A95A2A"/>
     <w:rsid w:val="00A95B13"/>
     <w:rsid w:val="00AA05F0"/>
     <w:rsid w:val="00AB0669"/>
     <w:rsid w:val="00AB7496"/>
@@ -16495,50 +16473,51 @@
     <w:rsid w:val="00B2182D"/>
     <w:rsid w:val="00B225D5"/>
     <w:rsid w:val="00B33CEF"/>
     <w:rsid w:val="00B43D9E"/>
     <w:rsid w:val="00B54D52"/>
     <w:rsid w:val="00B71660"/>
     <w:rsid w:val="00B87EB4"/>
     <w:rsid w:val="00B903D9"/>
     <w:rsid w:val="00B910C1"/>
     <w:rsid w:val="00BA2A5A"/>
     <w:rsid w:val="00BA7B6C"/>
     <w:rsid w:val="00BB49E0"/>
     <w:rsid w:val="00BC183C"/>
     <w:rsid w:val="00BC3DB7"/>
     <w:rsid w:val="00BD3B23"/>
     <w:rsid w:val="00BD581F"/>
     <w:rsid w:val="00BE24D4"/>
     <w:rsid w:val="00BE336D"/>
     <w:rsid w:val="00BE4D18"/>
     <w:rsid w:val="00BE7937"/>
     <w:rsid w:val="00BF2102"/>
     <w:rsid w:val="00C15720"/>
     <w:rsid w:val="00C24144"/>
     <w:rsid w:val="00C3018F"/>
     <w:rsid w:val="00C34934"/>
+    <w:rsid w:val="00C54867"/>
     <w:rsid w:val="00C55D2A"/>
     <w:rsid w:val="00C617D8"/>
     <w:rsid w:val="00C65635"/>
     <w:rsid w:val="00C6593F"/>
     <w:rsid w:val="00C70B52"/>
     <w:rsid w:val="00C73DA7"/>
     <w:rsid w:val="00C803E7"/>
     <w:rsid w:val="00C80AA0"/>
     <w:rsid w:val="00C8221C"/>
     <w:rsid w:val="00CA7A22"/>
     <w:rsid w:val="00CB36CE"/>
     <w:rsid w:val="00CB6814"/>
     <w:rsid w:val="00CD380A"/>
     <w:rsid w:val="00CE3BE1"/>
     <w:rsid w:val="00CE62B3"/>
     <w:rsid w:val="00D1239E"/>
     <w:rsid w:val="00D23518"/>
     <w:rsid w:val="00D30EC4"/>
     <w:rsid w:val="00D368CA"/>
     <w:rsid w:val="00D478AA"/>
     <w:rsid w:val="00D660AF"/>
     <w:rsid w:val="00D71F76"/>
     <w:rsid w:val="00D803F4"/>
     <w:rsid w:val="00D814B4"/>
     <w:rsid w:val="00D82D99"/>
@@ -17658,60 +17637,60 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1180</Words>
-  <Characters>9255</Characters>
+  <Words>1179</Words>
+  <Characters>9251</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>77</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10415</CharactersWithSpaces>
+  <CharactersWithSpaces>10410</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Annette Stjernberg</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>74cf11cb-1b98-4631-8276-749f3b686c74</vt:lpwstr>
   </property>