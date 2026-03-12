--- v1 (2026-01-30)
+++ v2 (2026-03-12)
@@ -1,41 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="28501EEA" w14:textId="77777777" w:rsidR="002D3E15" w:rsidRDefault="002D3E15" w:rsidP="002D3E15">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -871,196 +876,196 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="7904"/>
       </w:tblGrid>
       <w:tr w:rsidR="0093620C" w14:paraId="18AC4660" w14:textId="77777777" w:rsidTr="00977E7F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FBFB9EC" w14:textId="3F182A6C" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
+          <w:p w14:paraId="6FBFB9EC" w14:textId="3841C0F0" w:rsidR="0093620C" w:rsidRDefault="00CE32EF" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-1192835659"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00742667">
+                <w:r w:rsidR="00E972BA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mejlutskick</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="294C7711" w14:textId="40840C00" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
+          <w:p w14:paraId="294C7711" w14:textId="4297C7C2" w:rsidR="0093620C" w:rsidRDefault="00CE32EF" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="262650155"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0093620C">
+                <w:r w:rsidR="00E972BA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Via chef/kollega</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7580830A" w14:textId="0CB6E553" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
+          <w:p w14:paraId="7580830A" w14:textId="4FA9E087" w:rsidR="0093620C" w:rsidRDefault="00CE32EF" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-104265137"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0093620C">
+                <w:r w:rsidR="00E972BA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> CPF:s kurskatalog</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E301BDB" w14:textId="5202D293" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
+          <w:p w14:paraId="5E301BDB" w14:textId="06906E37" w:rsidR="0093620C" w:rsidRDefault="00CE32EF" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-922952980"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0093620C">
+                <w:r w:rsidR="00ED1837">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> CPF:s nyhetsbrev</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76A978E5" w14:textId="0E1C21CC" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
+          <w:p w14:paraId="76A978E5" w14:textId="0E1C21CC" w:rsidR="0093620C" w:rsidRDefault="00CE32EF" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-137801534"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C1DA1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -1069,121 +1074,121 @@
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Via </w:t>
             </w:r>
             <w:r w:rsidR="00EA575D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Region Stockholms</w:t>
             </w:r>
             <w:r w:rsidR="00EA575D" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Insida</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E8FEF50" w14:textId="60E81A6D" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
+          <w:p w14:paraId="5E8FEF50" w14:textId="60E81A6D" w:rsidR="0093620C" w:rsidRDefault="00CE32EF" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="1818293074"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0093620C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Via Facebook </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52DCAF4C" w14:textId="30B7BD73" w:rsidR="0093620C" w:rsidRPr="00C24144" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
+          <w:p w14:paraId="52DCAF4C" w14:textId="30B7BD73" w:rsidR="0093620C" w:rsidRPr="00C24144" w:rsidRDefault="00CE32EF" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-304163689"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0093620C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0093620C" w:rsidRPr="00C24144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Via KI:s hemsida</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="773DCB46" w14:textId="0E330A5D" w:rsidR="0093620C" w:rsidRDefault="006F078B" w:rsidP="00A561FF">
+          <w:p w14:paraId="773DCB46" w14:textId="0E330A5D" w:rsidR="0093620C" w:rsidRDefault="00CE32EF" w:rsidP="00A561FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="233054014"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0093620C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -1269,51 +1274,51 @@
           </w:tcPr>
           <w:p w14:paraId="5170DF0C" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="00623F45" w:rsidRDefault="0047350F" w:rsidP="00FF6C13">
             <w:pPr>
               <w:spacing w:before="1" w:after="60" w:line="213" w:lineRule="auto"/>
               <w:ind w:right="130"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00623F45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Personnummer (åååå-mm-dd-xxxx)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkStart w:id="0" w:name="Text1"/>
-          <w:p w14:paraId="7229BF13" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="00FF6C13">
+          <w:p w14:paraId="7229BF13" w14:textId="1E7952AF" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="00FF6C13">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -1326,91 +1331,91 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="006A761E">
+            <w:r w:rsidR="00ED1837">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED1837">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED1837">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED1837">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED1837">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="1FA3A11E" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="0068560C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1426,51 +1431,51 @@
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3515FE4F" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="00623F45" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
             <w:pPr>
               <w:spacing w:line="213" w:lineRule="auto"/>
               <w:ind w:right="130"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00623F45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anmälningsnummer (finns på dina sidor på antagning.se)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27C9DA11" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
+          <w:p w14:paraId="27C9DA11" w14:textId="6FA3F7B8" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="005C2A62">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -1483,91 +1488,91 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="006A761E">
+            <w:r w:rsidR="00E972BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E972BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E972BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E972BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E972BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6368ACAD" w14:textId="77777777" w:rsidR="0047350F" w:rsidRPr="006A761E" w:rsidRDefault="0047350F" w:rsidP="0068560C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
@@ -3189,51 +3194,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="51A88C25">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Högskolep</w:t>
             </w:r>
             <w:r w:rsidR="00A64473" w:rsidRPr="51A88C25">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>oäng</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58D89A20" w14:textId="77777777" w:rsidR="00A64473" w:rsidRPr="006A761E" w:rsidRDefault="00A64473" w:rsidP="001D76E5">
+          <w:p w14:paraId="58D89A20" w14:textId="08D24F53" w:rsidR="00A64473" w:rsidRPr="006A761E" w:rsidRDefault="00A64473" w:rsidP="001D76E5">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -3246,157 +3251,145 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="006A761E">
+            <w:r w:rsidR="00AB7B66">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7B66">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7B66">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7B66">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7B66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="027AF570" w14:textId="36DB00CC" w:rsidR="00A64473" w:rsidRPr="006A761E" w:rsidRDefault="00A64473" w:rsidP="0068560C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7FABFA57" w14:textId="77777777" w:rsidR="00A64473" w:rsidRPr="008665FD" w:rsidRDefault="00A64473" w:rsidP="0068560C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008665FD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Avslutad år</w:t>
-[...10 lines deleted...]
-              <w:t>, månad</w:t>
+              <w:t>Avslutad år, månad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03AFC75B" w14:textId="77777777" w:rsidR="00A64473" w:rsidRPr="006A761E" w:rsidRDefault="00A64473" w:rsidP="001D76E5">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -3988,71 +3981,59 @@
           <w:p w14:paraId="1A74351F" w14:textId="77777777" w:rsidR="00A64473" w:rsidRPr="006A761E" w:rsidRDefault="00A64473" w:rsidP="0068560C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4929F0E1" w14:textId="77777777" w:rsidR="00A64473" w:rsidRPr="008665FD" w:rsidRDefault="00A64473" w:rsidP="002A5A97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008665FD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Avslutad år</w:t>
-[...10 lines deleted...]
-              <w:t>, månad</w:t>
+              <w:t>Avslutad år, månad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="690AC3AC" w14:textId="77777777" w:rsidR="00A64473" w:rsidRPr="006A761E" w:rsidRDefault="00A64473" w:rsidP="001D76E5">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -4164,51 +4145,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B77A5E9" w14:textId="77777777" w:rsidR="00A64473" w:rsidRPr="008665FD" w:rsidRDefault="00A64473" w:rsidP="0068560C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008665FD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bilaga nr</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58249E08" w14:textId="77777777" w:rsidR="00E94E7E" w:rsidRPr="006A761E" w:rsidRDefault="00E94E7E" w:rsidP="001D76E5">
+          <w:p w14:paraId="58249E08" w14:textId="6A4AABCB" w:rsidR="00E94E7E" w:rsidRPr="006A761E" w:rsidRDefault="00E94E7E" w:rsidP="001D76E5">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -4221,91 +4202,91 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="006A761E">
+            <w:r w:rsidR="0053080B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0053080B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0053080B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0053080B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0053080B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="72774DAD" w14:textId="44C6D8CA" w:rsidR="00E94E7E" w:rsidRPr="006A761E" w:rsidRDefault="00E94E7E" w:rsidP="0068560C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
@@ -4947,71 +4928,59 @@
           <w:p w14:paraId="1E75A122" w14:textId="77777777" w:rsidR="006477C2" w:rsidRPr="006A761E" w:rsidRDefault="006477C2" w:rsidP="0068560C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="71340A7B" w14:textId="77777777" w:rsidR="006477C2" w:rsidRPr="008665FD" w:rsidRDefault="006477C2" w:rsidP="006477C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008665FD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Avslutad år</w:t>
-[...10 lines deleted...]
-              <w:t>, månad</w:t>
+              <w:t>Avslutad år, månad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21B34A67" w14:textId="74830CD6" w:rsidR="006477C2" w:rsidRPr="006A761E" w:rsidRDefault="006477C2" w:rsidP="001D76E5">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -5114,51 +5083,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24101F75" w14:textId="77777777" w:rsidR="006477C2" w:rsidRPr="008665FD" w:rsidRDefault="006477C2" w:rsidP="0068560C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008665FD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bilaga nr</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1993978F" w14:textId="77777777" w:rsidR="00E94E7E" w:rsidRPr="006A761E" w:rsidRDefault="00E94E7E" w:rsidP="001D76E5">
+          <w:p w14:paraId="1993978F" w14:textId="2EAD2371" w:rsidR="00E94E7E" w:rsidRPr="006A761E" w:rsidRDefault="00E94E7E" w:rsidP="001D76E5">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -5171,91 +5140,91 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="006A761E">
+            <w:r w:rsidR="006F1E87">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F1E87">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F1E87">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F1E87">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F1E87">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="455E5C92" w14:textId="0FCF7033" w:rsidR="00E94E7E" w:rsidRPr="006A761E" w:rsidRDefault="00E94E7E" w:rsidP="0068560C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
@@ -5663,51 +5632,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C9C07B3" w14:textId="31376A88" w:rsidR="006C6790" w:rsidRPr="00416564" w:rsidRDefault="006C6790" w:rsidP="006C6790">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00416564">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bilaga nr</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68E04C78" w14:textId="77777777" w:rsidR="006C6790" w:rsidRPr="00416564" w:rsidRDefault="006C6790" w:rsidP="001D76E5">
+          <w:p w14:paraId="68E04C78" w14:textId="623AA8E1" w:rsidR="006C6790" w:rsidRPr="00416564" w:rsidRDefault="006C6790" w:rsidP="001D76E5">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00416564">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -5720,91 +5689,91 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00416564">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00416564">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00416564">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="00416564">
+            <w:r w:rsidR="006F1E87">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F1E87">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F1E87">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F1E87">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F1E87">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00416564">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="562397FE" w14:textId="77777777" w:rsidR="006C6790" w:rsidRPr="00416564" w:rsidRDefault="006C6790" w:rsidP="0068560C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
@@ -6475,51 +6444,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>inom ramen för tjänstgöringen</w:t>
       </w:r>
       <w:r w:rsidR="00B54D52">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="006A761E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Anställningen ska omräknas till helårsarbete.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06A9AE52" w14:textId="36912854" w:rsidR="002E227B" w:rsidRDefault="002E227B" w:rsidP="005143DC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="030229C8" w14:textId="32537FE6" w:rsidR="00977890" w:rsidRDefault="00D660AF" w:rsidP="51A88C25">
+    <w:p w14:paraId="030229C8" w14:textId="00A852F5" w:rsidR="00977890" w:rsidRDefault="00D660AF" w:rsidP="51A88C25">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>Omfattning</w:t>
       </w:r>
       <w:r w:rsidR="705A08C3" w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> av psykoterapeutiskt arbete</w:t>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
@@ -6542,263 +6511,367 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="51A88C25">
+      <w:r w:rsidR="00CE32EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="51A88C25">
+      <w:r w:rsidR="00CE32EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="51A88C25">
+      <w:r w:rsidR="00CE32EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="51A88C25">
+      <w:r w:rsidR="00CE32EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="51A88C25">
+      <w:r w:rsidR="00CE32EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00010EC1" w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0D0474" w14:textId="15053CAA" w:rsidR="0F7692D2" w:rsidRDefault="0F7692D2" w:rsidP="51A88C25">
+    <w:p w14:paraId="1B0D0474" w14:textId="7EF2B9E2" w:rsidR="0F7692D2" w:rsidRDefault="0F7692D2" w:rsidP="51A88C25">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Antal år: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk215474408"/>
-      <w:r w:rsidRPr="51A88C25">
+      <w:r w:rsidR="00AB7B66">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text15"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="Text15"/>
+      <w:r w:rsidR="00AB7B66">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="51A88C25">
+      <w:r w:rsidR="00AB7B66">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="51A88C25">
+      </w:r>
+      <w:r w:rsidR="00AB7B66">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="51A88C25">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7B66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="51A88C25">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F16335" w14:textId="69037E6E" w:rsidR="0F7692D2" w:rsidRDefault="0F7692D2" w:rsidP="51A88C25">
+    <w:p w14:paraId="24F16335" w14:textId="16ACF974" w:rsidR="0F7692D2" w:rsidRDefault="0F7692D2" w:rsidP="51A88C25">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Tillstyrkes, se </w:t>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bilaga nr  </w:t>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r w:rsidR="00AB7B66">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text16"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="Text16"/>
+      <w:r w:rsidR="00AB7B66">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r w:rsidR="00AB7B66">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      </w:r>
+      <w:r w:rsidR="00AB7B66">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7B66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="7C9B102B" w14:textId="4011EE9B" w:rsidR="51A88C25" w:rsidRDefault="51A88C25" w:rsidP="51A88C25">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37FBD383" w14:textId="06B12491" w:rsidR="51A88C25" w:rsidRDefault="51A88C25" w:rsidP="51A88C25">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47BD15AF" w14:textId="6FFAC233" w:rsidR="00CE3BE1" w:rsidRDefault="11264C4B" w:rsidP="51A88C25">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -6841,1140 +6914,1642 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>) efter genomgången grundläggande psykoterapiutbildning med inriktning kognitiv beteendeterapi, av handledare som är legitimerad psykoterapeut eller specialist i klinisk psykologi/psykoterapi eller motsvarande och eventuell handledarkompetens.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="569DDE80" w14:textId="77777777" w:rsidR="00E930D8" w:rsidRDefault="00E930D8" w:rsidP="51A88C25">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B021255" w14:textId="510C3D8D" w:rsidR="11264C4B" w:rsidRDefault="11264C4B" w:rsidP="51A88C25">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bilaga/bilagor där handledarens namn och titel framgår. Ange om det var individuell- eller grupphandledning, tidsperiod, antal timmar och frekvens. Ange även om handledaren har särskild utbildning i psykoterapihandledning samt med vilken inriktning handledarutbildningen gavs (ex. kognitiv beteendeterapi, kognitiv terapi </w:t>
-[...13 lines deleted...]
-        <w:t>).</w:t>
+        <w:t>Bilaga/bilagor där handledarens namn och titel framgår. Ange om det var individuell- eller grupphandledning, tidsperiod, antal timmar och frekvens. Ange även om handledaren har särskild utbildning i psykoterapihandledning samt med vilken inriktning handledarutbildningen gavs (ex. kognitiv beteendeterapi, kognitiv terapi etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C0537B4" w14:textId="7BA0D5E3" w:rsidR="51A88C25" w:rsidRDefault="51A88C25" w:rsidP="51A88C25">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="39888B9C" w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>Om du haft flera olika handledare, sammanställ information nedan för varje separat handledare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AF46FAF" w14:textId="6ED4B2F6" w:rsidR="51A88C25" w:rsidRDefault="51A88C25" w:rsidP="51A88C25">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="612904E1" w14:textId="0DBAAC80" w:rsidR="11264C4B" w:rsidRDefault="11264C4B" w:rsidP="00DB28D8">
+    <w:p w14:paraId="6061919E" w14:textId="488ABD88" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Handledarens kompetens </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:t xml:space="preserve">Handledarens kompetens (leg psykoterapeut, specialist, handledarutbildad:  </w:t>
+      </w:r>
+      <w:r w:rsidR="0053080B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text11"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="Text11"/>
+      <w:r w:rsidR="0053080B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r w:rsidR="0053080B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      </w:r>
+      <w:r w:rsidR="0053080B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E972BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E972BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E972BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E972BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E972BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0053080B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:id w:val="139547083"/>
+          <w:placeholder>
+            <w:docPart w:val="742ADA0996F245A4B21B0DDFF512990F"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:bookmarkStart w:id="4" w:name="Text2"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin">
+              <w:ffData>
+                <w:name w:val="Text2"/>
+                <w:enabled/>
+                <w:calcOnExit w:val="0"/>
+                <w:textInput/>
+              </w:ffData>
+            </w:fldChar>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+            </w:rPr>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:bookmarkEnd w:id="4"/>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="3999E66A" w14:textId="02C97545" w:rsidR="2DCAE850" w:rsidRDefault="2DCAE850" w:rsidP="00DB28D8">
+    <w:p w14:paraId="1A1C41BA" w14:textId="2FD70EEF" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Antal </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="006B3AFB">
+        <w:t>Antal timmar handledning i gru</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="37D6373E" w:rsidRPr="51A88C25">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="51A88C25">
+        <w:t xml:space="preserve">p om max 4 deltagare: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text3"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="Text3"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="51A88C25">
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E972BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="51A88C25">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E972BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E972BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E972BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E972BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="51A88C25">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="225B00DD" w14:textId="77777777" w:rsidR="009A6FAE" w:rsidRDefault="2DCAE850" w:rsidP="009A6FAE">
+    <w:p w14:paraId="4912428E" w14:textId="77777777" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>Tillstyrkes,</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> med intyg</w:t>
+        <w:t xml:space="preserve">Tillstyrkes, med intyg där antal timmar, gruppstorlek, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A6FAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">handledarens </w:t>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">kompetens och inriktning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B532B9E" w14:textId="5EAF40DC" w:rsidR="2DCAE850" w:rsidRPr="009A6FAE" w:rsidRDefault="2DCAE850" w:rsidP="009A6FAE">
+    <w:p w14:paraId="5C900E16" w14:textId="5DCF61BD" w:rsidR="003E3579" w:rsidRPr="009A6FAE" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bilaga nr  </w:t>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="Text5"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="4AC1F498" w14:textId="4011EE9B" w:rsidR="51A88C25" w:rsidRDefault="51A88C25" w:rsidP="51A88C25">
+    <w:p w14:paraId="1D794D4B" w14:textId="77777777" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01C0AF51" w14:textId="690E8488" w:rsidR="4184AD58" w:rsidRDefault="4184AD58" w:rsidP="00DB28D8">
+    <w:p w14:paraId="5196EDEB" w14:textId="44627758" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Handledarens kompetens (leg psykoterapeut, specialist, handledarutbildad:  </w:t>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="Text4"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="58AC70F4" w14:textId="52203EC7" w:rsidR="4184AD58" w:rsidRDefault="4184AD58" w:rsidP="006B3AFB">
+    <w:p w14:paraId="263228A3" w14:textId="7E3284E7" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Antal timmar handledning i gru</w:t>
       </w:r>
-      <w:r w:rsidR="006B3AFB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">p om max 4 deltagare: </w:t>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text6"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="Text6"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="248FC872" w14:textId="77777777" w:rsidR="009A6FAE" w:rsidRDefault="4184AD58" w:rsidP="009A6FAE">
+    <w:p w14:paraId="6D4DCE01" w14:textId="77777777" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Tillstyrkes, med intyg där antal timmar, gruppstorlek, </w:t>
       </w:r>
-      <w:r w:rsidR="6920EB7B" w:rsidRPr="009A6FAE">
+      <w:r w:rsidRPr="009A6FAE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">handledarens </w:t>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>kompetens och inriktning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6505012C" w14:textId="3B097204" w:rsidR="4184AD58" w:rsidRPr="009A6FAE" w:rsidRDefault="4184AD58" w:rsidP="009A6FAE">
+    <w:p w14:paraId="5CE4DF91" w14:textId="4FFFFACE" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>se</w:t>
       </w:r>
-      <w:r w:rsidR="009A6FAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bilaga nr  </w:t>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text7"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="Text7"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="64DA72A8" w14:textId="4011EE9B" w:rsidR="51A88C25" w:rsidRDefault="51A88C25" w:rsidP="51A88C25">
+    <w:p w14:paraId="5361AA65" w14:textId="77777777" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D65F2C9" w14:textId="715FFBCA" w:rsidR="51A88C25" w:rsidRDefault="51A88C25" w:rsidP="51A88C25">
+    <w:p w14:paraId="64D2D408" w14:textId="77777777" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FD35962" w14:textId="54E87FFC" w:rsidR="4184AD58" w:rsidRDefault="4184AD58" w:rsidP="00DB28D8">
+    <w:p w14:paraId="071D33F7" w14:textId="0C9F32F0" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Handledarens kompetens (leg psykoterapeut, specialist, handledarutbildad:  </w:t>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text8"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="Text8"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="34ABADB9" w14:textId="23E9C56D" w:rsidR="4184AD58" w:rsidRDefault="4184AD58" w:rsidP="006B3AFB">
+    <w:p w14:paraId="065F4447" w14:textId="0B0D5684" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>Antal timmar handledning i gru</w:t>
       </w:r>
-      <w:r w:rsidR="006B3AFB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">p om max 4 deltagare: </w:t>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="Text9"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0053080B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0053080B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0053080B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0053080B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0053080B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="450B87FD" w14:textId="77777777" w:rsidR="0014787B" w:rsidRDefault="4184AD58" w:rsidP="006B3AFB">
+    <w:p w14:paraId="0FCB1E74" w14:textId="77777777" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tillstyrkes, med intyg där antal timmar, gruppstorlek, </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">kompetens och inriktning </w:t>
+        <w:t xml:space="preserve">Tillstyrkes, med intyg där antal timmar, gruppstorlek, handledarens kompetens och inriktning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A58B0F8" w14:textId="569C4B8F" w:rsidR="4184AD58" w:rsidRDefault="4184AD58" w:rsidP="006B3AFB">
+    <w:p w14:paraId="7E5C06A1" w14:textId="7775C3F1" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bilaga nr  </w:t>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="Text10"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00A349F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A349F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A349F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A349F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A349F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="4938B8D5" w14:textId="4011EE9B" w:rsidR="51A88C25" w:rsidRDefault="51A88C25" w:rsidP="51A88C25">
+    <w:p w14:paraId="2B773B10" w14:textId="77777777" w:rsidR="003E3579" w:rsidRDefault="003E3579" w:rsidP="003E3579"/>
+    <w:p w14:paraId="5CF4814C" w14:textId="77777777" w:rsidR="00977890" w:rsidRPr="006A761E" w:rsidRDefault="00977890" w:rsidP="00977890">
       <w:pPr>
-        <w:spacing w:before="60"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EC0B07D" w14:textId="715FFBCA" w:rsidR="51A88C25" w:rsidRDefault="51A88C25" w:rsidP="51A88C25">
-[...7 lines deleted...]
-    <w:p w14:paraId="7EB09858" w14:textId="59E32EB8" w:rsidR="4184AD58" w:rsidRDefault="4184AD58" w:rsidP="00DB28D8">
+    <w:p w14:paraId="5DFE5566" w14:textId="3D169981" w:rsidR="006F1E87" w:rsidRDefault="006F1E87" w:rsidP="006F1E87">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Handledarens kompetens (leg psykoterapeut, specialist, handledarutbildad:  </w:t>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+    </w:p>
+    <w:p w14:paraId="011F03AC" w14:textId="46F4B766" w:rsidR="006F1E87" w:rsidRDefault="006F1E87" w:rsidP="006F1E87">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="51A88C25">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Antal timmar handledning i gru</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="51A88C25">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">p om max 4 deltagare: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A349F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text12"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="Text12"/>
+      <w:r w:rsidR="00A349F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r w:rsidR="00A349F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      </w:r>
+      <w:r w:rsidR="00A349F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00366FC2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
-[...28 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00366FC2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00366FC2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00366FC2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00366FC2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A349F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="758121B9" w14:textId="77777777" w:rsidR="0014787B" w:rsidRDefault="4184AD58" w:rsidP="00DB28D8">
+    <w:p w14:paraId="1DDC9A41" w14:textId="77777777" w:rsidR="006F1E87" w:rsidRDefault="006F1E87" w:rsidP="006F1E87">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tillstyrkes, med intyg där antal timmar, gruppstorlek, </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">kompetens och inriktning </w:t>
+        <w:t xml:space="preserve">Tillstyrkes, med intyg där antal timmar, gruppstorlek, handledarens kompetens och inriktning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07FD6B7D" w14:textId="666CC2FC" w:rsidR="4184AD58" w:rsidRDefault="4184AD58" w:rsidP="00DB28D8">
+    <w:p w14:paraId="33166F01" w14:textId="79A9DA78" w:rsidR="006F1E87" w:rsidRDefault="006F1E87" w:rsidP="006F1E87">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidRPr="51A88C25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bilaga nr  </w:t>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r w:rsidR="00A349F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text13"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="Text13"/>
+      <w:r w:rsidR="00A349F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      <w:r w:rsidR="00A349F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+      </w:r>
+      <w:r w:rsidR="00A349F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB28D8" w:rsidRPr="51A88C25">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE32EF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A349F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="51705F10" w14:textId="5EFBD8D4" w:rsidR="00D368CA" w:rsidRPr="006A761E" w:rsidRDefault="00D368CA" w:rsidP="00BF2102">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="750C3CF4" w14:textId="216ADDEE" w:rsidR="00D368CA" w:rsidRPr="006A761E" w:rsidRDefault="00D368CA" w:rsidP="00BF2102">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05A4905D" w14:textId="54D16237" w:rsidR="00D368CA" w:rsidRPr="00366799" w:rsidRDefault="00D368CA" w:rsidP="00366799">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -7984,51 +8559,51 @@
       </w:pPr>
       <w:r w:rsidRPr="006A761E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Utbildning (bifoga kursintyg/betyg)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AFB08E6" w14:textId="1B91416A" w:rsidR="000615AE" w:rsidRPr="006A761E" w:rsidRDefault="000615AE" w:rsidP="00BF2102">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E873B87" w14:textId="5DA21899" w:rsidR="000615AE" w:rsidRPr="006A761E" w:rsidRDefault="006F078B" w:rsidP="006C6790">
+    <w:p w14:paraId="2E873B87" w14:textId="5DA21899" w:rsidR="000615AE" w:rsidRPr="006A761E" w:rsidRDefault="00CE32EF" w:rsidP="006C6790">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="541726008"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0003345C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
             </w:rPr>
@@ -8121,51 +8696,218 @@
             <w:tcW w:w="6091" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49BE4199" w14:textId="77777777" w:rsidR="0024416E" w:rsidRPr="008665FD" w:rsidRDefault="0024416E" w:rsidP="00BF2102">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008665FD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Utbildning</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22E7726F" w14:textId="77777777" w:rsidR="008F3549" w:rsidRPr="006A761E" w:rsidRDefault="008F3549" w:rsidP="001D76E5">
+          <w:p w14:paraId="22E7726F" w14:textId="7EBF4453" w:rsidR="008F3549" w:rsidRPr="006A761E" w:rsidRDefault="00366FC2" w:rsidP="001D76E5">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA13D4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="Text14"/>
+            <w:r w:rsidR="00EA13D4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00EA13D4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00EA13D4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="009A4D04">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A4D04">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A4D04">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A4D04">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A4D04">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA13D4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
+          <w:p w14:paraId="3FE07E79" w14:textId="165B5AFC" w:rsidR="008F3549" w:rsidRPr="006A761E" w:rsidRDefault="008F3549" w:rsidP="00BF2102">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73A210DE" w14:textId="77777777" w:rsidR="008F3549" w:rsidRPr="008665FD" w:rsidRDefault="0024416E" w:rsidP="008F3549">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008665FD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Omfattning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="241DDCB9" w14:textId="5B72D7D2" w:rsidR="008F3549" w:rsidRPr="006A761E" w:rsidRDefault="008F3549" w:rsidP="001D76E5">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -8178,246 +8920,91 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006A761E">
-[...194 lines deleted...]
-            <w:r w:rsidRPr="006A761E">
+            <w:r w:rsidR="00EA13D4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA13D4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA13D4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA13D4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA13D4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006A761E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2260AB8B" w14:textId="28A97B3A" w:rsidR="0024416E" w:rsidRPr="006A761E" w:rsidRDefault="0024416E" w:rsidP="00BF2102">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
@@ -10546,51 +11133,51 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9351"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
       <w:tr w:rsidR="00917AC0" w:rsidRPr="006A761E" w14:paraId="6989986B" w14:textId="77777777" w:rsidTr="00241313">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="78C9108C" w14:textId="77777777" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="00917AC0" w:rsidP="00A76B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="548CB33C" w14:textId="6DBBA55E" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="006F078B" w:rsidP="00A76B27">
+          <w:p w14:paraId="548CB33C" w14:textId="6DBBA55E" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="00CE32EF" w:rsidP="00A76B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="830334654"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB0669">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11014,51 +11601,51 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9351"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
       <w:tr w:rsidR="00917AC0" w:rsidRPr="006A761E" w14:paraId="4CCAB17F" w14:textId="77777777" w:rsidTr="004A6E07">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4F62795C" w14:textId="77777777" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="00917AC0" w:rsidP="00E85D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0FD6A228" w14:textId="30D75C47" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="006F078B" w:rsidP="00E85D4E">
+          <w:p w14:paraId="0FD6A228" w14:textId="30D75C47" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="00CE32EF" w:rsidP="00E85D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-244806563"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB0669">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11099,51 +11686,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="6AFED1FC" w14:textId="77777777" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="00917AC0" w:rsidP="00917AC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917AC0" w:rsidRPr="006A761E" w14:paraId="1C809558" w14:textId="77777777" w:rsidTr="00917AC0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17084635" w14:textId="77777777" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="00917AC0" w:rsidP="00E85D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="64C8B86E" w14:textId="140FA7D9" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="006F078B" w:rsidP="00E85D4E">
+          <w:p w14:paraId="64C8B86E" w14:textId="140FA7D9" w:rsidR="00917AC0" w:rsidRPr="006A761E" w:rsidRDefault="00CE32EF" w:rsidP="00E85D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
                 <w:id w:val="671142414"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB0669">
                   <w:rPr>
@@ -11415,51 +12002,51 @@
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9351"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
       <w:tr w:rsidR="005A2838" w:rsidRPr="006A761E" w14:paraId="5C984E5F" w14:textId="77777777" w:rsidTr="005A2838">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0830D43C" w14:textId="77777777" w:rsidR="00740F84" w:rsidRPr="006A761E" w:rsidRDefault="00740F84" w:rsidP="00BF2102">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3CBE1F3C" w14:textId="23822D69" w:rsidR="005A2838" w:rsidRPr="005E1C1A" w:rsidRDefault="006F078B" w:rsidP="00BF2102">
+          <w:p w14:paraId="3CBE1F3C" w14:textId="23822D69" w:rsidR="005A2838" w:rsidRPr="005E1C1A" w:rsidRDefault="00CE32EF" w:rsidP="00BF2102">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-1034424452"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB0669">
                   <w:rPr>
@@ -11744,51 +12331,51 @@
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9351"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
       <w:tr w:rsidR="002D7874" w:rsidRPr="006A761E" w14:paraId="7ABF19A1" w14:textId="77777777" w:rsidTr="002D7874">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4106F109" w14:textId="77777777" w:rsidR="003949DD" w:rsidRPr="006A761E" w:rsidRDefault="003949DD" w:rsidP="003949DD">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="217E2375" w14:textId="18329C6B" w:rsidR="002D7874" w:rsidRPr="006A761E" w:rsidRDefault="006F078B" w:rsidP="003949DD">
+          <w:p w14:paraId="217E2375" w14:textId="18329C6B" w:rsidR="002D7874" w:rsidRPr="006A761E" w:rsidRDefault="00CE32EF" w:rsidP="003949DD">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="1684708350"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB0669">
                   <w:rPr>
@@ -14613,51 +15200,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="356357A4" w14:textId="5D949534" w:rsidR="002F41D4" w:rsidRPr="006A761E" w:rsidRDefault="00875E64" w:rsidP="00BF2102">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A761E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Underskrift</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="282CDCA8" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRPr="006A761E" w:rsidRDefault="00174B2B" w:rsidP="00BF2102">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
@@ -14823,69 +15409,51 @@
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="270E8765" w14:textId="7C3B821B" w:rsidR="00573A3D" w:rsidRPr="006A761E" w:rsidRDefault="00573A3D" w:rsidP="00573A3D">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A761E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Originalhandlingar ska kunna uppvisas på begäran. Bara sådant som finns redovisat i skrift och vederbörligen intygat av kursledare, handledare, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> kommer att utgöra grund för bedömning. Uppgifter om egen verksamhet kan styrkas genom intyg av kommunal myndighet, företagarförening, revisor eller två personer som känner till företagets verksamhet. Kontrollera att samtliga uppgifter som ska intygas finns med på intyget, till exempel omfattning, underskrift samt datum för underskrift.</w:t>
+        <w:t>Originalhandlingar ska kunna uppvisas på begäran. Bara sådant som finns redovisat i skrift och vederbörligen intygat av kursledare, handledare, etc. kommer att utgöra grund för bedömning. Uppgifter om egen verksamhet kan styrkas genom intyg av kommunal myndighet, företagarförening, revisor eller två personer som känner till företagets verksamhet. Kontrollera att samtliga uppgifter som ska intygas finns med på intyget, till exempel omfattning, underskrift samt datum för underskrift.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18D18CFC" w14:textId="5D67AC46" w:rsidR="00C24144" w:rsidRPr="00C24144" w:rsidRDefault="00573A3D" w:rsidP="0093620C">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A761E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ofullständiga eller felaktigt ifyllda uppgifter kan tyvärr inte beaktas.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C24144" w:rsidRPr="00C24144" w:rsidSect="0068560C">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
@@ -16167,52 +16735,52 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2114283592">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2025278774">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="821848501">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="6903805">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1503886888">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="744497057">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="qJIzTaU93IdxXKFmgjn1H5o+czLbvEPGzqrsMDJtcP7V1Pu517G1LEZlgMOoofHLqzAjABatpHyF05RVX1Sw0Q==" w:salt="o6ngpDKdZwhkCfajZQcNJQ=="/>
+  <w:proofState w:spelling="clean"/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="bqJSgZycpxBnKc0dYggJNQfFqyXXtiDNIC6Ie4t1LpXVFAg2HX4VOJeYFoL74tuQ7zZSOiPFc/ktkTBFMukkZQ==" w:salt="yhAIs/ISY/Z9tGv78asdKw=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0068560C"/>
     <w:rsid w:val="0000751C"/>
@@ -16283,147 +16851,153 @@
     <w:rsid w:val="002878F0"/>
     <w:rsid w:val="0029173B"/>
     <w:rsid w:val="002A1D3F"/>
     <w:rsid w:val="002A5A97"/>
     <w:rsid w:val="002B1822"/>
     <w:rsid w:val="002B466F"/>
     <w:rsid w:val="002C1FB8"/>
     <w:rsid w:val="002C6126"/>
     <w:rsid w:val="002D3E15"/>
     <w:rsid w:val="002D5283"/>
     <w:rsid w:val="002D5B84"/>
     <w:rsid w:val="002D7874"/>
     <w:rsid w:val="002E0C0C"/>
     <w:rsid w:val="002E227B"/>
     <w:rsid w:val="002E3F67"/>
     <w:rsid w:val="002F41D4"/>
     <w:rsid w:val="002F6B98"/>
     <w:rsid w:val="00301106"/>
     <w:rsid w:val="00303755"/>
     <w:rsid w:val="003158F1"/>
     <w:rsid w:val="00326FE8"/>
     <w:rsid w:val="00335A94"/>
     <w:rsid w:val="003438C1"/>
     <w:rsid w:val="00356348"/>
     <w:rsid w:val="00366799"/>
+    <w:rsid w:val="00366FC2"/>
     <w:rsid w:val="003674F1"/>
     <w:rsid w:val="00375489"/>
     <w:rsid w:val="003756D1"/>
     <w:rsid w:val="003768B5"/>
     <w:rsid w:val="00391759"/>
     <w:rsid w:val="003949DD"/>
     <w:rsid w:val="003A0E68"/>
+    <w:rsid w:val="003E3579"/>
     <w:rsid w:val="003F4FF2"/>
     <w:rsid w:val="003F50C7"/>
     <w:rsid w:val="00400C10"/>
     <w:rsid w:val="00404958"/>
     <w:rsid w:val="004119C6"/>
     <w:rsid w:val="00416564"/>
     <w:rsid w:val="00421657"/>
     <w:rsid w:val="004233A7"/>
+    <w:rsid w:val="00435E78"/>
     <w:rsid w:val="00442E19"/>
     <w:rsid w:val="00443A54"/>
     <w:rsid w:val="004473BF"/>
     <w:rsid w:val="00447BBC"/>
     <w:rsid w:val="00451107"/>
     <w:rsid w:val="004552CE"/>
     <w:rsid w:val="004637E7"/>
     <w:rsid w:val="00463D4F"/>
     <w:rsid w:val="00464833"/>
     <w:rsid w:val="00470FF5"/>
     <w:rsid w:val="0047350F"/>
     <w:rsid w:val="00473A0F"/>
     <w:rsid w:val="00475B95"/>
     <w:rsid w:val="00482022"/>
     <w:rsid w:val="004A7D5C"/>
     <w:rsid w:val="004B1EDA"/>
     <w:rsid w:val="004C382A"/>
     <w:rsid w:val="004E3961"/>
     <w:rsid w:val="004F3354"/>
     <w:rsid w:val="004F51EA"/>
     <w:rsid w:val="004F7B02"/>
     <w:rsid w:val="004F7F56"/>
     <w:rsid w:val="005001A0"/>
     <w:rsid w:val="00510E05"/>
     <w:rsid w:val="005143DC"/>
     <w:rsid w:val="00514FD8"/>
+    <w:rsid w:val="0053080B"/>
     <w:rsid w:val="005352CC"/>
     <w:rsid w:val="00535756"/>
     <w:rsid w:val="00543724"/>
     <w:rsid w:val="0054399E"/>
     <w:rsid w:val="00550081"/>
     <w:rsid w:val="0055146D"/>
     <w:rsid w:val="00551EDA"/>
     <w:rsid w:val="005548D6"/>
     <w:rsid w:val="00560553"/>
     <w:rsid w:val="00571103"/>
     <w:rsid w:val="0057111E"/>
     <w:rsid w:val="005724AF"/>
     <w:rsid w:val="00573A3D"/>
+    <w:rsid w:val="00576F81"/>
     <w:rsid w:val="0059348B"/>
     <w:rsid w:val="0059441F"/>
     <w:rsid w:val="005A2838"/>
     <w:rsid w:val="005B035F"/>
     <w:rsid w:val="005B4635"/>
     <w:rsid w:val="005C2A62"/>
     <w:rsid w:val="005D4EE5"/>
     <w:rsid w:val="005E1C1A"/>
     <w:rsid w:val="005F1C18"/>
     <w:rsid w:val="0060630C"/>
     <w:rsid w:val="00611139"/>
     <w:rsid w:val="006148A4"/>
     <w:rsid w:val="00623F45"/>
     <w:rsid w:val="00632C3D"/>
     <w:rsid w:val="00634270"/>
     <w:rsid w:val="00640E98"/>
     <w:rsid w:val="006464A2"/>
     <w:rsid w:val="00646AAA"/>
     <w:rsid w:val="0064726A"/>
     <w:rsid w:val="006477C2"/>
     <w:rsid w:val="00652C51"/>
     <w:rsid w:val="006549C2"/>
     <w:rsid w:val="00655539"/>
     <w:rsid w:val="00656F89"/>
     <w:rsid w:val="00662CE5"/>
     <w:rsid w:val="00663BB9"/>
     <w:rsid w:val="006708E0"/>
     <w:rsid w:val="00675320"/>
     <w:rsid w:val="0068560C"/>
     <w:rsid w:val="00687707"/>
     <w:rsid w:val="00687AC7"/>
     <w:rsid w:val="006A761E"/>
     <w:rsid w:val="006B13B4"/>
     <w:rsid w:val="006B3AFB"/>
     <w:rsid w:val="006B58D3"/>
     <w:rsid w:val="006C6790"/>
     <w:rsid w:val="006C76EC"/>
     <w:rsid w:val="006D0B44"/>
     <w:rsid w:val="006D4E6D"/>
     <w:rsid w:val="006D7E71"/>
     <w:rsid w:val="006D7F5A"/>
     <w:rsid w:val="006E7421"/>
     <w:rsid w:val="006F078B"/>
+    <w:rsid w:val="006F1E87"/>
     <w:rsid w:val="006F203A"/>
     <w:rsid w:val="006F3ACA"/>
     <w:rsid w:val="0072014D"/>
     <w:rsid w:val="007211E4"/>
     <w:rsid w:val="00722A14"/>
     <w:rsid w:val="00740F84"/>
     <w:rsid w:val="00742667"/>
     <w:rsid w:val="0074480D"/>
     <w:rsid w:val="00756441"/>
     <w:rsid w:val="00774DE0"/>
     <w:rsid w:val="00777983"/>
     <w:rsid w:val="00780453"/>
     <w:rsid w:val="007944B9"/>
     <w:rsid w:val="00794B22"/>
     <w:rsid w:val="007A2337"/>
     <w:rsid w:val="007C21B5"/>
     <w:rsid w:val="007F48B5"/>
     <w:rsid w:val="00811B3C"/>
     <w:rsid w:val="00835E00"/>
     <w:rsid w:val="00840155"/>
     <w:rsid w:val="0084115D"/>
     <w:rsid w:val="00861963"/>
     <w:rsid w:val="00861BAC"/>
     <w:rsid w:val="00863E75"/>
     <w:rsid w:val="008665FD"/>
@@ -16431,152 +17005,160 @@
     <w:rsid w:val="00875E64"/>
     <w:rsid w:val="008850D1"/>
     <w:rsid w:val="0088621E"/>
     <w:rsid w:val="008879B0"/>
     <w:rsid w:val="00890B9C"/>
     <w:rsid w:val="008A54D0"/>
     <w:rsid w:val="008A7454"/>
     <w:rsid w:val="008C1DA1"/>
     <w:rsid w:val="008C3F60"/>
     <w:rsid w:val="008D1DA7"/>
     <w:rsid w:val="008F3549"/>
     <w:rsid w:val="008F4AD6"/>
     <w:rsid w:val="00917AC0"/>
     <w:rsid w:val="00920C93"/>
     <w:rsid w:val="00921672"/>
     <w:rsid w:val="00931F93"/>
     <w:rsid w:val="0093620C"/>
     <w:rsid w:val="009456B3"/>
     <w:rsid w:val="0095076D"/>
     <w:rsid w:val="009530E3"/>
     <w:rsid w:val="00977890"/>
     <w:rsid w:val="00977E7F"/>
     <w:rsid w:val="00980780"/>
     <w:rsid w:val="009A34F1"/>
     <w:rsid w:val="009A3E07"/>
+    <w:rsid w:val="009A4D04"/>
     <w:rsid w:val="009A6FAE"/>
     <w:rsid w:val="009C6330"/>
     <w:rsid w:val="00A22C27"/>
     <w:rsid w:val="00A26416"/>
+    <w:rsid w:val="00A349F3"/>
     <w:rsid w:val="00A37621"/>
     <w:rsid w:val="00A6403A"/>
     <w:rsid w:val="00A64473"/>
     <w:rsid w:val="00A76B27"/>
     <w:rsid w:val="00A83D68"/>
     <w:rsid w:val="00A95A2A"/>
     <w:rsid w:val="00A95B13"/>
     <w:rsid w:val="00AA05F0"/>
     <w:rsid w:val="00AB0669"/>
+    <w:rsid w:val="00AB2DFD"/>
     <w:rsid w:val="00AB7496"/>
+    <w:rsid w:val="00AB7B66"/>
     <w:rsid w:val="00AE687D"/>
     <w:rsid w:val="00B01669"/>
     <w:rsid w:val="00B13C3D"/>
     <w:rsid w:val="00B2182D"/>
     <w:rsid w:val="00B225D5"/>
     <w:rsid w:val="00B33CEF"/>
     <w:rsid w:val="00B43D9E"/>
     <w:rsid w:val="00B54D52"/>
     <w:rsid w:val="00B71660"/>
     <w:rsid w:val="00B87EB4"/>
     <w:rsid w:val="00B903D9"/>
     <w:rsid w:val="00B910C1"/>
     <w:rsid w:val="00BA2A5A"/>
     <w:rsid w:val="00BA7B6C"/>
     <w:rsid w:val="00BB49E0"/>
     <w:rsid w:val="00BC183C"/>
     <w:rsid w:val="00BC3DB7"/>
     <w:rsid w:val="00BD3B23"/>
     <w:rsid w:val="00BD581F"/>
     <w:rsid w:val="00BE24D4"/>
     <w:rsid w:val="00BE336D"/>
     <w:rsid w:val="00BE4D18"/>
     <w:rsid w:val="00BE7937"/>
     <w:rsid w:val="00BF2102"/>
     <w:rsid w:val="00C15720"/>
     <w:rsid w:val="00C24144"/>
     <w:rsid w:val="00C3018F"/>
     <w:rsid w:val="00C34934"/>
     <w:rsid w:val="00C54867"/>
     <w:rsid w:val="00C55D2A"/>
     <w:rsid w:val="00C617D8"/>
     <w:rsid w:val="00C65635"/>
     <w:rsid w:val="00C6593F"/>
     <w:rsid w:val="00C70B52"/>
     <w:rsid w:val="00C73DA7"/>
     <w:rsid w:val="00C803E7"/>
     <w:rsid w:val="00C80AA0"/>
     <w:rsid w:val="00C8221C"/>
     <w:rsid w:val="00CA7A22"/>
     <w:rsid w:val="00CB36CE"/>
     <w:rsid w:val="00CB6814"/>
     <w:rsid w:val="00CD380A"/>
+    <w:rsid w:val="00CE32EF"/>
     <w:rsid w:val="00CE3BE1"/>
     <w:rsid w:val="00CE62B3"/>
     <w:rsid w:val="00D1239E"/>
     <w:rsid w:val="00D23518"/>
     <w:rsid w:val="00D30EC4"/>
     <w:rsid w:val="00D368CA"/>
     <w:rsid w:val="00D478AA"/>
     <w:rsid w:val="00D660AF"/>
     <w:rsid w:val="00D71F76"/>
     <w:rsid w:val="00D803F4"/>
     <w:rsid w:val="00D814B4"/>
     <w:rsid w:val="00D82D99"/>
     <w:rsid w:val="00D96C1E"/>
     <w:rsid w:val="00DA4231"/>
     <w:rsid w:val="00DA67E9"/>
     <w:rsid w:val="00DB28D8"/>
     <w:rsid w:val="00DB2970"/>
     <w:rsid w:val="00DB3947"/>
     <w:rsid w:val="00DC23DE"/>
     <w:rsid w:val="00DC2715"/>
     <w:rsid w:val="00DC36DF"/>
     <w:rsid w:val="00DC5EBF"/>
     <w:rsid w:val="00DC7A4E"/>
     <w:rsid w:val="00DD4BBE"/>
     <w:rsid w:val="00DF4A6F"/>
     <w:rsid w:val="00E013B2"/>
     <w:rsid w:val="00E236B6"/>
     <w:rsid w:val="00E30FEE"/>
     <w:rsid w:val="00E334E8"/>
     <w:rsid w:val="00E42250"/>
     <w:rsid w:val="00E44298"/>
     <w:rsid w:val="00E54F30"/>
     <w:rsid w:val="00E5665F"/>
     <w:rsid w:val="00E61526"/>
     <w:rsid w:val="00E73DC2"/>
     <w:rsid w:val="00E77DAB"/>
     <w:rsid w:val="00E85645"/>
     <w:rsid w:val="00E930D8"/>
     <w:rsid w:val="00E94D07"/>
     <w:rsid w:val="00E94E7E"/>
+    <w:rsid w:val="00E972BA"/>
     <w:rsid w:val="00EA02CD"/>
+    <w:rsid w:val="00EA13D4"/>
     <w:rsid w:val="00EA575D"/>
     <w:rsid w:val="00EB4FEB"/>
     <w:rsid w:val="00EC6939"/>
     <w:rsid w:val="00EC6F0C"/>
     <w:rsid w:val="00EC7761"/>
+    <w:rsid w:val="00ED1837"/>
     <w:rsid w:val="00ED34CA"/>
     <w:rsid w:val="00ED6AFA"/>
     <w:rsid w:val="00EE340F"/>
     <w:rsid w:val="00EE5F94"/>
     <w:rsid w:val="00EE7F42"/>
     <w:rsid w:val="00EF2F5D"/>
     <w:rsid w:val="00F01346"/>
     <w:rsid w:val="00F01899"/>
     <w:rsid w:val="00F06C15"/>
     <w:rsid w:val="00F32752"/>
     <w:rsid w:val="00F342FA"/>
     <w:rsid w:val="00F47AFC"/>
     <w:rsid w:val="00F47EE1"/>
     <w:rsid w:val="00F553EB"/>
     <w:rsid w:val="00F63291"/>
     <w:rsid w:val="00F642BA"/>
     <w:rsid w:val="00F8081D"/>
     <w:rsid w:val="00F82A01"/>
     <w:rsid w:val="00F87601"/>
     <w:rsid w:val="00F93BA1"/>
     <w:rsid w:val="00FA1ABD"/>
     <w:rsid w:val="00FA2461"/>
     <w:rsid w:val="00FB565C"/>
     <w:rsid w:val="00FD0B02"/>
     <w:rsid w:val="00FD1088"/>
@@ -17334,51 +17916,666 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1943415596">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/submitting-your-documents/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/submitting-your-documents/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="742ADA0996F245A4B21B0DDFF512990F"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8B9D45F4-C797-447A-BEDB-558E10433686}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00A8733A" w:rsidRDefault="00A8733A" w:rsidP="00A8733A">
+          <w:pPr>
+            <w:pStyle w:val="742ADA0996F245A4B21B0DDFF512990F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00FA046D">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Klicka eller tryck här för att ange text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Gill Sans MT">
+    <w:panose1 w:val="020B0502020104020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MundoSansStd-Light">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="1304"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00A8733A"/>
+    <w:rsid w:val="00576F81"/>
+    <w:rsid w:val="00A8733A"/>
+    <w:rsid w:val="00AB2DFD"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="sv-SE"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Platshllartext">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A8733A"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="742ADA0996F245A4B21B0DDFF512990F">
+    <w:name w:val="742ADA0996F245A4B21B0DDFF512990F"/>
+    <w:rsid w:val="00A8733A"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -17637,60 +18834,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1179</Words>
-  <Characters>9251</Characters>
+  <Words>1657</Words>
+  <Characters>8784</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
+  <Lines>73</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10410</CharactersWithSpaces>
+  <CharactersWithSpaces>10421</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Annette Stjernberg</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>74cf11cb-1b98-4631-8276-749f3b686c74</vt:lpwstr>
   </property>