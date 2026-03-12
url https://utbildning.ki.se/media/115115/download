--- v0 (2026-01-29)
+++ v1 (2026-03-12)
@@ -105,1075 +105,1086 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">särskild </w:t>
       </w:r>
       <w:r w:rsidR="41834E1A" w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>relevans menas</w:t>
       </w:r>
       <w:r w:rsidR="6A472426" w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> arbetsuppgifter med patientkontakt med vuxna patienter där psykoterapi är/kan vara en relevant behandling, t.ex. inom psykiatri eller primärvård.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4D2263" w14:textId="77777777" w:rsidR="005331E0" w:rsidRPr="00935CFF" w:rsidRDefault="005331E0" w:rsidP="3E12BE24">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AEA371B" w14:textId="2878F22B" w:rsidR="1E69E77C" w:rsidRPr="00935CFF" w:rsidRDefault="1E69E77C" w:rsidP="3E12BE24">
+    <w:p w14:paraId="3AEA371B" w14:textId="5F16C1DB" w:rsidR="1E69E77C" w:rsidRPr="00935CFF" w:rsidRDefault="1E69E77C" w:rsidP="3E12BE24">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Härmed intygas att</w:t>
       </w:r>
       <w:r w:rsidR="005756ED" w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (namn): </w:t>
       </w:r>
+      <w:r w:rsidR="00292E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text7"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="Text7"/>
+      <w:r w:rsidR="00292E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00292E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00292E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00292E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00292E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00292E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00292E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00292E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00292E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00770101" w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>_______________________</w:t>
+        <w:t>_________________</w:t>
       </w:r>
       <w:r w:rsidR="005756ED" w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> har haft följande yrkeserfarenhet med särskild relevans</w:t>
       </w:r>
       <w:r w:rsidR="4B4C8786" w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> enligt ovan</w:t>
       </w:r>
       <w:r w:rsidR="00770101" w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B614BAD" w14:textId="77777777" w:rsidR="00B54D50" w:rsidRPr="00935CFF" w:rsidRDefault="00B54D50" w:rsidP="3E12BE24">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BF369E6" w14:textId="1A456297" w:rsidR="0088355B" w:rsidRPr="00935CFF" w:rsidRDefault="00B7633C" w:rsidP="00CC6D48">
+    <w:p w14:paraId="78836440" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="00743A55">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A64B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nuvarande</w:t>
       </w:r>
       <w:r w:rsidRPr="007A64B5" w:rsidDel="00003375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A64B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>y</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="70487F37" w:rsidRPr="007A64B5">
+        <w:t>yrkeserfarenhet med särskild relevans</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00935CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00935CFF" w:rsidDel="003D6550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00935CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ja / Nej</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A9D6B2" w14:textId="77777777" w:rsidR="00743A55" w:rsidRPr="00935CFF" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="059E56CA" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Ange arbetsuppgifter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26743AFB" w14:textId="49C0162F" w:rsidR="00743A55" w:rsidRPr="007A64B5" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Skriv här </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="Text1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="002008B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002008B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002008B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002008B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002008B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="5407807B" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED8CB98" w14:textId="77777777" w:rsidR="00743A55" w:rsidRPr="0066163C" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nge arbetsplats</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E07690D" w14:textId="14204379" w:rsidR="00743A55" w:rsidRPr="00E30E1A" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Skriv här </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="Text2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="1D55E19B" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BCAE89" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           Ange tidsperiod</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B806C3A" w14:textId="56C6E1E9" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Skriv här  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text3"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="Text3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="28C4B83A" w14:textId="77777777" w:rsidR="00743A55" w:rsidRPr="007A64B5" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DDC5AAB" w14:textId="77777777" w:rsidR="00743A55" w:rsidRPr="00935CFF" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="298F248B" w14:textId="77777777" w:rsidR="00743A55" w:rsidRPr="00935CFF" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A64B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>rkeserfarenhet med särskild relevans</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000B6962" w:rsidRPr="00935CFF">
+        <w:t>Yrkeserfarenhet med särskild relevans, mer än två år tillbaka i tiden</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003D6550" w:rsidRPr="00935CFF" w:rsidDel="003D6550">
+      <w:r w:rsidDel="003D6550">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008F0312" w:rsidRPr="00935CFF">
+      <w:r w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Ja / Nej</w:t>
       </w:r>
-    </w:p>
-[...151 lines deleted...]
-      <w:r w:rsidR="00C56EF3" w:rsidRPr="00935CFF">
+      <w:r w:rsidRPr="00935CFF" w:rsidDel="00C959E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CC6D48" w:rsidRPr="00935CFF">
-[...119 lines deleted...]
-    <w:p w14:paraId="2DD69B53" w14:textId="12AD2D5C" w:rsidR="007A64B5" w:rsidRPr="007A64B5" w:rsidRDefault="004067AE" w:rsidP="007A64B5">
+    </w:p>
+    <w:p w14:paraId="7379BAD7" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="00743A55"/>
+    <w:p w14:paraId="2001BBD9" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Ange arbetsuppgifter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D90437A" w14:textId="676EF26E" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Skriv här </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="Text4"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="2279A2BF" w14:textId="77777777" w:rsidR="00743A55" w:rsidRPr="007A64B5" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F6543F1" w14:textId="77777777" w:rsidR="00743A55" w:rsidRPr="00E30E1A" w:rsidRDefault="00743A55" w:rsidP="00743A55">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00935CFF">
-[...125 lines deleted...]
-    <w:p w14:paraId="382AAC3A" w14:textId="77777777" w:rsidR="00C040CD" w:rsidRPr="00935CFF" w:rsidRDefault="00C040CD" w:rsidP="3E12BE24">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ange arbetsplats</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AEC4420" w14:textId="795CFD24" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E30E1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Skriv här </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="Text5"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="34FE55B8" w14:textId="77777777" w:rsidR="00743A55" w:rsidRPr="00E30E1A" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C2B425F" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">            Ange tidsperiod</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429DF7C6" w14:textId="2DB059E7" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="00743A55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Skriv här </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text6"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="Text6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E753E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="413748C9" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="00743A55"/>
+    <w:p w14:paraId="6295279A" w14:textId="77777777" w:rsidR="007A64B5" w:rsidRDefault="007A64B5" w:rsidP="004E0F4A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74A0D943" w14:textId="1BE1920A" w:rsidR="003151EE" w:rsidRPr="00935CFF" w:rsidRDefault="445099A5" w:rsidP="00CC6D48">
-[...54 lines deleted...]
-    <w:p w14:paraId="156A325B" w14:textId="77777777" w:rsidR="007A64B5" w:rsidRDefault="007A64B5" w:rsidP="007A64B5">
+    <w:p w14:paraId="2CAFBCEC" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="004E0F4A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A64B5">
-[...120 lines deleted...]
-    <w:p w14:paraId="60ADE5DB" w14:textId="77777777" w:rsidR="007A64B5" w:rsidRPr="007A64B5" w:rsidRDefault="007A64B5" w:rsidP="007A64B5">
+    </w:p>
+    <w:p w14:paraId="3A9A7B75" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="004E0F4A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00935CFF">
-[...120 lines deleted...]
-    <w:p w14:paraId="6969B2CF" w14:textId="77777777" w:rsidR="007A64B5" w:rsidRPr="007A64B5" w:rsidRDefault="007A64B5" w:rsidP="007A64B5">
+    </w:p>
+    <w:p w14:paraId="4998D35E" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="004E0F4A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...117 lines deleted...]
-    <w:p w14:paraId="74581FB2" w14:textId="77777777" w:rsidR="007A64B5" w:rsidRDefault="007A64B5" w:rsidP="004E0F4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="001458BD" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="004E0F4A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6295279A" w14:textId="77777777" w:rsidR="007A64B5" w:rsidRDefault="007A64B5" w:rsidP="004E0F4A">
+    <w:p w14:paraId="4B196A0C" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="004E0F4A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A5E13EC" w14:textId="77777777" w:rsidR="00743A55" w:rsidRDefault="00743A55" w:rsidP="004E0F4A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42BA8010" w14:textId="77777777" w:rsidR="00B7387D" w:rsidRDefault="00B7387D" w:rsidP="00B7387D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58188E94" w14:textId="14DECF11" w:rsidR="00B7387D" w:rsidRPr="000A2F6A" w:rsidRDefault="00B7387D" w:rsidP="00B7387D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Georgia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Georgia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Datum       /        2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55017849" w14:textId="77777777" w:rsidR="006D5765" w:rsidRDefault="006D5765" w:rsidP="003234FB">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58DE798C" w14:textId="77777777" w:rsidR="006D5765" w:rsidRPr="004C2844" w:rsidRDefault="006D5765" w:rsidP="003234FB">
+    <w:p w14:paraId="58DE798C" w14:textId="25B5C443" w:rsidR="006D5765" w:rsidRPr="004C2844" w:rsidRDefault="00292E72" w:rsidP="003234FB">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="3F28483A" w14:textId="08383E4D" w:rsidR="00AF7991" w:rsidRDefault="00AF7991" w:rsidP="003234FB">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="Text10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="3F28483A" w14:textId="46C0C8DF" w:rsidR="00AF7991" w:rsidRDefault="00AF7991" w:rsidP="003234FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Georgia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Georgia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Un</w:t>
       </w:r>
       <w:r w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Georgia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
@@ -1414,108 +1425,257 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Georgia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Georgia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Georgia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>gande</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A52D716" w14:textId="7D4B8024" w:rsidR="003234FB" w:rsidRPr="004C2844" w:rsidRDefault="003234FB" w:rsidP="003234FB">
-[...10 lines deleted...]
-    <w:p w14:paraId="7890D4F5" w14:textId="05A95950" w:rsidR="27308FA5" w:rsidRPr="00066378" w:rsidRDefault="00AF7991" w:rsidP="003234FB">
+    <w:p w14:paraId="7890D4F5" w14:textId="31D8EFAE" w:rsidR="27308FA5" w:rsidRPr="00292E72" w:rsidRDefault="00292E72" w:rsidP="003234FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Georgia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00935CFF">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text8"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="Text8"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7991" w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Titel/funktion</w:t>
       </w:r>
-      <w:r w:rsidRPr="00935CFF">
+      <w:r w:rsidR="00AF7991" w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E524B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00935CFF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="Text9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="00AF7991" w:rsidRPr="00935CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Arbetsplats</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="27308FA5" w:rsidRPr="00066378">
+    <w:sectPr w:rsidR="27308FA5" w:rsidRPr="00292E72">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1658,204 +1818,217 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DF94CA18">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="691541237">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ynaT/534hTWCiujR79J8cEPb+odcSHttj4JIRckPpPlAstRLDvfQ/ad2yYmxYhuZOExDJ/0MrhOQBfG0RMEPjw==" w:salt="7EOav3xx9vqDUF+n4SDqNw=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="zpdtKbZeSNtyGad6EHPWmTO0rN1hdTWlZkbTL35WKCuOBWDQ73gGOp98RoQonlpBW+FOqQsF9+NmzU+nrFVI/Q==" w:salt="Ycx7Y6qx6n9ZZ0I4+vYI1Q=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="4F5B9577"/>
     <w:rsid w:val="00003375"/>
     <w:rsid w:val="00004686"/>
     <w:rsid w:val="000340B5"/>
     <w:rsid w:val="00066378"/>
     <w:rsid w:val="000B6962"/>
     <w:rsid w:val="000C42E4"/>
     <w:rsid w:val="000D5257"/>
     <w:rsid w:val="000D5985"/>
     <w:rsid w:val="001373D1"/>
     <w:rsid w:val="001A06CA"/>
     <w:rsid w:val="001D6D17"/>
     <w:rsid w:val="001E1739"/>
     <w:rsid w:val="001E69DF"/>
     <w:rsid w:val="001F4E7A"/>
+    <w:rsid w:val="002008B5"/>
     <w:rsid w:val="00200D0D"/>
     <w:rsid w:val="002062FB"/>
     <w:rsid w:val="00213EAB"/>
     <w:rsid w:val="0021400C"/>
     <w:rsid w:val="00231F46"/>
+    <w:rsid w:val="0024172D"/>
     <w:rsid w:val="002419C3"/>
     <w:rsid w:val="00242649"/>
     <w:rsid w:val="00257F8A"/>
     <w:rsid w:val="00260D62"/>
     <w:rsid w:val="00267864"/>
     <w:rsid w:val="00275D5A"/>
     <w:rsid w:val="00275EB2"/>
     <w:rsid w:val="00286F23"/>
+    <w:rsid w:val="00292E72"/>
     <w:rsid w:val="002A571A"/>
     <w:rsid w:val="002B6277"/>
     <w:rsid w:val="002D1577"/>
+    <w:rsid w:val="002F0992"/>
     <w:rsid w:val="002F2430"/>
     <w:rsid w:val="003151EE"/>
     <w:rsid w:val="003234FB"/>
     <w:rsid w:val="00326A55"/>
     <w:rsid w:val="00333CC7"/>
     <w:rsid w:val="00342394"/>
     <w:rsid w:val="003B77BC"/>
     <w:rsid w:val="003C15BA"/>
+    <w:rsid w:val="003D1410"/>
     <w:rsid w:val="003D6550"/>
+    <w:rsid w:val="004045C8"/>
     <w:rsid w:val="004067AE"/>
     <w:rsid w:val="0042746C"/>
     <w:rsid w:val="00427597"/>
     <w:rsid w:val="0044485C"/>
     <w:rsid w:val="004468B4"/>
     <w:rsid w:val="004552F6"/>
     <w:rsid w:val="00467A94"/>
     <w:rsid w:val="004700CB"/>
     <w:rsid w:val="00486EF6"/>
     <w:rsid w:val="004A06D2"/>
     <w:rsid w:val="004C2844"/>
+    <w:rsid w:val="004D1DE7"/>
     <w:rsid w:val="004E0F4A"/>
     <w:rsid w:val="0051559A"/>
     <w:rsid w:val="005331E0"/>
     <w:rsid w:val="00552408"/>
     <w:rsid w:val="005548FD"/>
     <w:rsid w:val="00564C31"/>
     <w:rsid w:val="00570C0F"/>
     <w:rsid w:val="005756ED"/>
     <w:rsid w:val="005812FF"/>
     <w:rsid w:val="00582B49"/>
     <w:rsid w:val="005A59CC"/>
     <w:rsid w:val="005D1B6F"/>
     <w:rsid w:val="005E5E31"/>
     <w:rsid w:val="00677CDA"/>
     <w:rsid w:val="006C0F52"/>
     <w:rsid w:val="006D5765"/>
     <w:rsid w:val="006F65CD"/>
+    <w:rsid w:val="00743A55"/>
     <w:rsid w:val="0074565A"/>
     <w:rsid w:val="0076414F"/>
     <w:rsid w:val="00770101"/>
     <w:rsid w:val="007A64B5"/>
     <w:rsid w:val="007D6A7A"/>
     <w:rsid w:val="0088355B"/>
     <w:rsid w:val="008C52DD"/>
     <w:rsid w:val="008C67DD"/>
     <w:rsid w:val="008D7E6B"/>
     <w:rsid w:val="008E52E3"/>
     <w:rsid w:val="008E531A"/>
     <w:rsid w:val="008E5CF7"/>
     <w:rsid w:val="008F0312"/>
     <w:rsid w:val="00935CFF"/>
     <w:rsid w:val="00936D49"/>
     <w:rsid w:val="0095274E"/>
     <w:rsid w:val="00955B60"/>
     <w:rsid w:val="00981DEC"/>
     <w:rsid w:val="009B2AA1"/>
     <w:rsid w:val="009C2D00"/>
+    <w:rsid w:val="009C2F0F"/>
     <w:rsid w:val="00A17869"/>
     <w:rsid w:val="00A44FA0"/>
     <w:rsid w:val="00A5517B"/>
     <w:rsid w:val="00A563C5"/>
     <w:rsid w:val="00A6538E"/>
     <w:rsid w:val="00A81312"/>
     <w:rsid w:val="00AA05E6"/>
     <w:rsid w:val="00AA0DAF"/>
+    <w:rsid w:val="00AB77F9"/>
     <w:rsid w:val="00AE3366"/>
     <w:rsid w:val="00AF7991"/>
     <w:rsid w:val="00B54D50"/>
     <w:rsid w:val="00B611B0"/>
     <w:rsid w:val="00B7387D"/>
     <w:rsid w:val="00B7633C"/>
     <w:rsid w:val="00BC670D"/>
     <w:rsid w:val="00BD6CF7"/>
     <w:rsid w:val="00BE0FA7"/>
     <w:rsid w:val="00BE69A0"/>
     <w:rsid w:val="00C02643"/>
     <w:rsid w:val="00C030E0"/>
     <w:rsid w:val="00C040CD"/>
     <w:rsid w:val="00C30093"/>
     <w:rsid w:val="00C56EF3"/>
     <w:rsid w:val="00C7010C"/>
     <w:rsid w:val="00C83859"/>
     <w:rsid w:val="00C959E0"/>
     <w:rsid w:val="00CB3645"/>
     <w:rsid w:val="00CB5AF1"/>
     <w:rsid w:val="00CC6D48"/>
     <w:rsid w:val="00CD3D2E"/>
     <w:rsid w:val="00CF34D2"/>
     <w:rsid w:val="00D037DF"/>
     <w:rsid w:val="00D63A88"/>
     <w:rsid w:val="00D65BD8"/>
     <w:rsid w:val="00D678B9"/>
     <w:rsid w:val="00D858C8"/>
     <w:rsid w:val="00D971C0"/>
     <w:rsid w:val="00DA3FD6"/>
     <w:rsid w:val="00DB6F06"/>
     <w:rsid w:val="00DE34CC"/>
     <w:rsid w:val="00E17F4C"/>
     <w:rsid w:val="00E524B6"/>
     <w:rsid w:val="00E566F8"/>
     <w:rsid w:val="00E61667"/>
+    <w:rsid w:val="00E668F3"/>
     <w:rsid w:val="00E67799"/>
+    <w:rsid w:val="00E753E5"/>
     <w:rsid w:val="00EB6A06"/>
     <w:rsid w:val="00EC58E0"/>
     <w:rsid w:val="00EE4E4E"/>
     <w:rsid w:val="00EF044D"/>
     <w:rsid w:val="00F26FDA"/>
     <w:rsid w:val="00F61B30"/>
     <w:rsid w:val="00F76419"/>
+    <w:rsid w:val="00F85D66"/>
     <w:rsid w:val="00F92F9D"/>
     <w:rsid w:val="00FA13F7"/>
     <w:rsid w:val="00FA5273"/>
     <w:rsid w:val="00FD6E16"/>
     <w:rsid w:val="02C1AB4E"/>
     <w:rsid w:val="05E47A8E"/>
     <w:rsid w:val="077F404D"/>
     <w:rsid w:val="08F6D563"/>
     <w:rsid w:val="09EF2980"/>
     <w:rsid w:val="0CAD8BC0"/>
     <w:rsid w:val="0F899934"/>
     <w:rsid w:val="10D3DE48"/>
     <w:rsid w:val="11067022"/>
     <w:rsid w:val="14001852"/>
     <w:rsid w:val="1488624A"/>
     <w:rsid w:val="14B8FFAF"/>
     <w:rsid w:val="15532C39"/>
     <w:rsid w:val="166341F5"/>
     <w:rsid w:val="17016392"/>
     <w:rsid w:val="1BCCA77C"/>
     <w:rsid w:val="1D7C01F5"/>
     <w:rsid w:val="1E69E77C"/>
     <w:rsid w:val="2686929C"/>
     <w:rsid w:val="27308FA5"/>
     <w:rsid w:val="2B5E0379"/>
@@ -2906,111 +3079,118 @@
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5749D81-0E03-4D07-8C31-17CBC942ED23}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="5149fdca-f4b3-4733-84ac-844e9467a7b3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0E6455B-AE3B-47DB-A402-B314E1770520}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5149fdca-f4b3-4733-84ac-844e9467a7b3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F26D7E5A-EAD6-4C35-9FCB-BA1862A506A7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>145</Words>
-  <Characters>773</Characters>
+  <Words>208</Words>
+  <Characters>1106</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>1</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>917</CharactersWithSpaces>
+  <CharactersWithSpaces>1312</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rikard Sunnhed</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001E16B4F9B257244FA5FACEC3659DCD27</vt:lpwstr>
   </property>