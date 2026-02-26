--- v0 (2025-10-03)
+++ v1 (2026-02-26)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="2BF4CBA0" w14:textId="5EC7F253" w:rsidR="00DC1BA4" w:rsidRDefault="00DC1BA4" w:rsidP="003B6332">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Namn:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A839B0" w14:textId="29539656" w:rsidR="00DC1BA4" w:rsidRDefault="00DC1BA4" w:rsidP="003B6332">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Personnummer:</w:t>
@@ -187,2741 +187,708 @@
     </w:p>
     <w:p w14:paraId="77552C55" w14:textId="77777777" w:rsidR="004340CD" w:rsidRDefault="004340CD" w:rsidP="003B6332">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="251A79FD" w14:textId="77777777" w:rsidR="00E42ECE" w:rsidRDefault="003B6332" w:rsidP="003B6332">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B6332">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Lärandemål</w:t>
       </w:r>
       <w:r w:rsidR="00E42ECE">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> kursen examensarbete i med</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">icin, 30 </w:t>
+        <w:t xml:space="preserve"> kursen examensarbete i medicin, 30 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E42ECE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E42ECE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B6332">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF7E8D">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FAA9CCB" w14:textId="70F3FF44" w:rsidR="002C59D3" w:rsidRPr="00DC1BA4" w:rsidRDefault="002C59D3" w:rsidP="002C59D3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC1BA4">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Kunskap och förståelse: Studenten ska</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F4DDF3C" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
-    <w:p w14:paraId="788F31A5" w14:textId="034E6F64" w:rsidR="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3">
+    <w:p w14:paraId="788F31A5" w14:textId="35613180" w:rsidR="002C59D3" w:rsidRDefault="007B59E1" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B59E1">
+        <w:t>dogöra på ett fördjupat sätt för det valda forskningsområdets vetenskapliga grund inom kunskapsområdet medicin (S4)</w:t>
+      </w:r>
+      <w:r w:rsidR="008624B7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D0DB59" w14:textId="76437A76" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="000753BB">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C59D3">
         <w:rPr>
-          <w:noProof/>
-[...258 lines deleted...]
-      </w:r>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kurser: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C72DDB" w14:textId="4AF8BA59" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
+    <w:p w14:paraId="0C5C1ABC" w14:textId="72751677" w:rsidR="002C59D3" w:rsidRDefault="007B59E1" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B59E1">
+        <w:t>dogöra för aktuella forsknings- och utvecklingsfrågor inom området och kunna diskutera vetenskapens betydelse för hälso- och sjukvårdens utveckling samt för läkarens yrkesutövning (S4)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688CF98C" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="000753BB">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C59D3">
-        <w:t>visa fördjupad teoretisk kunskap och förståelse för det valda forskningsområdets vetenskapliga grund inom kunskapsområdet medicin (S3).</w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kurser: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D0DB59" w14:textId="76437A76" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Kurser: </w:t>
+    <w:p w14:paraId="4AB38733" w14:textId="33273C94" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
+    <w:p w14:paraId="447A5E49" w14:textId="6807D9B4" w:rsidR="002C59D3" w:rsidRDefault="007B59E1" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B59E1">
+        <w:t>dogöra för och jämföra vetenskapliga metoder inom området och argumentera för och emot metodernas möjligheter och begränsningar (S4)</w:t>
+      </w:r>
+      <w:r w:rsidR="008624B7">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E5C9B03" w14:textId="41B3BF85" w:rsidR="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
-[...551 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="2DC3312B" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="000753BB">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C59D3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Kurser: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="629CA06C" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
     <w:p w14:paraId="257FF502" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
-    <w:p w14:paraId="116DD655" w14:textId="63447FFB" w:rsidR="002C59D3" w:rsidRPr="00DC1BA4" w:rsidRDefault="002C59D3" w:rsidP="002C59D3">
+    <w:p w14:paraId="116DD655" w14:textId="3DE58818" w:rsidR="002C59D3" w:rsidRPr="00DC1BA4" w:rsidRDefault="007B59E1" w:rsidP="002C59D3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1BA4">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Färdigheter: Studenten ska</w:t>
+        <w:t>Färdighet och förmåga</w:t>
+      </w:r>
+      <w:r w:rsidR="002C59D3" w:rsidRPr="00DC1BA4">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>: Studenten ska</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC439F8" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
-    <w:p w14:paraId="2BF0B6B0" w14:textId="55EEB6DE" w:rsidR="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3">
+    <w:p w14:paraId="2BF0B6B0" w14:textId="0513E4CE" w:rsidR="002C59D3" w:rsidRDefault="007B59E1" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B59E1">
+        <w:t>på ett systematiskt och självständigt vis och med forskningsetisk reflektion, inom huvudområdet medicin, formulera frågeställningar, planera, genomföra, presentera samt diskutera ett vetenskapligt arbete i en rapport, i vilken förmågan att analysera arbetet och integrera det i dess teoretiska sammanhang ska framgå (M4)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5641297D" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="000753BB">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C59D3">
         <w:rPr>
-          <w:noProof/>
-[...258 lines deleted...]
-      </w:r>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kurser: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639DB94A" w14:textId="700818DA" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
+    <w:p w14:paraId="2A4C73EF" w14:textId="33AA9D9E" w:rsidR="007B59E1" w:rsidRDefault="007B59E1" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B59E1">
+        <w:t>självständigt och strukturerat söka, kritiskt granska, bedöma och använda relevant information samt visa fördjupad förmåga att på vetenskaplig grund kunna diskutera nya fakta, teorier och frågeställningar (M4)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C3B938A" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="000753BB">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C59D3">
-        <w:t>visa förmåga att på ett systematiskt och självständigt vis, och med forskningsetisk reflektion, inom huvudområdet medicin, kunna identifiera och formulera frågeställningar, planera, genomföra, presentera samt diskutera ett vetenskapligt arbete i en rapport, i vilken förmågan att analysera arbetet och integrera det i dess teoretiska sammanhang ska framgå (M3).</w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kurser: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5641297D" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Kurser: </w:t>
+    <w:p w14:paraId="35639CA4" w14:textId="23E4F566" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
+    <w:p w14:paraId="476ECACE" w14:textId="66F059C3" w:rsidR="002C59D3" w:rsidRDefault="007B59E1" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B59E1">
+        <w:t>kommunicera om det egna examensarbetets frågeställningar, metoder, resultat och slutsatser på ett populärvetenskapligt sätt (M4)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41EA5810" w14:textId="5497EE4C" w:rsidR="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
-[...551 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="2075ED2D" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="000753BB">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C59D3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Kurser: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C28B35D" w14:textId="67188A86" w:rsidR="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
     <w:p w14:paraId="338712D8" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
-    <w:p w14:paraId="00672A30" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3">
+    <w:p w14:paraId="59AF1E8F" w14:textId="6C27D684" w:rsidR="000753BB" w:rsidRDefault="007B59E1" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B59E1">
+        <w:t>använda vetenskapliga databaser och digitala verktyg för att hitta information, hantera referenser, göra matematiska/statistiska analyser av data och skapa lämpliga tabeller och figurer för presentation som är relevanta för det egna examensarbetet (M4)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D22A18">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF6BC02" w14:textId="77777777" w:rsidR="000753BB" w:rsidRPr="000753BB" w:rsidRDefault="000753BB" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000753BB">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kurser: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410C0D5B" w14:textId="4FB28EA7" w:rsidR="000753BB" w:rsidRDefault="000753BB" w:rsidP="00D22A18"/>
+    <w:p w14:paraId="7AA882C0" w14:textId="4809F515" w:rsidR="00D22A18" w:rsidRDefault="00D22A18" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D22A18">
+        <w:t>muntligen presentera sitt examensarbete för en grupp på ett vetenskapligt sätt och opponera på en annan students rapport och därvid ge och ta emot återkoppling på ett konstruktivt sätt (M4)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14441C96" w14:textId="77777777" w:rsidR="00D22A18" w:rsidRDefault="00D22A18" w:rsidP="000753BB">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C59D3">
         <w:rPr>
-          <w:noProof/>
-[...258 lines deleted...]
-      </w:r>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kurser: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F040D01" w14:textId="77777777" w:rsidR="00D22A18" w:rsidRPr="00D22A18" w:rsidRDefault="00D22A18" w:rsidP="00D22A18"/>
+    <w:p w14:paraId="2DACFDB5" w14:textId="4D3D7171" w:rsidR="00D22A18" w:rsidRDefault="00D22A18" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D22A18">
+        <w:t>ta ställning till och beskriva etiska och juridiska aspekter på forsknings- och utvecklingsarbete som är relevant för det egna examensarbetet samt att beakta forskningsperson-perspektivet vid deltagande i en forskningsstudie när så är motiverat (M4)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037C18A9" w14:textId="60FBA05C" w:rsidR="00D22A18" w:rsidRPr="00D22A18" w:rsidRDefault="00D22A18" w:rsidP="000753BB">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C59D3">
-        <w:t>analysera och ta ställning till etiska aspekter på forsknings- och utvecklingsarbete (M3).</w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kurser: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FEAABFA" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3">
-      <w:pPr>
+    <w:p w14:paraId="0F2718F7" w14:textId="77777777" w:rsidR="00D22A18" w:rsidRPr="00D22A18" w:rsidRDefault="00D22A18" w:rsidP="00D22A18"/>
+    <w:p w14:paraId="608DC944" w14:textId="2395736C" w:rsidR="00D22A18" w:rsidRDefault="00D22A18" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22A18">
+        <w:t>dentifiera lika villkors- och hållbarhetsaspekter för det egna examensarbetet (M4)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FA05CD" w14:textId="425F838F" w:rsidR="00D22A18" w:rsidRPr="00D22A18" w:rsidRDefault="00D22A18" w:rsidP="000753BB">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C59D3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kurser: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7264DF7E" w14:textId="77777777" w:rsidR="00D22A18" w:rsidRPr="00D22A18" w:rsidRDefault="00D22A18" w:rsidP="00D22A18"/>
+    <w:p w14:paraId="656DEF9C" w14:textId="3AC3A936" w:rsidR="00D22A18" w:rsidRDefault="00D22A18" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D22A18">
+        <w:t>bemöta patienter, andra studenter, lärare, forskningspersoner och personal på ett respektfullt och professionellt sätt (M4)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F3F3FF9" w14:textId="5386F6BB" w:rsidR="00D22A18" w:rsidRPr="00D22A18" w:rsidRDefault="00D22A18" w:rsidP="000753BB">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C59D3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Kurser: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10CA35C1" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
     <w:p w14:paraId="387CD713" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
-    <w:p w14:paraId="3292058A" w14:textId="21D862B9" w:rsidR="002C59D3" w:rsidRPr="00DC1BA4" w:rsidRDefault="002C59D3" w:rsidP="002C59D3">
+    <w:p w14:paraId="3292058A" w14:textId="59FEFED3" w:rsidR="002C59D3" w:rsidRPr="00DC1BA4" w:rsidRDefault="002C59D3" w:rsidP="002C59D3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC1BA4">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Förhållningssätt:  Studenten ska</w:t>
+        <w:t>Förhållningssätt</w:t>
+      </w:r>
+      <w:r w:rsidR="00193687">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00193687" w:rsidRPr="00193687">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>och vä</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00193687" w:rsidRPr="00193687">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>rderingsförmåga</w:t>
+      </w:r>
+      <w:r w:rsidR="000753BB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC1BA4">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Studenten ska</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26EB554D" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
-    <w:p w14:paraId="2D344078" w14:textId="0550063D" w:rsidR="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3">
+    <w:p w14:paraId="2D344078" w14:textId="3ACACB32" w:rsidR="002C59D3" w:rsidRDefault="00193687" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00193687">
+        <w:t>anlägga ett vetenskapligt förhållningssätt till den medicinska kunskapsutvecklingen som grund för den framtida yrkesutövningen</w:t>
+      </w:r>
+      <w:r w:rsidR="008624B7">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="688383EE" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="000753BB">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C59D3">
         <w:rPr>
-          <w:noProof/>
-[...258 lines deleted...]
-      </w:r>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kurser: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639FAAD7" w14:textId="6BC0BFAA" w:rsidR="000753BB" w:rsidRPr="002C59D3" w:rsidRDefault="000753BB" w:rsidP="002C59D3"/>
+    <w:p w14:paraId="066715B2" w14:textId="640E2D88" w:rsidR="00A03E30" w:rsidRDefault="00A03E30" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A03E30">
+        <w:t>agera och uppträda omdömesgillt och professionellt i lärandesituationer</w:t>
+      </w:r>
+      <w:r w:rsidR="008624B7">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="54E71794" w14:textId="4060EF06" w:rsidR="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="000753BB">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C59D3">
-        <w:t>bedöma sitt behov av ytterligare kunskap och ta ansvar för sin kompetensutveckling.</w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kurser: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688383EE" w14:textId="77777777" w:rsidR="002C59D3" w:rsidRPr="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3">
-      <w:pPr>
+    <w:p w14:paraId="61BE9D6F" w14:textId="096C592F" w:rsidR="00A03E30" w:rsidRDefault="00A03E30" w:rsidP="002C59D3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CA602FE" w14:textId="6A7A63FA" w:rsidR="00A03E30" w:rsidRPr="00A03E30" w:rsidRDefault="00A03E30" w:rsidP="000753BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A03E30">
+        <w:t>värdera sitt kunskapsbehov i relation till kursens lärandemål och den framtida yrkesrollen och kunna formulera mål för si</w:t>
+      </w:r>
+      <w:r>
+        <w:t>n fortsatta kompetensutveckling.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3CE5A360" w14:textId="457D84A1" w:rsidR="006031E3" w:rsidRPr="00A03E30" w:rsidRDefault="00A03E30" w:rsidP="000753BB">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C59D3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Kurser: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A0BFA05" w14:textId="186933CE" w:rsidR="002C59D3" w:rsidRDefault="002C59D3" w:rsidP="002C59D3"/>
-[...282 lines deleted...]
-    <w:sectPr w:rsidR="006031E3" w:rsidRPr="002C59D3" w:rsidSect="00BF7E8D">
+    <w:sectPr w:rsidR="006031E3" w:rsidRPr="00A03E30" w:rsidSect="00BF7E8D">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1174" w:left="2308" w:header="680" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="52BE5C79" w14:textId="77777777" w:rsidR="00717C34" w:rsidRDefault="00717C34">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3597BD32" w14:textId="77777777" w:rsidR="00717C34" w:rsidRDefault="00717C34">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="37B01818" w14:textId="77777777" w:rsidR="000F2DBB" w:rsidRPr="003B6332" w:rsidRDefault="000F2DBB" w:rsidP="006031E3">
     <w:pPr>
       <w:ind w:left="-180" w:right="-1064"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="79992DED" w14:textId="77777777" w:rsidR="000F2DBB" w:rsidRPr="003B6332" w:rsidRDefault="000F2DBB" w:rsidP="000F2DBB">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="9348" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
@@ -3162,51 +1129,51 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2420" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="319FB0CA" w14:textId="77777777" w:rsidR="000F2DBB" w:rsidRPr="003B6332" w:rsidRDefault="000F2DBB" w:rsidP="000F2DBB">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0B3D944C" w14:textId="77777777" w:rsidR="000F2DBB" w:rsidRPr="003B6332" w:rsidRDefault="000F2DBB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="073E7A92" w14:textId="77777777" w:rsidR="001B3299" w:rsidRPr="003B6332" w:rsidRDefault="001B3299" w:rsidP="00353919">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:ind w:left="-180" w:right="-1064"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="02F0FA13" w14:textId="77777777" w:rsidR="001B3299" w:rsidRPr="003B6332" w:rsidRDefault="001B3299" w:rsidP="00353919">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="9348" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3579,107 +1546,108 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2420" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="55263499" w14:textId="77777777" w:rsidR="001B3299" w:rsidRPr="003B6332" w:rsidRDefault="001B3299" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="24EEBE8B" w14:textId="77777777" w:rsidR="001B3299" w:rsidRPr="003B6332" w:rsidRDefault="001B3299">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="311CDD4D" w14:textId="77777777" w:rsidR="00717C34" w:rsidRDefault="00717C34">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5397F8B7" w14:textId="77777777" w:rsidR="00717C34" w:rsidRDefault="00717C34">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="10516" w:type="dxa"/>
       <w:tblInd w:w="-1588" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5387"/>
       <w:gridCol w:w="3856"/>
       <w:gridCol w:w="1273"/>
     </w:tblGrid>
     <w:tr w:rsidR="001B3299" w:rsidRPr="003B6332" w14:paraId="1C1F4742" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
         </w:tcPr>
         <w:p w14:paraId="5E908C33" w14:textId="77777777" w:rsidR="000F2DBB" w:rsidRPr="003B6332" w:rsidRDefault="000F2DBB" w:rsidP="00E61CF2">
           <w:pPr>
             <w:pStyle w:val="Header"/>
           </w:pPr>
           <w:r w:rsidRPr="003B6332">
             <w:rPr>
               <w:noProof/>
+              <w:lang w:val="en-US" w:eastAsia="en-US"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59EDC338" wp14:editId="116725AC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>190500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>19050</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1800225" cy="742950"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTight wrapText="bothSides">
                   <wp:wrapPolygon edited="0">
                     <wp:start x="0" y="0"/>
                     <wp:lineTo x="0" y="21046"/>
                     <wp:lineTo x="21486" y="21046"/>
                     <wp:lineTo x="21486" y="0"/>
                     <wp:lineTo x="0" y="0"/>
                   </wp:wrapPolygon>
                 </wp:wrapTight>
                 <wp:docPr id="2" name="Bild 1" descr="KI-Logo_pos_RGB(136-0-82)"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
@@ -3799,51 +1767,51 @@
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> av </w:t>
           </w:r>
           <w:r w:rsidR="00AF223D" w:rsidRPr="004340CD">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>tidigare genomgången utbildning</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1273" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="55150BD0" w14:textId="77777777" w:rsidR="001B3299" w:rsidRPr="003B6332" w:rsidRDefault="003B6332">
+        <w:p w14:paraId="55150BD0" w14:textId="6B7DDA3C" w:rsidR="001B3299" w:rsidRPr="003B6332" w:rsidRDefault="003B6332">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Sid</w:t>
           </w:r>
           <w:r w:rsidR="001B3299" w:rsidRPr="003B6332">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
@@ -3854,51 +1822,51 @@
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="001B3299" w:rsidRPr="003B6332">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
           <w:r w:rsidR="001B3299" w:rsidRPr="003B6332">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="007261BD">
+          <w:r w:rsidR="008624B7">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidR="001B3299" w:rsidRPr="003B6332">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidR="001B3299" w:rsidRPr="003B6332">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
@@ -3909,59 +1877,59 @@
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="001B3299" w:rsidRPr="003B6332">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
           </w:r>
           <w:r w:rsidR="001B3299" w:rsidRPr="003B6332">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="007261BD">
+          <w:r w:rsidR="008624B7">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>1</w:t>
+            <w:t>2</w:t>
           </w:r>
           <w:r w:rsidR="001B3299" w:rsidRPr="003B6332">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="001B3299" w:rsidRPr="003B6332" w14:paraId="2854F6F6" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="0D7440FE" w14:textId="77777777" w:rsidR="001B3299" w:rsidRPr="003B6332" w:rsidRDefault="001B3299">
           <w:pPr>
             <w:pStyle w:val="Header"/>
           </w:pPr>
         </w:p>
       </w:tc>
@@ -3969,89 +1937,90 @@
         <w:tcPr>
           <w:tcW w:w="5129" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
         <w:p w14:paraId="3FEDFECE" w14:textId="77777777" w:rsidR="001B3299" w:rsidRPr="003B6332" w:rsidRDefault="001B3299">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5E92F1D7" w14:textId="77777777" w:rsidR="001B3299" w:rsidRPr="003B6332" w:rsidRDefault="001B3299">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="10670" w:type="dxa"/>
       <w:tblInd w:w="-1322" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5387"/>
       <w:gridCol w:w="3303"/>
       <w:gridCol w:w="660"/>
       <w:gridCol w:w="1320"/>
     </w:tblGrid>
     <w:tr w:rsidR="001B3299" w:rsidRPr="003B6332" w14:paraId="1E365902" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
         </w:tcPr>
         <w:p w14:paraId="3C3F2802" w14:textId="77777777" w:rsidR="001B3299" w:rsidRPr="003B6332" w:rsidRDefault="004D39E5" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Header"/>
           </w:pPr>
           <w:r w:rsidRPr="003B6332">
             <w:rPr>
               <w:noProof/>
+              <w:lang w:val="en-US" w:eastAsia="en-US"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D1CE14B" wp14:editId="17FBE1BA">
                 <wp:extent cx="1800225" cy="742950"/>
                 <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
                 <wp:docPr id="4" name="Bild 1" descr="KI-Logo_pos_RGB(136-0-82)"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1" descr="KI-Logo_pos_RGB(136-0-82)"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
@@ -4609,52 +2578,278 @@
               <w:tab w:val="clear" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5EF064CB" w14:textId="77777777" w:rsidR="001B3299" w:rsidRPr="003B6332" w:rsidRDefault="001B3299">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FCF6E9E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0D85548"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="630E4F03"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0F627B7A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CB05EFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F806838E"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4697,148 +2892,156 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="181"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="stc3_dlg_cap¤frame_¤&lt;new&gt;1¤English" w:val="Choose logotype / Välj logotyp"/>
     <w:docVar w:name="stc3_dlg_cap¤frame_¤&lt;new&gt;1¤Svenska" w:val="Välj logotyp / Choose logotype"/>
     <w:docVar w:name="stc3_dlg_def_value¤oa_¤Logo_färg" w:val="False"/>
     <w:docVar w:name="stc3_dlg_def_value¤oa_¤Logo_sv" w:val="True"/>
     <w:docVar w:name="stc3_dlg_element¤01" w:val="dialog_¤TemplateDialog"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01" w:val="step_¤&lt;new&gt;"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01" w:val="frame_¤&lt;new&gt;1"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤01" w:val="oa_¤Logo_sv"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤02" w:val="oa_¤Logo_färg"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤02" w:val="frame_¤&lt;new&gt;"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤01" w:val="pr_¤Profile"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤02" w:val="dl_¤DocLanguage"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤03" w:val="ds_¤Dokumentnamn"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤04" w:val="dl_¤Date"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤05" w:val="ds_¤DNR"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤06" w:val="ds_¤Mottagare"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤07" w:val="ds_¤Rubrik"/>
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤DNR" w:val="1"/>
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Dokumentnamn" w:val="1"/>
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Mottagare" w:val="5"/>
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Rubrik" w:val="1"/>
     <w:docVar w:name="stc3_dlg_show_dlg_descr¤dialog_¤TemplateDialog" w:val="False"/>
     <w:docVar w:name="stc3_dlg_show_step_descr¤dialog_¤TemplateDialog" w:val="False"/>
     <w:docVar w:name="stc3_dlg_type¤dl_¤Date" w:val="6"/>
     <w:docVar w:name="stc3_dlg_type¤dl_¤DocLanguage" w:val="9"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤DNR" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Dokumentnamn" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Mottagare" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Rubrik" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤oa_¤Logo_färg" w:val="5"/>
     <w:docVar w:name="stc3_dlg_type¤oa_¤Logo_sv" w:val="5"/>
     <w:docVar w:name="stc3_dlg_type¤pr_¤Profile" w:val="10"/>
     <w:docVar w:name="stc3_DM" w:val="0"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="003B6332"/>
     <w:rsid w:val="00010C2A"/>
     <w:rsid w:val="0002559A"/>
     <w:rsid w:val="00057050"/>
     <w:rsid w:val="00063841"/>
+    <w:rsid w:val="000753BB"/>
     <w:rsid w:val="00077AB6"/>
     <w:rsid w:val="00090E21"/>
     <w:rsid w:val="00091AE1"/>
     <w:rsid w:val="00096160"/>
     <w:rsid w:val="000A2A55"/>
     <w:rsid w:val="000B16BC"/>
     <w:rsid w:val="000C3D61"/>
     <w:rsid w:val="000C63A7"/>
     <w:rsid w:val="000E529E"/>
     <w:rsid w:val="000F2DBB"/>
     <w:rsid w:val="00103370"/>
     <w:rsid w:val="001276D6"/>
     <w:rsid w:val="001332DC"/>
     <w:rsid w:val="0015119A"/>
     <w:rsid w:val="00152BFE"/>
     <w:rsid w:val="00155A8A"/>
     <w:rsid w:val="00155D84"/>
     <w:rsid w:val="001625BA"/>
     <w:rsid w:val="00164326"/>
     <w:rsid w:val="001663DC"/>
+    <w:rsid w:val="001767C2"/>
     <w:rsid w:val="001800CD"/>
     <w:rsid w:val="00190E78"/>
+    <w:rsid w:val="00193687"/>
     <w:rsid w:val="001B3299"/>
     <w:rsid w:val="001B4233"/>
     <w:rsid w:val="001C24A9"/>
     <w:rsid w:val="001C444D"/>
     <w:rsid w:val="001C4F49"/>
     <w:rsid w:val="001C5B7B"/>
     <w:rsid w:val="001E5A3B"/>
     <w:rsid w:val="00201E67"/>
     <w:rsid w:val="00221157"/>
     <w:rsid w:val="00225C1A"/>
     <w:rsid w:val="00236B77"/>
     <w:rsid w:val="00273668"/>
     <w:rsid w:val="002951F6"/>
     <w:rsid w:val="002B4D62"/>
     <w:rsid w:val="002C1089"/>
     <w:rsid w:val="002C3CF0"/>
     <w:rsid w:val="002C59D3"/>
     <w:rsid w:val="002E1ED2"/>
     <w:rsid w:val="002E543F"/>
     <w:rsid w:val="00306969"/>
     <w:rsid w:val="00313BF9"/>
     <w:rsid w:val="00326BE3"/>
     <w:rsid w:val="00332C0C"/>
     <w:rsid w:val="0033435A"/>
     <w:rsid w:val="003373A1"/>
@@ -4910,130 +3113,135 @@
     <w:rsid w:val="006A7CBC"/>
     <w:rsid w:val="006B316D"/>
     <w:rsid w:val="006B4327"/>
     <w:rsid w:val="006C52C0"/>
     <w:rsid w:val="006E4845"/>
     <w:rsid w:val="006E52B4"/>
     <w:rsid w:val="006F3EBE"/>
     <w:rsid w:val="00717163"/>
     <w:rsid w:val="00717C34"/>
     <w:rsid w:val="007261BD"/>
     <w:rsid w:val="007441F8"/>
     <w:rsid w:val="007516BA"/>
     <w:rsid w:val="007605DC"/>
     <w:rsid w:val="00761DCB"/>
     <w:rsid w:val="007627D8"/>
     <w:rsid w:val="00766E50"/>
     <w:rsid w:val="007829F5"/>
     <w:rsid w:val="007836E4"/>
     <w:rsid w:val="00795034"/>
     <w:rsid w:val="0079776B"/>
     <w:rsid w:val="007A4429"/>
     <w:rsid w:val="007A73C3"/>
     <w:rsid w:val="007B0168"/>
     <w:rsid w:val="007B019E"/>
     <w:rsid w:val="007B3619"/>
+    <w:rsid w:val="007B59E1"/>
     <w:rsid w:val="007B63D0"/>
     <w:rsid w:val="007C1070"/>
     <w:rsid w:val="007C4C76"/>
     <w:rsid w:val="007E7456"/>
     <w:rsid w:val="007F51F5"/>
     <w:rsid w:val="00801343"/>
     <w:rsid w:val="00804BA1"/>
     <w:rsid w:val="0082099E"/>
     <w:rsid w:val="00844B71"/>
     <w:rsid w:val="00844D86"/>
+    <w:rsid w:val="008624B7"/>
     <w:rsid w:val="008741F2"/>
     <w:rsid w:val="00886F9A"/>
     <w:rsid w:val="008B74D4"/>
     <w:rsid w:val="008C1954"/>
     <w:rsid w:val="008C4623"/>
     <w:rsid w:val="008C5232"/>
     <w:rsid w:val="008D27E5"/>
     <w:rsid w:val="008F6BF4"/>
     <w:rsid w:val="008F798A"/>
     <w:rsid w:val="00904D0A"/>
+    <w:rsid w:val="0090568A"/>
     <w:rsid w:val="00914E52"/>
     <w:rsid w:val="00915C63"/>
     <w:rsid w:val="00916559"/>
     <w:rsid w:val="00923396"/>
     <w:rsid w:val="009474AD"/>
     <w:rsid w:val="0094777D"/>
     <w:rsid w:val="0095706B"/>
     <w:rsid w:val="00961399"/>
     <w:rsid w:val="009745BF"/>
     <w:rsid w:val="0097736A"/>
     <w:rsid w:val="00984BFF"/>
     <w:rsid w:val="009B646D"/>
     <w:rsid w:val="009E6251"/>
     <w:rsid w:val="009F56CD"/>
+    <w:rsid w:val="00A03E30"/>
     <w:rsid w:val="00A270C9"/>
     <w:rsid w:val="00A32B41"/>
     <w:rsid w:val="00A40C52"/>
     <w:rsid w:val="00A466AE"/>
     <w:rsid w:val="00A51B0E"/>
     <w:rsid w:val="00A77CB3"/>
     <w:rsid w:val="00A83204"/>
     <w:rsid w:val="00A91F88"/>
     <w:rsid w:val="00AB07EC"/>
     <w:rsid w:val="00AC42FB"/>
     <w:rsid w:val="00AE027D"/>
     <w:rsid w:val="00AF223D"/>
     <w:rsid w:val="00AF4BAB"/>
     <w:rsid w:val="00AF63B5"/>
     <w:rsid w:val="00B11CFF"/>
     <w:rsid w:val="00B3247F"/>
     <w:rsid w:val="00B40FF7"/>
     <w:rsid w:val="00B42D07"/>
     <w:rsid w:val="00B52E3A"/>
     <w:rsid w:val="00B642D1"/>
     <w:rsid w:val="00BA437B"/>
     <w:rsid w:val="00BA7664"/>
     <w:rsid w:val="00BB64C2"/>
     <w:rsid w:val="00BF01D7"/>
     <w:rsid w:val="00BF3A9C"/>
     <w:rsid w:val="00BF7E8D"/>
     <w:rsid w:val="00C120BD"/>
     <w:rsid w:val="00C172EC"/>
     <w:rsid w:val="00C4073F"/>
     <w:rsid w:val="00C77FFD"/>
     <w:rsid w:val="00C80C73"/>
     <w:rsid w:val="00C9081B"/>
     <w:rsid w:val="00C91F92"/>
     <w:rsid w:val="00C9401C"/>
     <w:rsid w:val="00C977A2"/>
     <w:rsid w:val="00CA46A9"/>
     <w:rsid w:val="00CC078B"/>
     <w:rsid w:val="00CC7CBB"/>
     <w:rsid w:val="00CD782B"/>
     <w:rsid w:val="00CE130F"/>
     <w:rsid w:val="00CE1BDC"/>
     <w:rsid w:val="00CE1D1D"/>
     <w:rsid w:val="00CF624E"/>
     <w:rsid w:val="00CF6794"/>
     <w:rsid w:val="00D1522F"/>
     <w:rsid w:val="00D21CCD"/>
+    <w:rsid w:val="00D22A18"/>
     <w:rsid w:val="00D23D8D"/>
     <w:rsid w:val="00D2634E"/>
     <w:rsid w:val="00D31D9D"/>
     <w:rsid w:val="00D4256D"/>
     <w:rsid w:val="00D606A8"/>
     <w:rsid w:val="00D60E0F"/>
     <w:rsid w:val="00D738A2"/>
     <w:rsid w:val="00D80631"/>
     <w:rsid w:val="00D92184"/>
     <w:rsid w:val="00DB0612"/>
     <w:rsid w:val="00DB296E"/>
     <w:rsid w:val="00DC1BA4"/>
     <w:rsid w:val="00DE3400"/>
     <w:rsid w:val="00DE37BE"/>
     <w:rsid w:val="00DE6066"/>
     <w:rsid w:val="00E16C3A"/>
     <w:rsid w:val="00E228D3"/>
     <w:rsid w:val="00E27ECB"/>
     <w:rsid w:val="00E337FD"/>
     <w:rsid w:val="00E42ECE"/>
     <w:rsid w:val="00E43682"/>
     <w:rsid w:val="00E4658D"/>
     <w:rsid w:val="00E46D9E"/>
     <w:rsid w:val="00E56528"/>
     <w:rsid w:val="00E61CF2"/>
@@ -5056,74 +3264,74 @@
     <w:rsid w:val="00F83CB8"/>
     <w:rsid w:val="00FA2F75"/>
     <w:rsid w:val="00FA3D3A"/>
     <w:rsid w:val="00FA68EA"/>
     <w:rsid w:val="00FE4636"/>
     <w:rsid w:val="00FE485A"/>
     <w:rsid w:val="00FE4D48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="269B9840"/>
   <w15:docId w15:val="{51A84DDE-91E9-4070-A81D-082AC3A2597F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5444,54 +3652,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CF624E"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001B4233"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
@@ -5687,84 +3891,201 @@
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B42D07"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="00B42D07"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
+    <w:div w:id="269511589">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="538854577">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="624383747">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="671763953">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="770004904">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="927081271">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1314946201">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1772312254">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1812136903">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2043552183">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:////C:\Users\chawei\Downloads\dokumentmall_Print.dotm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\chawei\Downloads\dokumentmall_Print.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6015,86 +4336,86 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4EF6B42-BC48-0D47-A751-6F6FD85F72A9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4566EF03-0617-47C0-A6ED-4FFDFACDCE3A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>C:\Users\chawei\Downloads\dokumentmall_Print.dotm</Template>
+  <Template>dokumentmall_Print</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>329</Words>
-  <Characters>1879</Characters>
+  <Words>388</Words>
+  <Characters>2681</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Institution</vt:lpstr>
       <vt:lpstr>Institution</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2204</CharactersWithSpaces>
+  <CharactersWithSpaces>3063</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Institution</dc:title>
   <dc:creator>ITA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>