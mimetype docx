--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -7,207 +7,206 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3507"/>
       </w:tblGrid>
       <w:tr w:rsidR="000051FC" w:rsidRPr="00796115" w14:paraId="401D9FE8" w14:textId="77777777" w:rsidTr="00796115">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38FF95AB" w14:textId="63CA8FDF" w:rsidR="000051FC" w:rsidRPr="008C75F1" w:rsidRDefault="00D363B6" w:rsidP="00C72A0A">
+          <w:p w14:paraId="38FF95AB" w14:textId="33785738" w:rsidR="000051FC" w:rsidRPr="008C75F1" w:rsidRDefault="00D363B6" w:rsidP="00C72A0A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anmälan inför höst</w:t>
             </w:r>
             <w:r w:rsidR="00A819FD" w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>terminen 20</w:t>
             </w:r>
             <w:r w:rsidR="00F24CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00B24EE6">
-[...7 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="0056421E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00C72A0A" w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="000051FC" w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sista anmälningsdag</w:t>
             </w:r>
             <w:r w:rsidR="00212B69" w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: 1</w:t>
             </w:r>
-            <w:r w:rsidR="00B24EE6">
-[...6 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="0056421E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004D44AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mars</w:t>
             </w:r>
             <w:r w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="00F24CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00B24EE6">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="0056421E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00C232D2" w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000051FC" w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>Sista kompletteringsdag</w:t>
             </w:r>
             <w:r w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -236,51 +235,60 @@
             <w:r w:rsidR="0015415F" w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">april </w:t>
             </w:r>
             <w:r w:rsidR="00A819FD" w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00B24EE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0056421E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B8C5881" w14:textId="77777777" w:rsidR="009672C6" w:rsidRPr="00916197" w:rsidRDefault="009672C6" w:rsidP="007035B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="622C22CE" w14:textId="19A796ED" w:rsidR="007035B7" w:rsidRPr="000763F4" w:rsidRDefault="001F202C" w:rsidP="007035B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -313,155 +321,175 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Används som underlag i</w:t>
       </w:r>
       <w:r w:rsidR="00D363B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nför eventuell intervju</w:t>
       </w:r>
       <w:r w:rsidR="002E67E1" w:rsidRPr="002E67E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011051E4" w14:textId="63A62866" w:rsidR="00576CA8" w:rsidRPr="00B24EE6" w:rsidRDefault="00840EE9" w:rsidP="000860B2">
+    <w:p w14:paraId="011051E4" w14:textId="48B0E3A8" w:rsidR="00576CA8" w:rsidRPr="00B24EE6" w:rsidRDefault="00840EE9" w:rsidP="000860B2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Anmälan görs på</w:t>
       </w:r>
       <w:r w:rsidR="00D363B6" w:rsidRPr="009E5327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00D363B6" w:rsidRPr="009E5327">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>www.antagning.se</w:t>
+          <w:t>www.antagni</w:t>
+        </w:r>
+        <w:r w:rsidR="00D363B6" w:rsidRPr="009E5327">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>n</w:t>
+        </w:r>
+        <w:r w:rsidR="00D363B6" w:rsidRPr="009E5327">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>g.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000860B2" w:rsidRPr="009E5327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C47ECD" w:rsidRPr="009E5327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>mellan 1</w:t>
       </w:r>
-      <w:r w:rsidR="00B24EE6">
+      <w:r w:rsidR="0056421E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00C47ECD" w:rsidRPr="009E5327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B07C4" w:rsidRPr="009E5327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>februari</w:t>
       </w:r>
       <w:r w:rsidR="00C47ECD" w:rsidRPr="009E5327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> och 1</w:t>
       </w:r>
-      <w:r w:rsidR="00B24EE6">
+      <w:r w:rsidR="0056421E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00C47ECD" w:rsidRPr="009E5327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B07C4" w:rsidRPr="009E5327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>mars</w:t>
       </w:r>
       <w:r w:rsidR="00C47ECD" w:rsidRPr="009E5327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
@@ -493,72 +521,112 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Fyll i blanketten elektroniskt (inte för hand). Ladda upp på ”Mina sidor” på </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00294499">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>Antagning.se</w:t>
+          <w:t>Antagni</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00294499">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>n</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00294499">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>g.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> efter att du har anmält dig på Antagning.se. Alla kvalifikationer som du åberopar i meritförteckningen ska styrkas. De flesta handlingarna kan laddas upp på din anmälan på antagning.se. Ifall du skannar och laddar upp ska du se till att skanna originalhandlingar, skanna i färg och skanna alla sidor (även baksidor). Skanna inte kopior eller bestyrkta kopior! Läs vad som gäller för uppladdning av dokument på </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00294499">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>Antagning.se</w:t>
+          <w:t>Antagni</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00294499">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>n</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00294499">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>g.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>. S</w:t>
       </w:r>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ista kompletteringsdag och sista dag för att styrka avgiftsfrihet (anmälnings- och studieavgift för sökande utanför EU/EES)</w:t>
       </w:r>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
@@ -594,193 +662,233 @@
           </w:rPr>
           <w:t>Antagning.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4252B9F5" w14:textId="77777777" w:rsidR="000763F4" w:rsidRPr="00294499" w:rsidRDefault="000763F4" w:rsidP="000763F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AB4D5CD" w14:textId="30A02D27" w:rsidR="000763F4" w:rsidRPr="00EC091C" w:rsidRDefault="000763F4" w:rsidP="000763F4">
+    <w:p w14:paraId="7AB4D5CD" w14:textId="40C7CA63" w:rsidR="000763F4" w:rsidRPr="00EC091C" w:rsidRDefault="000763F4" w:rsidP="000763F4">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Viktig information</w:t>
       </w:r>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>: Vid antagningen inför höstterminen 202</w:t>
+        <w:t xml:space="preserve">: Antagning.se (Universitets- och högskolerådet) </w:t>
       </w:r>
-      <w:r w:rsidR="00B24EE6">
+      <w:r w:rsidR="0056421E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t xml:space="preserve">kommer </w:t>
       </w:r>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kommer Antagning.se (Universitets- och högskolerådet) att bedöma att du har dokumenterat din utländska utbildning och språkkunskaper i svenska enligt kraven på Antagning.se</w:t>
+        <w:t>att bedöma att du har dokumenterat din utländska utbildning och språkkunskaper i svenska enligt kraven på Antagning.se</w:t>
       </w:r>
       <w:r w:rsidR="00452E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00452E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">UniversityAdmissions.se. I de flesta fall kan du skanna </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00294499">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>officiella originalhandlingar</w:t>
+          <w:t>officiella original</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00294499">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>h</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00294499">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>andlingar</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> och eventuella officiella översättningar i färg och ladda upp på din anmälan på antagning.se. Skanna inte kopior eller bestyrkta kopior! Du måste även följa de </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00294499">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
           <w:t>landsspecifika kraven</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> för dina akademiska meriter. Se vilka akademiska meriter som måste skickas </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00294499">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>direkt från lärosätet</w:t>
+          <w:t>direkt fr</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00294499">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>å</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00294499">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:eastAsia="sv-SE"/>
+          </w:rPr>
+          <w:t>n lärosätet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ifall du har frågor om hur du ska dokumentera din utbildning och språkkunskaper i svenska rekommenderar vi att du kontaktar </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00294499">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
           <w:t>antagning.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
@@ -809,51 +917,50 @@
       <w:tblPr>
         <w:tblW w:w="9719" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9719"/>
       </w:tblGrid>
       <w:tr w:rsidR="003B1398" w:rsidRPr="00A65D50" w14:paraId="236C1D16" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2E99D402" w14:textId="77777777" w:rsidR="003B1398" w:rsidRPr="00A65D50" w:rsidRDefault="001F202C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Personnummer </w:t>
@@ -995,51 +1102,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B1398" w:rsidRPr="00A65D50" w14:paraId="4AA2C8CD" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="05A48F71" w14:textId="77777777" w:rsidR="003B1398" w:rsidRPr="00A65D50" w:rsidRDefault="001F202C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -1176,51 +1282,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B1398" w:rsidRPr="00A65D50" w14:paraId="528A8960" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="61FE3E0E" w14:textId="77777777" w:rsidR="003B1398" w:rsidRPr="00A65D50" w:rsidRDefault="001F202C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -1385,51 +1490,50 @@
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5183"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
       <w:tr w:rsidR="00036222" w:rsidRPr="00A65D50" w14:paraId="7F7A437D" w14:textId="77777777" w:rsidTr="004921CA">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4D2A2C48" w14:textId="10AFC63D" w:rsidR="000860B2" w:rsidRPr="00294499" w:rsidRDefault="009C3DB2" w:rsidP="000860B2">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="435"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
@@ -1537,51 +1641,73 @@
               </w:rPr>
               <w:t>enligt de anvisningar som finns på:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49794F89" w14:textId="77777777" w:rsidR="00B63C00" w:rsidRPr="00B960EB" w:rsidRDefault="00B63C00" w:rsidP="00B63C00">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="00B960EB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
-                <w:t>www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/country-instructions/</w:t>
+                <w:t>www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/country-instru</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B960EB">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:t>c</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B960EB">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:t>tions/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B960EB">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="00B960EB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
                 <w:t>www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/your-documents-must-be-officially-issued/</w:t>
               </w:r>
@@ -1619,51 +1745,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B1398" w:rsidRPr="00A65D50" w14:paraId="27B84C5C" w14:textId="77777777" w:rsidTr="004921CA">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="107C158A" w14:textId="77777777" w:rsidR="003B1398" w:rsidRPr="00A65D50" w:rsidRDefault="00186A95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1815,51 +1940,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B1398" w:rsidRPr="00A65D50" w14:paraId="07D68BD8" w14:textId="77777777" w:rsidTr="004921CA">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="645632AC" w14:textId="77777777" w:rsidR="003B1398" w:rsidRPr="00A65D50" w:rsidRDefault="00653A1C" w:rsidP="00C47163">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1993,51 +2117,50 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E0831D8" w14:textId="77777777" w:rsidR="00B87937" w:rsidRPr="005670AC" w:rsidRDefault="00B87937" w:rsidP="00B87937">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B6D2DD8" w14:textId="77777777" w:rsidR="003B1398" w:rsidRPr="00A65D50" w:rsidRDefault="001F202C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Utbildningens längd </w:t>
@@ -2182,51 +2305,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w14:paraId="3FE4238D" w14:textId="77777777" w:rsidTr="00A11BF8">
         <w:trPr>
           <w:trHeight w:val="189"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6034" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4CBF8FD2" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="00EF538C" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -2236,147 +2358,144 @@
               <w:t>Innehöll din utbildning</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BFD4786" w14:textId="77777777" w:rsidR="00EF538C" w:rsidRPr="00A65D50" w:rsidRDefault="00EF538C" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6EADD085" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="004921CA" w:rsidRDefault="004921CA" w:rsidP="001D7FBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004921CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1D256D70" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="004921CA" w:rsidRDefault="004921CA" w:rsidP="001D7FBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004921CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Nej</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w14:paraId="5C4C92EC" w14:textId="77777777" w:rsidTr="00A11BF8">
         <w:trPr>
           <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6034" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2E34A51A" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="001D7FBF" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="34AE97DC" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="001D7FBF" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2384,51 +2503,50 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Fast protetik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="29049C5A" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="005464A3" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -2540,51 +2658,50 @@
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="30EF02D6" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="005464A3" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -2702,51 +2819,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w14:paraId="1072D45B" w14:textId="77777777" w:rsidTr="00A11BF8">
         <w:trPr>
           <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6034" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="00AD5702" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="001D7FBF" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="14EF9117" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="001D7FBF" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2754,51 +2870,50 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Endodonti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="459DDD06" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="005464A3" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -2910,51 +3025,50 @@
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="543500F7" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="005464A3" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -3072,102 +3186,100 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w14:paraId="41397682" w14:textId="77777777" w:rsidTr="00A11BF8">
         <w:trPr>
           <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6034" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="20496B9F" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="000C0333" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:br/>
               <w:t>Oral r</w:t>
             </w:r>
             <w:r w:rsidR="00A1419C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>öntgenlära (X-ray)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3BB26DF5" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="005464A3" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -3279,51 +3391,50 @@
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="47311683" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="005464A3" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -3441,51 +3552,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w14:paraId="63F0D65C" w14:textId="77777777" w:rsidTr="00A11BF8">
         <w:trPr>
           <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6034" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="548427AD" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="001D7FBF" w:rsidP="001D7FBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6CF2F881" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="00A1419C" w:rsidP="00A1419C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3501,51 +3611,50 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Självständigt </w:t>
             </w:r>
             <w:r w:rsidR="001D7FBF" w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">tagit och analyserat röntgenbilder? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="403452D7" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="005464A3" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -3657,51 +3766,50 @@
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="325AE430" w14:textId="77777777" w:rsidR="001D7FBF" w:rsidRPr="00A65D50" w:rsidRDefault="005464A3" w:rsidP="00B05112">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -3819,102 +3927,100 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F06CD" w:rsidRPr="00A65D50" w14:paraId="690BB3DE" w14:textId="77777777" w:rsidTr="00A11BF8">
         <w:trPr>
           <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6034" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="295C67DB" w14:textId="77777777" w:rsidR="009F06CD" w:rsidRDefault="009F06CD" w:rsidP="009F06CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59090DA1" w14:textId="77777777" w:rsidR="009F06CD" w:rsidRPr="00A65D50" w:rsidRDefault="009F06CD" w:rsidP="009F06CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Barn- och ungdomstandvård</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B5CC7DB" w14:textId="77777777" w:rsidR="009F06CD" w:rsidRPr="00A65D50" w:rsidRDefault="009F06CD" w:rsidP="009F06CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -4026,51 +4132,50 @@
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="416C0BC1" w14:textId="77777777" w:rsidR="009F06CD" w:rsidRPr="00A65D50" w:rsidRDefault="009F06CD" w:rsidP="009F06CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -4188,102 +4293,100 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F06CD" w:rsidRPr="00A65D50" w14:paraId="1A639050" w14:textId="77777777" w:rsidTr="00A11BF8">
         <w:trPr>
           <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6034" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="010033CE" w14:textId="77777777" w:rsidR="009F06CD" w:rsidRDefault="009F06CD" w:rsidP="009F06CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7FD00561" w14:textId="77777777" w:rsidR="009F06CD" w:rsidRPr="00A65D50" w:rsidRDefault="009F06CD" w:rsidP="009F06CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Parodontologi inkl. förebyggande tandhälsovård</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A6B4622" w14:textId="77777777" w:rsidR="009F06CD" w:rsidRPr="00A65D50" w:rsidRDefault="009F06CD" w:rsidP="009F06CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -4395,51 +4498,50 @@
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="306E814F" w14:textId="77777777" w:rsidR="009F06CD" w:rsidRPr="00A65D50" w:rsidRDefault="009F06CD" w:rsidP="009F06CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -4580,51 +4682,50 @@
       <w:tblPr>
         <w:tblW w:w="9719" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9719"/>
       </w:tblGrid>
       <w:tr w:rsidR="00036222" w:rsidRPr="00A65D50" w14:paraId="3B7866F3" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49A0DE2E" w14:textId="77777777" w:rsidR="00036222" w:rsidRPr="000860B2" w:rsidRDefault="00180496" w:rsidP="000860B2">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="435"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
@@ -4673,51 +4774,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B1398" w:rsidRPr="00A65D50" w14:paraId="024E0CA0" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="151242C2" w14:textId="77777777" w:rsidR="003B1398" w:rsidRPr="009C3DB2" w:rsidRDefault="003E0694">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -4876,51 +4976,50 @@
       <w:tblPr>
         <w:tblW w:w="9719" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9719"/>
       </w:tblGrid>
       <w:tr w:rsidR="00180496" w:rsidRPr="00A65D50" w14:paraId="03F91F1F" w14:textId="77777777" w:rsidTr="000A2A91">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="48234ED5" w14:textId="77777777" w:rsidR="00180496" w:rsidRPr="003E698E" w:rsidRDefault="00180496" w:rsidP="000860B2">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="435"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
@@ -4962,51 +5061,50 @@
             <w:r w:rsidRPr="00FB5CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00180496" w:rsidRPr="00A65D50" w14:paraId="43AE7DB8" w14:textId="77777777" w:rsidTr="000A2A91">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="072BA75B" w14:textId="77777777" w:rsidR="00180496" w:rsidRPr="009C3DB2" w:rsidRDefault="00180496" w:rsidP="00180496">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -5174,51 +5272,50 @@
       <w:tblPr>
         <w:tblW w:w="9719" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9719"/>
       </w:tblGrid>
       <w:tr w:rsidR="006203F3" w:rsidRPr="00A65D50" w14:paraId="586025A4" w14:textId="77777777" w:rsidTr="000A2A91">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="347A717A" w14:textId="77777777" w:rsidR="006203F3" w:rsidRPr="00180496" w:rsidRDefault="006203F3" w:rsidP="000860B2">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="435"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
@@ -5237,51 +5334,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006203F3" w:rsidRPr="00A65D50" w14:paraId="01AF360E" w14:textId="77777777" w:rsidTr="000A2A91">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7B90F9FD" w14:textId="77777777" w:rsidR="006203F3" w:rsidRPr="009C3DB2" w:rsidRDefault="006203F3" w:rsidP="000A2A91">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -5442,51 +5538,50 @@
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6034"/>
         <w:gridCol w:w="3685"/>
       </w:tblGrid>
       <w:tr w:rsidR="003B1398" w:rsidRPr="00A65D50" w14:paraId="3E5CAF47" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1723400B" w14:textId="325A28BC" w:rsidR="003B1398" w:rsidRPr="00A65D50" w:rsidRDefault="009C3DB2" w:rsidP="000860B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="435"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
@@ -5636,51 +5731,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E66D4" w:rsidRPr="00A65D50" w14:paraId="7B36ABF4" w14:textId="77777777" w:rsidTr="00A11BF8">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="04BD0300" w14:textId="77777777" w:rsidR="006E66D4" w:rsidRPr="006E66D4" w:rsidRDefault="006E66D4" w:rsidP="006E66D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -5828,51 +5922,50 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="182219DD" w14:textId="77777777" w:rsidR="009826DF" w:rsidRDefault="004921CA" w:rsidP="006E66D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009826DF">
               <w:rPr>
@@ -6033,51 +6126,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E66D4" w:rsidRPr="00A65D50" w14:paraId="71374FD1" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7B6F98B0" w14:textId="77777777" w:rsidR="006E66D4" w:rsidRPr="00346B87" w:rsidRDefault="00454045" w:rsidP="006E66D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -6248,51 +6340,50 @@
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6034"/>
         <w:gridCol w:w="3685"/>
       </w:tblGrid>
       <w:tr w:rsidR="003B1398" w:rsidRPr="00A65D50" w14:paraId="71513C44" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3645B942" w14:textId="77777777" w:rsidR="006B0B42" w:rsidRPr="006129E7" w:rsidRDefault="004926CB" w:rsidP="000860B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="435"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -6407,51 +6498,50 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009826DF" w:rsidRPr="00A65D50" w14:paraId="16135DAF" w14:textId="77777777" w:rsidTr="00A11BF8">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5481ED52" w14:textId="77777777" w:rsidR="009826DF" w:rsidRPr="00752CB8" w:rsidRDefault="009826DF" w:rsidP="004926CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -6646,51 +6736,50 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="47803DA5" w14:textId="77777777" w:rsidR="009826DF" w:rsidRDefault="009826DF" w:rsidP="004926CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1DC9ABD9" w14:textId="77777777" w:rsidR="009826DF" w:rsidRDefault="004921CA" w:rsidP="009826DF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009826DF">
               <w:rPr>
@@ -6896,51 +6985,50 @@
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6034"/>
         <w:gridCol w:w="3685"/>
       </w:tblGrid>
       <w:tr w:rsidR="004926CB" w:rsidRPr="00A65D50" w14:paraId="34E7B931" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="456B894E" w14:textId="77777777" w:rsidR="004926CB" w:rsidRPr="006129E7" w:rsidRDefault="004926CB" w:rsidP="000860B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="435"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -6984,51 +7072,50 @@
           <w:p w14:paraId="497F54DF" w14:textId="77777777" w:rsidR="006129E7" w:rsidRPr="006129E7" w:rsidRDefault="006129E7" w:rsidP="006129E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009826DF" w:rsidRPr="00A65D50" w14:paraId="4722C05C" w14:textId="77777777" w:rsidTr="00A11BF8">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="38B85FE6" w14:textId="77777777" w:rsidR="009826DF" w:rsidRPr="00A65D50" w:rsidRDefault="009826DF" w:rsidP="004926CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
@@ -7189,51 +7276,50 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="05FEFD7C" w14:textId="77777777" w:rsidR="009826DF" w:rsidRDefault="009826DF" w:rsidP="004926CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="224F2A8E" w14:textId="77777777" w:rsidR="009826DF" w:rsidRDefault="004921CA" w:rsidP="009826DF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009826DF">
               <w:rPr>
@@ -7416,51 +7502,50 @@
       <w:tblPr>
         <w:tblW w:w="9719" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9719"/>
       </w:tblGrid>
       <w:tr w:rsidR="003B1398" w:rsidRPr="00A65D50" w14:paraId="0F05C58D" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2AF8E7C3" w14:textId="77777777" w:rsidR="003B1398" w:rsidRPr="004926CB" w:rsidRDefault="004926CB" w:rsidP="000860B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="435"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -7546,51 +7631,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036222" w:rsidRPr="00A65D50" w14:paraId="7932A314" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6B787E7F" w14:textId="77777777" w:rsidR="00036222" w:rsidRPr="00A65D50" w:rsidRDefault="004926CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Forskarutbildning</w:t>
@@ -7763,51 +7847,50 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036222" w:rsidRPr="00A65D50" w14:paraId="1AA40496" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="26A73BDD" w14:textId="77777777" w:rsidR="004926CB" w:rsidRPr="00A65D50" w:rsidRDefault="004926CB" w:rsidP="004926CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004926CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -7996,51 +8079,50 @@
       <w:tblPr>
         <w:tblW w:w="9719" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9719"/>
       </w:tblGrid>
       <w:tr w:rsidR="006129E7" w:rsidRPr="00A65D50" w14:paraId="3835BE9B" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2FA9FE84" w14:textId="77777777" w:rsidR="006129E7" w:rsidRPr="004926CB" w:rsidRDefault="006129E7" w:rsidP="000860B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="435"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -8120,51 +8202,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006129E7" w:rsidRPr="00A65D50" w14:paraId="30F7299B" w14:textId="77777777" w:rsidTr="00A33236">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="00DE1A14" w14:textId="77777777" w:rsidR="006129E7" w:rsidRPr="00A65D50" w:rsidRDefault="006129E7" w:rsidP="006129E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Ämnesområde och årtal för slutförd specialistutbildning </w:t>
@@ -8322,51 +8403,50 @@
         <w:tblW w:w="9719" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5183"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
       <w:tr w:rsidR="003B1398" w14:paraId="3EF6D298" w14:textId="77777777" w:rsidTr="004921CA">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="51B1188C" w14:textId="77777777" w:rsidR="003B1398" w:rsidRDefault="001F202C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -8400,51 +8480,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3DC05D36" w14:textId="77777777" w:rsidR="003B1398" w:rsidRDefault="003B1398">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="17C4B464" w14:textId="77777777" w:rsidR="003B1398" w:rsidRDefault="001F202C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
@@ -8567,261 +8646,261 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DF9E777" w14:textId="77777777" w:rsidR="003B1398" w:rsidRDefault="003B1398"/>
     <w:sectPr w:rsidR="003B1398" w:rsidSect="00183540">
       <w:headerReference w:type="even" r:id="rId19"/>
       <w:headerReference w:type="default" r:id="rId20"/>
       <w:footerReference w:type="even" r:id="rId21"/>
       <w:footerReference w:type="default" r:id="rId22"/>
       <w:headerReference w:type="first" r:id="rId23"/>
       <w:footerReference w:type="first" r:id="rId24"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="964" w:bottom="567" w:left="964" w:header="712" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="265F0A76" w14:textId="77777777" w:rsidR="00C4754B" w:rsidRDefault="00C4754B" w:rsidP="003B1398">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="38D01438" w14:textId="77777777" w:rsidR="00C4754B" w:rsidRDefault="00C4754B" w:rsidP="003B1398">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1E75B433" w14:textId="77777777" w:rsidR="00AA174C" w:rsidRDefault="00AA174C">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15DD20DD" w14:textId="77777777" w:rsidR="00AA174C" w:rsidRDefault="00AA174C">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="11BFE6C6" w14:textId="77777777" w:rsidR="00AA174C" w:rsidRDefault="00AA174C">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="17317655" w14:textId="77777777" w:rsidR="00C4754B" w:rsidRDefault="00C4754B" w:rsidP="003B1398">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003B1398">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7EC08128" w14:textId="77777777" w:rsidR="00C4754B" w:rsidRDefault="00C4754B" w:rsidP="003B1398">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="16661248" w14:textId="77777777" w:rsidR="00AA174C" w:rsidRDefault="00AA174C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4ECC21F9" w14:textId="77777777" w:rsidR="00AA174C" w:rsidRDefault="00AA174C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3E06838D" w14:textId="7DE5D47B" w:rsidR="00002854" w:rsidRDefault="009952A6" w:rsidP="00916197">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1953"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00916197">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00002854">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00002854">
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1AF1839A" w14:textId="77777777" w:rsidR="00002854" w:rsidRDefault="00002854">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B340846"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B27CB894"/>
     <w:lvl w:ilvl="0" w:tplc="AFFAAFDA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10213,111 +10292,112 @@
   <w:num w:numId="9" w16cid:durableId="829951777">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1914313315">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="772479334">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1792284258">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="238639107">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="278613228">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1649822181">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="YVnWJ4d60CT83vYu+xWMc2dqtcUKJSMMmFL5pXdK9Yc2Ve4Z7YzJWllM6qn0FaPmz+Z1aZJVbSYx3Ye9eggWrA==" w:salt="wSvnb6ZgqnaPppPKnB0VEg=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="5MjAlEtUPTPw8+Ug+zPPoaKoRdxfgJ7nvcWo3qzuGMCjrl/WrrMANTkIciDk18hcsQNPdhZchWv9mFR0T3T1Jg==" w:salt="qnHxwYnnyP8g+H1afs83hA=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="51201"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B1398"/>
     <w:rsid w:val="00002854"/>
     <w:rsid w:val="00003949"/>
     <w:rsid w:val="000047A1"/>
     <w:rsid w:val="000051FC"/>
     <w:rsid w:val="00013D2C"/>
     <w:rsid w:val="00036222"/>
     <w:rsid w:val="00037777"/>
     <w:rsid w:val="0004515C"/>
     <w:rsid w:val="00045425"/>
     <w:rsid w:val="00052BEF"/>
     <w:rsid w:val="00055DF5"/>
     <w:rsid w:val="00062100"/>
     <w:rsid w:val="000737AE"/>
     <w:rsid w:val="000763F4"/>
     <w:rsid w:val="000805D8"/>
     <w:rsid w:val="000814E6"/>
     <w:rsid w:val="0008404C"/>
     <w:rsid w:val="000860B2"/>
     <w:rsid w:val="000A17BC"/>
     <w:rsid w:val="000A6CFE"/>
     <w:rsid w:val="000B1FA9"/>
     <w:rsid w:val="000B6E0B"/>
     <w:rsid w:val="000B7E24"/>
     <w:rsid w:val="000C0333"/>
     <w:rsid w:val="000F10ED"/>
     <w:rsid w:val="000F620C"/>
     <w:rsid w:val="0010200E"/>
     <w:rsid w:val="00114A8C"/>
     <w:rsid w:val="001248A1"/>
     <w:rsid w:val="00127847"/>
+    <w:rsid w:val="00127958"/>
     <w:rsid w:val="00132593"/>
     <w:rsid w:val="00140CC9"/>
     <w:rsid w:val="0014113D"/>
     <w:rsid w:val="00142EC9"/>
     <w:rsid w:val="00143DD8"/>
     <w:rsid w:val="0014511F"/>
     <w:rsid w:val="0015415F"/>
     <w:rsid w:val="00170E67"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="00183540"/>
     <w:rsid w:val="00186A95"/>
     <w:rsid w:val="00196790"/>
     <w:rsid w:val="001A61C9"/>
     <w:rsid w:val="001B2877"/>
     <w:rsid w:val="001B5A8C"/>
     <w:rsid w:val="001C0936"/>
     <w:rsid w:val="001C6479"/>
     <w:rsid w:val="001D7FBF"/>
     <w:rsid w:val="001F202C"/>
     <w:rsid w:val="00202E47"/>
     <w:rsid w:val="00212B69"/>
     <w:rsid w:val="002244DE"/>
     <w:rsid w:val="00231DB5"/>
     <w:rsid w:val="00235BE3"/>
     <w:rsid w:val="00243127"/>
@@ -10350,89 +10430,92 @@
     <w:rsid w:val="003C3969"/>
     <w:rsid w:val="003E0694"/>
     <w:rsid w:val="003E698E"/>
     <w:rsid w:val="003E763B"/>
     <w:rsid w:val="004009E1"/>
     <w:rsid w:val="00402B51"/>
     <w:rsid w:val="00412FB7"/>
     <w:rsid w:val="00417AFD"/>
     <w:rsid w:val="004248B1"/>
     <w:rsid w:val="004339AD"/>
     <w:rsid w:val="004408DB"/>
     <w:rsid w:val="00452E1D"/>
     <w:rsid w:val="00454045"/>
     <w:rsid w:val="0047301A"/>
     <w:rsid w:val="004921CA"/>
     <w:rsid w:val="004926CB"/>
     <w:rsid w:val="00497B41"/>
     <w:rsid w:val="004C352D"/>
     <w:rsid w:val="004D44AB"/>
     <w:rsid w:val="004D6D64"/>
     <w:rsid w:val="004F3295"/>
     <w:rsid w:val="00502310"/>
     <w:rsid w:val="00502E8A"/>
     <w:rsid w:val="005145F1"/>
     <w:rsid w:val="0052182F"/>
+    <w:rsid w:val="00536AA7"/>
     <w:rsid w:val="00537139"/>
     <w:rsid w:val="00544EFF"/>
     <w:rsid w:val="005464A3"/>
     <w:rsid w:val="00546C31"/>
     <w:rsid w:val="00550EC8"/>
     <w:rsid w:val="00556751"/>
     <w:rsid w:val="00556A75"/>
+    <w:rsid w:val="0056421E"/>
     <w:rsid w:val="005670AC"/>
     <w:rsid w:val="00576CA8"/>
     <w:rsid w:val="005A5E1C"/>
     <w:rsid w:val="005C025C"/>
     <w:rsid w:val="005E4D92"/>
     <w:rsid w:val="006120E9"/>
     <w:rsid w:val="006129E7"/>
     <w:rsid w:val="006203F3"/>
     <w:rsid w:val="00653A1C"/>
     <w:rsid w:val="00654C01"/>
     <w:rsid w:val="0066199D"/>
     <w:rsid w:val="006634D0"/>
     <w:rsid w:val="00663509"/>
     <w:rsid w:val="006638D0"/>
     <w:rsid w:val="0068703C"/>
     <w:rsid w:val="006A24E9"/>
     <w:rsid w:val="006A49FD"/>
     <w:rsid w:val="006B07C4"/>
     <w:rsid w:val="006B0B42"/>
     <w:rsid w:val="006B30C6"/>
     <w:rsid w:val="006B533C"/>
     <w:rsid w:val="006C7EAC"/>
     <w:rsid w:val="006E66D4"/>
     <w:rsid w:val="006E7794"/>
     <w:rsid w:val="00700A5D"/>
     <w:rsid w:val="007035B7"/>
     <w:rsid w:val="007125FD"/>
     <w:rsid w:val="00712DC3"/>
     <w:rsid w:val="0072068C"/>
     <w:rsid w:val="00726049"/>
     <w:rsid w:val="0073162D"/>
     <w:rsid w:val="00733466"/>
+    <w:rsid w:val="00734B65"/>
     <w:rsid w:val="0073573E"/>
     <w:rsid w:val="00752CB8"/>
     <w:rsid w:val="0076075C"/>
     <w:rsid w:val="00761E5D"/>
     <w:rsid w:val="00777861"/>
     <w:rsid w:val="00783B00"/>
     <w:rsid w:val="007853A0"/>
     <w:rsid w:val="00796115"/>
     <w:rsid w:val="00797A3F"/>
     <w:rsid w:val="007A0150"/>
     <w:rsid w:val="007D711A"/>
     <w:rsid w:val="007D7871"/>
     <w:rsid w:val="007E158D"/>
     <w:rsid w:val="0081175E"/>
     <w:rsid w:val="00820178"/>
     <w:rsid w:val="00831C0D"/>
     <w:rsid w:val="00831E2A"/>
     <w:rsid w:val="00836362"/>
     <w:rsid w:val="00840EE9"/>
     <w:rsid w:val="00855380"/>
     <w:rsid w:val="0087780E"/>
     <w:rsid w:val="00891908"/>
     <w:rsid w:val="00895655"/>
     <w:rsid w:val="0089605B"/>
     <w:rsid w:val="008B0186"/>
@@ -10452,50 +10535,51 @@
     <w:rsid w:val="00934EAA"/>
     <w:rsid w:val="00936B0D"/>
     <w:rsid w:val="0095033C"/>
     <w:rsid w:val="009567AE"/>
     <w:rsid w:val="00963189"/>
     <w:rsid w:val="009672C6"/>
     <w:rsid w:val="00970736"/>
     <w:rsid w:val="00977E1F"/>
     <w:rsid w:val="009826DF"/>
     <w:rsid w:val="009840DB"/>
     <w:rsid w:val="009848C3"/>
     <w:rsid w:val="00987B04"/>
     <w:rsid w:val="009952A6"/>
     <w:rsid w:val="00997452"/>
     <w:rsid w:val="009B21A6"/>
     <w:rsid w:val="009B27B3"/>
     <w:rsid w:val="009C3DB2"/>
     <w:rsid w:val="009C6AA2"/>
     <w:rsid w:val="009D4DEB"/>
     <w:rsid w:val="009D4E24"/>
     <w:rsid w:val="009D6D48"/>
     <w:rsid w:val="009E3E27"/>
     <w:rsid w:val="009E5327"/>
     <w:rsid w:val="009F06CD"/>
     <w:rsid w:val="009F5A29"/>
+    <w:rsid w:val="00A056F9"/>
     <w:rsid w:val="00A11900"/>
     <w:rsid w:val="00A11BF8"/>
     <w:rsid w:val="00A1419C"/>
     <w:rsid w:val="00A212C4"/>
     <w:rsid w:val="00A25155"/>
     <w:rsid w:val="00A251E1"/>
     <w:rsid w:val="00A254D7"/>
     <w:rsid w:val="00A310A8"/>
     <w:rsid w:val="00A33236"/>
     <w:rsid w:val="00A54595"/>
     <w:rsid w:val="00A54CCC"/>
     <w:rsid w:val="00A65D50"/>
     <w:rsid w:val="00A7225A"/>
     <w:rsid w:val="00A72FD8"/>
     <w:rsid w:val="00A77EF9"/>
     <w:rsid w:val="00A819FD"/>
     <w:rsid w:val="00A94E6E"/>
     <w:rsid w:val="00A9579A"/>
     <w:rsid w:val="00AA06BF"/>
     <w:rsid w:val="00AA174C"/>
     <w:rsid w:val="00AA39CA"/>
     <w:rsid w:val="00AC4D4C"/>
     <w:rsid w:val="00AC76E7"/>
     <w:rsid w:val="00AE0D69"/>
     <w:rsid w:val="00AE3B18"/>
@@ -10578,65 +10662,65 @@
     <w:rsid w:val="00F356D5"/>
     <w:rsid w:val="00F50085"/>
     <w:rsid w:val="00F51AEF"/>
     <w:rsid w:val="00F86F46"/>
     <w:rsid w:val="00FB7D50"/>
     <w:rsid w:val="00FC3154"/>
     <w:rsid w:val="00FD2DCB"/>
     <w:rsid w:val="00FF37A8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="51201"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="51885992"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5A070856-0E40-456A-9659-DD21A792819B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11148,51 +11232,51 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006203F3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009B21A6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1538078562">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.antagning.se" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/country-instructions/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/submitting-your-documents/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/your-documents-must-be-officially-issued/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/your-documents-must-be-officially-issued/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/country-instructions/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://antagning.se/sv/studier-pa-hogskoleniva/anmalnings--och-studieavgifter/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.antagning.se/sv/vanliga-fragor-och-svar/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.antagning.se/sv/anmal-dig-och-hall-koll/ladda-upp-ratt-papper/ladda-upp-sa-har/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.antagning.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/submitting-your-documents/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
@@ -11453,82 +11537,82 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8203830C-DD5E-4A89-A88A-BD7FAD11EDF3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>997</Words>
-  <Characters>5289</Characters>
+  <Words>991</Words>
+  <Characters>5255</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
+  <Lines>43</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>(personnr)</vt:lpstr>
       <vt:lpstr>(personnr)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karoliska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6274</CharactersWithSpaces>
+  <CharactersWithSpaces>6234</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>720916</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.antagning.se/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>