--- v1 (2026-01-13)
+++ v2 (2026-02-02)
@@ -1,83 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3507"/>
       </w:tblGrid>
       <w:tr w:rsidR="000051FC" w:rsidRPr="00796115" w14:paraId="401D9FE8" w14:textId="77777777" w:rsidTr="00796115">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38FF95AB" w14:textId="33785738" w:rsidR="000051FC" w:rsidRPr="008C75F1" w:rsidRDefault="00D363B6" w:rsidP="00C72A0A">
+          <w:p w14:paraId="38FF95AB" w14:textId="3EEB6A51" w:rsidR="000051FC" w:rsidRPr="008C75F1" w:rsidRDefault="00D363B6" w:rsidP="00C72A0A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anmälan inför höst</w:t>
             </w:r>
             <w:r w:rsidR="00A819FD" w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -192,58 +187,58 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000051FC" w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>Sista kompletteringsdag</w:t>
             </w:r>
             <w:r w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="00A254D7">
-[...6 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="009D2AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="006A49FD" w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0015415F" w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">april </w:t>
             </w:r>
             <w:r w:rsidR="00A819FD" w:rsidRPr="008C75F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -361,71 +356,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Anmälan görs på</w:t>
       </w:r>
       <w:r w:rsidR="00D363B6" w:rsidRPr="009E5327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00D363B6" w:rsidRPr="009E5327">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>www.antagni</w:t>
-[...19 lines deleted...]
-          <w:t>g.se</w:t>
+          <w:t>www.antagning.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000860B2" w:rsidRPr="009E5327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C47ECD" w:rsidRPr="009E5327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>mellan 1</w:t>
       </w:r>
       <w:r w:rsidR="0056421E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -491,178 +466,138 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009E5327" w:rsidRPr="009E5327">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AA4C3E4" w14:textId="2DFBEFF9" w:rsidR="000763F4" w:rsidRPr="00196790" w:rsidRDefault="000763F4" w:rsidP="000860B2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F12608E" w14:textId="428CA856" w:rsidR="000763F4" w:rsidRPr="00294499" w:rsidRDefault="000763F4" w:rsidP="000763F4">
+    <w:p w14:paraId="6F12608E" w14:textId="748051F9" w:rsidR="000763F4" w:rsidRPr="00294499" w:rsidRDefault="000763F4" w:rsidP="000763F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Fyll i blanketten elektroniskt (inte för hand). Ladda upp på ”Mina sidor” på </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00294499">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>Antagni</w:t>
-[...19 lines deleted...]
-          <w:t>g.se</w:t>
+          <w:t>Antagning.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> efter att du har anmält dig på Antagning.se. Alla kvalifikationer som du åberopar i meritförteckningen ska styrkas. De flesta handlingarna kan laddas upp på din anmälan på antagning.se. Ifall du skannar och laddar upp ska du se till att skanna originalhandlingar, skanna i färg och skanna alla sidor (även baksidor). Skanna inte kopior eller bestyrkta kopior! Läs vad som gäller för uppladdning av dokument på </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00294499">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>Antagni</w:t>
-[...19 lines deleted...]
-          <w:t>g.se</w:t>
+          <w:t>Antagning.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>. S</w:t>
       </w:r>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ista kompletteringsdag och sista dag för att styrka avgiftsfrihet (anmälnings- och studieavgift för sökande utanför EU/EES)</w:t>
       </w:r>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> är den </w:t>
       </w:r>
-      <w:r w:rsidR="00A254D7">
+      <w:r w:rsidR="009D2AFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> april. Läs vilka regler som gäller för avgifter på </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00294499">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
           <w:t>Antagning.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -762,133 +697,93 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">UniversityAdmissions.se. I de flesta fall kan du skanna </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00294499">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>officiella original</w:t>
-[...19 lines deleted...]
-          <w:t>andlingar</w:t>
+          <w:t>officiella originalhandlingar</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> och eventuella officiella översättningar i färg och ladda upp på din anmälan på antagning.se. Skanna inte kopior eller bestyrkta kopior! Du måste även följa de </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00294499">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
           <w:t>landsspecifika kraven</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> för dina akademiska meriter. Se vilka akademiska meriter som måste skickas </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00294499">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>direkt fr</w:t>
-[...19 lines deleted...]
-          <w:t>n lärosätet</w:t>
+          <w:t>direkt från lärosätet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ifall du har frågor om hur du ska dokumentera din utbildning och språkkunskaper i svenska rekommenderar vi att du kontaktar </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00294499">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
           <w:t>antagning.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00294499">
         <w:rPr>
@@ -1641,73 +1536,51 @@
               </w:rPr>
               <w:t>enligt de anvisningar som finns på:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49794F89" w14:textId="77777777" w:rsidR="00B63C00" w:rsidRPr="00B960EB" w:rsidRDefault="00B63C00" w:rsidP="00B63C00">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="00B960EB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
-                <w:t>www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/country-instru</w:t>
-[...21 lines deleted...]
-                <w:t>tions/</w:t>
+                <w:t>www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/country-instructions/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B960EB">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="00B960EB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:eastAsia="sv-SE"/>
                 </w:rPr>
                 <w:t>www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/your-documents-must-be-officially-issued/</w:t>
               </w:r>
@@ -1775,50 +1648,51 @@
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="107C158A" w14:textId="77777777" w:rsidR="003B1398" w:rsidRPr="00A65D50" w:rsidRDefault="00186A95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Ange vid vilket lärosäte</w:t>
             </w:r>
             <w:r w:rsidR="001F202C" w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> och i vilket land du har tagit examen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0352FDD1" w14:textId="77777777" w:rsidR="00783B00" w:rsidRPr="00A65D50" w:rsidRDefault="00783B00">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
@@ -8226,50 +8100,51 @@
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="00DE1A14" w14:textId="77777777" w:rsidR="006129E7" w:rsidRPr="00A65D50" w:rsidRDefault="006129E7" w:rsidP="006129E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ämnesområde och årtal för slutförd specialistutbildning </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="639B159B" w14:textId="77777777" w:rsidR="006129E7" w:rsidRDefault="006129E7" w:rsidP="006129E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
@@ -8630,56 +8505,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00674DE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DF9E777" w14:textId="77777777" w:rsidR="003B1398" w:rsidRDefault="003B1398"/>
     <w:sectPr w:rsidR="003B1398" w:rsidSect="00183540">
-      <w:headerReference w:type="even" r:id="rId19"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId24"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="964" w:bottom="567" w:left="964" w:header="712" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="265F0A76" w14:textId="77777777" w:rsidR="00C4754B" w:rsidRDefault="00C4754B" w:rsidP="003B1398">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="38D01438" w14:textId="77777777" w:rsidR="00C4754B" w:rsidRDefault="00C4754B" w:rsidP="003B1398">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8739,129 +8609,79 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="17317655" w14:textId="77777777" w:rsidR="00C4754B" w:rsidRDefault="00C4754B" w:rsidP="003B1398">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003B1398">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7EC08128" w14:textId="77777777" w:rsidR="00C4754B" w:rsidRDefault="00C4754B" w:rsidP="003B1398">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...18 lines deleted...]
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3E06838D" w14:textId="7DE5D47B" w:rsidR="00002854" w:rsidRDefault="009952A6" w:rsidP="00916197">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1953"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00916197">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00002854">
       <w:tab/>
     </w:r>
@@ -10293,61 +10113,61 @@
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1914313315">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="772479334">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1792284258">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="238639107">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="278613228">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1649822181">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="5MjAlEtUPTPw8+Ug+zPPoaKoRdxfgJ7nvcWo3qzuGMCjrl/WrrMANTkIciDk18hcsQNPdhZchWv9mFR0T3T1Jg==" w:salt="qnHxwYnnyP8g+H1afs83hA=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="/79a5nkT7a7Fzc4GV7N2Z/yIjZPfS/dSmzLmbwF7quw+5AygX10O5rQpdG5XoAtpyFcWQy6uxIzcY4oXEx7uVA==" w:salt="xQ+yjD+0aUHbfr1TvXuABw=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B1398"/>
     <w:rsid w:val="00002854"/>
     <w:rsid w:val="00003949"/>
     <w:rsid w:val="000047A1"/>
     <w:rsid w:val="000051FC"/>
     <w:rsid w:val="00013D2C"/>
     <w:rsid w:val="00036222"/>
@@ -10526,101 +10346,104 @@
     <w:rsid w:val="008D3E66"/>
     <w:rsid w:val="008E202E"/>
     <w:rsid w:val="008E659A"/>
     <w:rsid w:val="00906E0E"/>
     <w:rsid w:val="00912BA5"/>
     <w:rsid w:val="00912E27"/>
     <w:rsid w:val="00916197"/>
     <w:rsid w:val="009232E9"/>
     <w:rsid w:val="00934990"/>
     <w:rsid w:val="00934EAA"/>
     <w:rsid w:val="00936B0D"/>
     <w:rsid w:val="0095033C"/>
     <w:rsid w:val="009567AE"/>
     <w:rsid w:val="00963189"/>
     <w:rsid w:val="009672C6"/>
     <w:rsid w:val="00970736"/>
     <w:rsid w:val="00977E1F"/>
     <w:rsid w:val="009826DF"/>
     <w:rsid w:val="009840DB"/>
     <w:rsid w:val="009848C3"/>
     <w:rsid w:val="00987B04"/>
     <w:rsid w:val="009952A6"/>
     <w:rsid w:val="00997452"/>
     <w:rsid w:val="009B21A6"/>
     <w:rsid w:val="009B27B3"/>
+    <w:rsid w:val="009B3FF5"/>
     <w:rsid w:val="009C3DB2"/>
     <w:rsid w:val="009C6AA2"/>
+    <w:rsid w:val="009D2AFC"/>
     <w:rsid w:val="009D4DEB"/>
     <w:rsid w:val="009D4E24"/>
     <w:rsid w:val="009D6D48"/>
     <w:rsid w:val="009E3E27"/>
     <w:rsid w:val="009E5327"/>
     <w:rsid w:val="009F06CD"/>
     <w:rsid w:val="009F5A29"/>
     <w:rsid w:val="00A056F9"/>
     <w:rsid w:val="00A11900"/>
     <w:rsid w:val="00A11BF8"/>
     <w:rsid w:val="00A1419C"/>
     <w:rsid w:val="00A212C4"/>
     <w:rsid w:val="00A25155"/>
     <w:rsid w:val="00A251E1"/>
     <w:rsid w:val="00A254D7"/>
     <w:rsid w:val="00A310A8"/>
     <w:rsid w:val="00A33236"/>
     <w:rsid w:val="00A54595"/>
     <w:rsid w:val="00A54CCC"/>
     <w:rsid w:val="00A65D50"/>
     <w:rsid w:val="00A7225A"/>
     <w:rsid w:val="00A72FD8"/>
     <w:rsid w:val="00A77EF9"/>
     <w:rsid w:val="00A819FD"/>
     <w:rsid w:val="00A94E6E"/>
     <w:rsid w:val="00A9579A"/>
     <w:rsid w:val="00AA06BF"/>
     <w:rsid w:val="00AA174C"/>
     <w:rsid w:val="00AA39CA"/>
     <w:rsid w:val="00AC4D4C"/>
     <w:rsid w:val="00AC76E7"/>
     <w:rsid w:val="00AE0D69"/>
     <w:rsid w:val="00AE3B18"/>
     <w:rsid w:val="00AF1534"/>
     <w:rsid w:val="00AF3B22"/>
     <w:rsid w:val="00B001A0"/>
     <w:rsid w:val="00B05112"/>
     <w:rsid w:val="00B20A79"/>
     <w:rsid w:val="00B21676"/>
     <w:rsid w:val="00B24EE6"/>
     <w:rsid w:val="00B41D17"/>
     <w:rsid w:val="00B42F46"/>
     <w:rsid w:val="00B503AB"/>
     <w:rsid w:val="00B63C00"/>
     <w:rsid w:val="00B723AC"/>
     <w:rsid w:val="00B87937"/>
     <w:rsid w:val="00B934D7"/>
     <w:rsid w:val="00B960EB"/>
     <w:rsid w:val="00BA45C5"/>
+    <w:rsid w:val="00BA4622"/>
     <w:rsid w:val="00BA71CE"/>
     <w:rsid w:val="00BB11ED"/>
     <w:rsid w:val="00BB4B55"/>
     <w:rsid w:val="00BC5FC8"/>
     <w:rsid w:val="00BE0CC1"/>
     <w:rsid w:val="00BF001F"/>
     <w:rsid w:val="00C07155"/>
     <w:rsid w:val="00C16D93"/>
     <w:rsid w:val="00C21140"/>
     <w:rsid w:val="00C21D91"/>
     <w:rsid w:val="00C232D2"/>
     <w:rsid w:val="00C26148"/>
     <w:rsid w:val="00C31F19"/>
     <w:rsid w:val="00C36468"/>
     <w:rsid w:val="00C47163"/>
     <w:rsid w:val="00C4754B"/>
     <w:rsid w:val="00C47ECD"/>
     <w:rsid w:val="00C6328B"/>
     <w:rsid w:val="00C63312"/>
     <w:rsid w:val="00C72A0A"/>
     <w:rsid w:val="00C904E6"/>
     <w:rsid w:val="00CB0C14"/>
     <w:rsid w:val="00CB36C7"/>
     <w:rsid w:val="00CB51B6"/>
     <w:rsid w:val="00CB65F6"/>
@@ -10662,51 +10485,51 @@
     <w:rsid w:val="00F356D5"/>
     <w:rsid w:val="00F50085"/>
     <w:rsid w:val="00F51AEF"/>
     <w:rsid w:val="00F86F46"/>
     <w:rsid w:val="00FB7D50"/>
     <w:rsid w:val="00FC3154"/>
     <w:rsid w:val="00FD2DCB"/>
     <w:rsid w:val="00FF37A8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="51885992"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5A070856-0E40-456A-9659-DD21A792819B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -11252,51 +11075,51 @@
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1538078562">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.antagning.se" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/country-instructions/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/submitting-your-documents/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/your-documents-must-be-officially-issued/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/your-documents-must-be-officially-issued/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/country-instructions/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://antagning.se/sv/studier-pa-hogskoleniva/anmalnings--och-studieavgifter/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.antagning.se/sv/vanliga-fragor-och-svar/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.antagning.se/sv/anmal-dig-och-hall-koll/ladda-upp-ratt-papper/ladda-upp-sa-har/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.antagning.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/submitting-your-documents/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.antagning.se" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/country-instructions/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/submitting-your-documents/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/your-documents-must-be-officially-issued/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/your-documents-must-be-officially-issued/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/country-instructions/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://antagning.se/sv/studier-pa-hogskoleniva/anmalnings--och-studieavgifter/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.antagning.se/sv/vanliga-fragor-och-svar/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.antagning.se/sv/anmal-dig-och-hall-koll/ladda-upp-ratt-papper/ladda-upp-sa-har/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.antagning.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universityadmissions.se/en/apply-to-masters/provide-application-documents-masters/submitting-your-documents/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>