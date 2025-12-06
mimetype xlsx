--- v0 (2025-10-06)
+++ v1 (2025-12-06)
@@ -2,70 +2,70 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\gainassos01.gaia.sll.se\fs_sos_usr$\bq1x\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{82451E46-E63F-4ABE-8AF0-629DBAAF38E7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8DE7AA37-5339-4A82-A13A-2A40A59CC3B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="schema " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="101">
   <si>
     <t>Students</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>a1</t>
   </si>
   <si>
     <t>a2</t>
   </si>
   <si>
     <t>a3</t>
   </si>
   <si>
@@ -107,303 +107,323 @@
   <si>
     <t>13:00 work presentation</t>
   </si>
   <si>
     <t>09:00 - 12:00 KTC Knotting/suture training I</t>
   </si>
   <si>
     <t xml:space="preserve"> 09:00 - 12:00 KTC Knotting/suture training III</t>
   </si>
   <si>
     <t>08:30 Practical skills lab C+D</t>
   </si>
   <si>
     <t xml:space="preserve"> 08:30 Practical skills lab A+B</t>
   </si>
   <si>
     <t>Project C+D</t>
   </si>
   <si>
     <t xml:space="preserve"> 08:00 Clinics C+D</t>
   </si>
   <si>
     <t>Project A+B</t>
   </si>
   <si>
-    <t>08:00 living KTX C+D</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 13:00 - 16:00 KTC Knotting/suture training III</t>
   </si>
   <si>
     <t>13:00 - 16:00 KTC Knotting/suture training II</t>
   </si>
   <si>
     <t>a4</t>
   </si>
   <si>
     <t xml:space="preserve"> 13:00 liver conference C+D</t>
   </si>
   <si>
-    <t>Kidney pathology F82  C-D</t>
-[...1 lines deleted...]
-  <si>
     <t>14:00 Kidney conference C+D.</t>
   </si>
   <si>
-    <t>16:00-21:00 jour C1+C2</t>
-[...7 lines deleted...]
-  <si>
     <t>Transplantationskirurgi VT 2025</t>
   </si>
   <si>
-    <t>Kristi himmelsfärd</t>
-[...49 lines deleted...]
-  <si>
     <t>12:00 lunch</t>
   </si>
   <si>
-    <t>13:00 Immunosuppression (MY)</t>
-[...11 lines deleted...]
-    <t>14:00 Deceased donor (RDC)</t>
+    <t>8:00 Clinics C+D</t>
+  </si>
+  <si>
+    <t>08:00 Clinics A+B</t>
+  </si>
+  <si>
+    <t>14:00 Kidney conference A+B.</t>
+  </si>
+  <si>
+    <t>project A+B</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 08:00 Clinics A+B</t>
+  </si>
+  <si>
+    <t>16:00-21:00 jour C1</t>
+  </si>
+  <si>
+    <t>16:00-21:00 jour C2</t>
+  </si>
+  <si>
+    <t>16:00-21:00 jour D3</t>
+  </si>
+  <si>
+    <t>V49</t>
+  </si>
+  <si>
+    <t>V50</t>
+  </si>
+  <si>
+    <t>V51</t>
+  </si>
+  <si>
+    <t>V52</t>
+  </si>
+  <si>
+    <t>V2</t>
+  </si>
+  <si>
+    <t>V3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11:00 Transplant immunology (MK) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">13:00 Immunosuppression (MY) </t>
+  </si>
+  <si>
+    <t>14:30 Transplantation Pathology (AÖW)</t>
+  </si>
+  <si>
+    <t>Clinics A+B</t>
+  </si>
+  <si>
+    <t>Julafton</t>
+  </si>
+  <si>
+    <t>Juldagen</t>
+  </si>
+  <si>
+    <t>10:30 Ethics in transplantation (AT)</t>
+  </si>
+  <si>
+    <t>11:00 Vascular access surgery (GF)</t>
+  </si>
+  <si>
+    <t>13:00 Seminar (MY)</t>
+  </si>
+  <si>
+    <t>Ajeenah, Awan</t>
+  </si>
+  <si>
+    <t>Al Abduly, Mine</t>
+  </si>
+  <si>
+    <t>Shi, Yiran</t>
+  </si>
+  <si>
+    <t>Tang, Selena</t>
+  </si>
+  <si>
+    <t>Thomasson Leback, Alba</t>
+  </si>
+  <si>
+    <t>Al-Naqshabandy, Abdullah</t>
+  </si>
+  <si>
+    <t>Epstein, Joav</t>
+  </si>
+  <si>
+    <t>Ibrahim, Adam</t>
+  </si>
+  <si>
+    <t>Lindquist, Morgan</t>
+  </si>
+  <si>
+    <t>Muntean, Adrian</t>
+  </si>
+  <si>
+    <t>Rahman, Akif</t>
+  </si>
+  <si>
+    <t>Taya Collazos, Oscar Antonio</t>
+  </si>
+  <si>
+    <t>Sasani, Dara</t>
+  </si>
+  <si>
+    <t>10:00 Beta cell replacement (TL)</t>
+  </si>
+  <si>
+    <t>13:00 Deceased donor (CB)</t>
+  </si>
+  <si>
+    <t>9:00 Intro (MY)</t>
+  </si>
+  <si>
+    <t>10:00 Perfusion techniques (MV)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10:00 Kidney transplantation (Hgen) </t>
+  </si>
+  <si>
+    <t>11:00 Introduktion till projekt / Introduktion till PKL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Project </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 13:00 liver conference A+B</t>
+  </si>
+  <si>
+    <t>Project</t>
+  </si>
+  <si>
+    <t>08:00 Operation C+D</t>
+  </si>
+  <si>
+    <t>16:00-21:00 jour A1+A2</t>
+  </si>
+  <si>
+    <t>16:00-21:00 jour C3+D1</t>
+  </si>
+  <si>
+    <t>16:00-21:00 jour A3+A4</t>
+  </si>
+  <si>
+    <t>16:00-21:00 jour B1+B2</t>
+  </si>
+  <si>
+    <t>16:00-21:00 jour B3</t>
+  </si>
+  <si>
+    <t>16:00-21:00 jour D2</t>
   </si>
   <si>
     <t>9:00 Liver transplantation (CV)</t>
   </si>
   <si>
-    <t>8:00 Clinics C+D</t>
-[...83 lines deleted...]
-    <t>13.00 Clinical cases (GO/MY)</t>
+    <t xml:space="preserve"> 13:00 Clinics C+D</t>
+  </si>
+  <si>
+    <t>11:00 Living donor (HG)</t>
+  </si>
+  <si>
+    <t>13:00 Clinics A+B</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 14:00 Clinics A+B</t>
+  </si>
+  <si>
+    <t>11:00 Stem cell tx (KB)</t>
+  </si>
+  <si>
+    <t>11:00 Donor procurement surgery (AR)</t>
+  </si>
+  <si>
+    <t>08:00 LD kidney tx A+B</t>
+  </si>
+  <si>
+    <t>08:00 LD kidney tx C+D</t>
+  </si>
+  <si>
+    <t>13:00 Innovation in transplantation (GO)</t>
+  </si>
+  <si>
+    <t>13:00 Kidney pathology F82  C+D</t>
+  </si>
+  <si>
+    <t>13:00 Kidney pathology F82  A+B</t>
+  </si>
+  <si>
+    <t>Annandag jul</t>
+  </si>
+  <si>
+    <t>Trettondagen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C6500"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="6"/>
-      <name val="Arial"/>
-[...5 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B050"/>
         <bgColor indexed="64"/>
@@ -685,434 +705,402 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="20" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="131">
+  <cellXfs count="121">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="16" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...68 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...145 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...113 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="8" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Neutral" xfId="1" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Note 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -1386,1807 +1374,1872 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr>
-[...1 lines deleted...]
-  </sheetPr>
   <dimension ref="A1:T89"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A50" zoomScale="91" zoomScaleNormal="91" zoomScalePageLayoutView="110" workbookViewId="0">
-      <selection activeCell="A70" sqref="A70:D70"/>
+    <sheetView tabSelected="1" zoomScale="158" zoomScaleNormal="158" zoomScalePageLayoutView="110" workbookViewId="0">
+      <selection activeCell="E67" sqref="E67:H75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="3" width="7.7109375" customWidth="1"/>
     <col min="4" max="4" width="7.140625" customWidth="1"/>
-    <col min="5" max="5" width="19.5703125" customWidth="1"/>
+    <col min="5" max="5" width="19.42578125" customWidth="1"/>
     <col min="6" max="8" width="7.7109375" customWidth="1"/>
     <col min="9" max="9" width="12.42578125" customWidth="1"/>
     <col min="10" max="12" width="7.7109375" customWidth="1"/>
     <col min="13" max="13" width="9.7109375" customWidth="1"/>
     <col min="14" max="14" width="7.7109375" customWidth="1"/>
     <col min="15" max="15" width="8.42578125" customWidth="1"/>
-    <col min="16" max="16" width="6.140625" customWidth="1"/>
+    <col min="16" max="16" width="8.28515625" customWidth="1"/>
     <col min="17" max="17" width="7.7109375" customWidth="1"/>
-    <col min="18" max="18" width="9.5703125" customWidth="1"/>
+    <col min="18" max="18" width="9.42578125" customWidth="1"/>
     <col min="19" max="19" width="7.7109375" customWidth="1"/>
     <col min="20" max="20" width="18" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>0</v>
       </c>
+      <c r="M3" s="7"/>
     </row>
     <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="2"/>
       <c r="I5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="10" t="s">
-[...3 lines deleted...]
-      <c r="D7" s="9"/>
+      <c r="B7" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" s="8"/>
+      <c r="D7" s="8"/>
       <c r="E7" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="F7" s="9" t="s">
-[...3 lines deleted...]
-      <c r="H7" s="9"/>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" s="8"/>
+      <c r="H7" s="8"/>
       <c r="I7" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="J7" s="10" t="s">
-[...3 lines deleted...]
-      <c r="L7" s="9"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" s="8"/>
+      <c r="L7" s="8"/>
       <c r="M7" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="N7" s="10" t="s">
-        <v>44</v>
+      <c r="N7" t="s">
+        <v>61</v>
       </c>
       <c r="O7" s="5"/>
     </row>
     <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B8" s="9" t="s">
-[...3 lines deleted...]
-      <c r="D8" s="9"/>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" s="8"/>
+      <c r="D8" s="8"/>
       <c r="E8" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="F8" s="10" t="s">
-[...3 lines deleted...]
-      <c r="H8" s="9"/>
+      <c r="F8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" s="8"/>
+      <c r="H8" s="8"/>
       <c r="I8" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="J8" s="10" t="s">
-[...3 lines deleted...]
-      <c r="L8" s="9"/>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
       <c r="M8" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="N8" s="10" t="s">
-        <v>46</v>
+      <c r="N8" t="s">
+        <v>69</v>
       </c>
       <c r="O8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="B9" s="10" t="s">
-[...3 lines deleted...]
-      <c r="D9" s="9"/>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" s="8"/>
+      <c r="D9" s="8"/>
       <c r="E9" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="F9" s="9" t="s">
-[...3 lines deleted...]
-      <c r="H9" s="9"/>
+      <c r="F9" t="s">
+        <v>66</v>
+      </c>
+      <c r="G9" s="8"/>
+      <c r="H9" s="8"/>
       <c r="I9" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="J9" s="10" t="s">
-[...3 lines deleted...]
-      <c r="L9" s="9"/>
+      <c r="J9" t="s">
+        <v>68</v>
+      </c>
+      <c r="K9" s="8"/>
+      <c r="L9" s="8"/>
       <c r="M9" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="N9" s="10" t="s">
-        <v>49</v>
+      <c r="N9" s="7" t="s">
+        <v>70</v>
       </c>
       <c r="O9" s="5"/>
     </row>
     <row r="10" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="4" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-      <c r="D10" s="9"/>
+        <v>30</v>
+      </c>
+      <c r="B10" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" s="8"/>
+      <c r="D10" s="8"/>
       <c r="E10" s="4"/>
-      <c r="G10" s="9"/>
-      <c r="H10" s="9"/>
+      <c r="G10" s="8"/>
+      <c r="H10" s="8"/>
       <c r="I10" s="4"/>
-      <c r="K10" s="9"/>
-      <c r="L10" s="9"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
       <c r="M10" s="4"/>
-      <c r="N10" s="9"/>
+      <c r="N10" s="8"/>
       <c r="O10" s="5"/>
     </row>
     <row r="11" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="4"/>
       <c r="E11" s="4"/>
       <c r="I11" s="4"/>
       <c r="M11" s="4"/>
     </row>
     <row r="12" spans="1:20" x14ac:dyDescent="0.2">
       <c r="H12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3"/>
       <c r="O12" s="3"/>
       <c r="P12" s="3"/>
       <c r="Q12" s="3"/>
     </row>
     <row r="13" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="E13" s="8"/>
-[...14 lines deleted...]
-      <c r="T13" s="49"/>
+      <c r="E13" s="7"/>
+      <c r="H13" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I13" s="62">
+        <v>45994</v>
+      </c>
+      <c r="J13" s="62"/>
+      <c r="K13" s="62"/>
+      <c r="L13" s="62"/>
+      <c r="M13" s="62">
+        <v>45995</v>
+      </c>
+      <c r="N13" s="62"/>
+      <c r="O13" s="62"/>
+      <c r="P13" s="62"/>
+      <c r="Q13" s="62">
+        <v>45996</v>
+      </c>
+      <c r="R13" s="62"/>
+      <c r="S13" s="62"/>
+      <c r="T13" s="62"/>
     </row>
     <row r="14" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="I14" s="10"/>
-[...3 lines deleted...]
-      <c r="P14" s="62"/>
+      <c r="I14" s="9"/>
+      <c r="M14" s="63"/>
+      <c r="N14" s="63"/>
+      <c r="O14" s="63"/>
+      <c r="P14" s="63"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
       <c r="T14" s="6"/>
     </row>
     <row r="15" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="E15" s="10"/>
-[...5 lines deleted...]
-      <c r="T15" s="65"/>
+      <c r="E15" s="9"/>
+      <c r="I15" s="54" t="s">
+        <v>73</v>
+      </c>
+      <c r="J15" s="55"/>
+      <c r="K15" s="55"/>
+      <c r="L15" s="56"/>
+      <c r="M15" s="60" t="s">
+        <v>87</v>
+      </c>
+      <c r="N15" s="60"/>
+      <c r="O15" s="60"/>
+      <c r="P15" s="60"/>
+      <c r="Q15" s="64" t="s">
+        <v>75</v>
+      </c>
+      <c r="R15" s="65"/>
+      <c r="S15" s="65"/>
+      <c r="T15" s="66"/>
     </row>
     <row r="16" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="Q16" s="72" t="s">
-[...4 lines deleted...]
-      <c r="T16" s="74"/>
+      <c r="I16" s="57"/>
+      <c r="J16" s="58"/>
+      <c r="K16" s="58"/>
+      <c r="L16" s="59"/>
+      <c r="M16" s="60" t="s">
+        <v>74</v>
+      </c>
+      <c r="N16" s="60"/>
+      <c r="O16" s="60"/>
+      <c r="P16" s="60"/>
+      <c r="Q16" s="54" t="s">
+        <v>76</v>
+      </c>
+      <c r="R16" s="55"/>
+      <c r="S16" s="55"/>
+      <c r="T16" s="56"/>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="Q17" s="66" t="s">
-[...4 lines deleted...]
-      <c r="T17" s="68"/>
+      <c r="I17" s="60" t="s">
+        <v>49</v>
+      </c>
+      <c r="J17" s="60"/>
+      <c r="K17" s="60"/>
+      <c r="L17" s="60"/>
+      <c r="M17" s="60" t="s">
+        <v>93</v>
+      </c>
+      <c r="N17" s="60"/>
+      <c r="O17" s="60"/>
+      <c r="P17" s="60"/>
+      <c r="Q17" s="57"/>
+      <c r="R17" s="58"/>
+      <c r="S17" s="58"/>
+      <c r="T17" s="59"/>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="Q18" s="43" t="s">
-[...4 lines deleted...]
-      <c r="T18" s="35"/>
+      <c r="I18" s="61" t="s">
+        <v>34</v>
+      </c>
+      <c r="J18" s="52"/>
+      <c r="K18" s="52"/>
+      <c r="L18" s="53"/>
+      <c r="M18" s="61" t="s">
+        <v>34</v>
+      </c>
+      <c r="N18" s="52"/>
+      <c r="O18" s="52"/>
+      <c r="P18" s="53"/>
+      <c r="Q18" s="61" t="s">
+        <v>34</v>
+      </c>
+      <c r="R18" s="52"/>
+      <c r="S18" s="52"/>
+      <c r="T18" s="53"/>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="Q19" s="47" t="s">
-[...4 lines deleted...]
-      <c r="T19" s="47"/>
+      <c r="I19" s="60" t="s">
+        <v>50</v>
+      </c>
+      <c r="J19" s="60"/>
+      <c r="K19" s="60"/>
+      <c r="L19" s="60"/>
+      <c r="M19" s="60" t="s">
+        <v>72</v>
+      </c>
+      <c r="N19" s="60"/>
+      <c r="O19" s="60"/>
+      <c r="P19" s="60"/>
+      <c r="Q19" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="R19" s="13"/>
+      <c r="S19" s="13"/>
+      <c r="T19" s="13"/>
     </row>
     <row r="20" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="Q20" s="47" t="s">
-[...4 lines deleted...]
-      <c r="T20" s="47"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="13"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="13"/>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="Q21" s="47" t="s">
-[...4 lines deleted...]
-      <c r="T21" s="47"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="13"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="13"/>
     </row>
     <row r="25" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A25" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
     </row>
     <row r="26" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A26" s="28">
-[...28 lines deleted...]
-      <c r="T26" s="28"/>
+      <c r="A26" s="43">
+        <v>45999</v>
+      </c>
+      <c r="B26" s="43"/>
+      <c r="C26" s="43"/>
+      <c r="D26" s="43"/>
+      <c r="E26" s="43">
+        <v>46000</v>
+      </c>
+      <c r="F26" s="43"/>
+      <c r="G26" s="43"/>
+      <c r="H26" s="43"/>
+      <c r="I26" s="43">
+        <v>46001</v>
+      </c>
+      <c r="J26" s="43"/>
+      <c r="K26" s="43"/>
+      <c r="L26" s="43"/>
+      <c r="M26" s="43">
+        <v>46002</v>
+      </c>
+      <c r="N26" s="43"/>
+      <c r="O26" s="43"/>
+      <c r="P26" s="43"/>
+      <c r="Q26" s="43">
+        <v>46003</v>
+      </c>
+      <c r="R26" s="43"/>
+      <c r="S26" s="43"/>
+      <c r="T26" s="43"/>
     </row>
     <row r="27" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A27" s="51" t="s">
+      <c r="A27" s="55" t="s">
         <v>21</v>
       </c>
-      <c r="B27" s="51"/>
-[...2 lines deleted...]
-      <c r="E27" s="50" t="s">
+      <c r="B27" s="55"/>
+      <c r="C27" s="55"/>
+      <c r="D27" s="56"/>
+      <c r="E27" s="54" t="s">
         <v>22</v>
       </c>
-      <c r="F27" s="51"/>
-[...3 lines deleted...]
-        <v>68</v>
+      <c r="F27" s="55"/>
+      <c r="G27" s="55"/>
+      <c r="H27" s="55"/>
+      <c r="I27" s="14" t="s">
+        <v>94</v>
       </c>
       <c r="J27" s="14"/>
-      <c r="K27" s="42" t="s">
+      <c r="K27" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="L27" s="20"/>
-      <c r="M27" s="56" t="s">
+      <c r="L27" s="15"/>
+      <c r="M27" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="N27" s="56"/>
-[...2 lines deleted...]
-      <c r="Q27" s="69" t="s">
+      <c r="N27" s="16"/>
+      <c r="O27" s="16"/>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="R27" s="56"/>
-[...1 lines deleted...]
-      <c r="T27" s="57"/>
+      <c r="R27" s="16"/>
+      <c r="S27" s="16"/>
+      <c r="T27" s="16"/>
     </row>
     <row r="28" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A28" s="53"/>
-[...18 lines deleted...]
-      <c r="T28" s="59"/>
+      <c r="A28" s="68"/>
+      <c r="B28" s="68"/>
+      <c r="C28" s="68"/>
+      <c r="D28" s="75"/>
+      <c r="E28" s="67"/>
+      <c r="F28" s="68"/>
+      <c r="G28" s="68"/>
+      <c r="H28" s="68"/>
+      <c r="I28" s="14"/>
+      <c r="J28" s="14"/>
+      <c r="K28" s="15"/>
+      <c r="L28" s="15"/>
+      <c r="M28" s="16"/>
+      <c r="N28" s="16"/>
+      <c r="O28" s="16"/>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="16"/>
+      <c r="R28" s="16"/>
+      <c r="S28" s="16"/>
+      <c r="T28" s="16"/>
     </row>
     <row r="29" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A29" s="53"/>
-[...18 lines deleted...]
-      <c r="T29" s="59"/>
+      <c r="A29" s="68"/>
+      <c r="B29" s="68"/>
+      <c r="C29" s="68"/>
+      <c r="D29" s="75"/>
+      <c r="E29" s="67"/>
+      <c r="F29" s="68"/>
+      <c r="G29" s="68"/>
+      <c r="H29" s="68"/>
+      <c r="I29" s="14"/>
+      <c r="J29" s="14"/>
+      <c r="K29" s="15"/>
+      <c r="L29" s="15"/>
+      <c r="M29" s="16"/>
+      <c r="N29" s="16"/>
+      <c r="O29" s="16"/>
+      <c r="P29" s="16"/>
+      <c r="Q29" s="16"/>
+      <c r="R29" s="16"/>
+      <c r="S29" s="16"/>
+      <c r="T29" s="16"/>
     </row>
     <row r="30" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A30" s="55"/>
-[...18 lines deleted...]
-      <c r="T30" s="59"/>
+      <c r="A30" s="58"/>
+      <c r="B30" s="58"/>
+      <c r="C30" s="58"/>
+      <c r="D30" s="59"/>
+      <c r="E30" s="57"/>
+      <c r="F30" s="58"/>
+      <c r="G30" s="58"/>
+      <c r="H30" s="58"/>
+      <c r="I30" s="14"/>
+      <c r="J30" s="14"/>
+      <c r="K30" s="15"/>
+      <c r="L30" s="15"/>
+      <c r="M30" s="16"/>
+      <c r="N30" s="16"/>
+      <c r="O30" s="16"/>
+      <c r="P30" s="16"/>
+      <c r="Q30" s="16"/>
+      <c r="R30" s="16"/>
+      <c r="S30" s="16"/>
+      <c r="T30" s="16"/>
     </row>
     <row r="31" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A31" s="43" t="s">
-[...22 lines deleted...]
-      <c r="T31" s="59"/>
+      <c r="A31" s="61" t="s">
+        <v>34</v>
+      </c>
+      <c r="B31" s="52"/>
+      <c r="C31" s="52"/>
+      <c r="D31" s="53"/>
+      <c r="E31" s="73" t="s">
+        <v>34</v>
+      </c>
+      <c r="F31" s="74"/>
+      <c r="G31" s="74"/>
+      <c r="H31" s="74"/>
+      <c r="I31" s="14"/>
+      <c r="J31" s="14"/>
+      <c r="K31" s="15"/>
+      <c r="L31" s="15"/>
+      <c r="M31" s="16"/>
+      <c r="N31" s="16"/>
+      <c r="O31" s="16"/>
+      <c r="P31" s="16"/>
+      <c r="Q31" s="16"/>
+      <c r="R31" s="16"/>
+      <c r="S31" s="16"/>
+      <c r="T31" s="16"/>
     </row>
     <row r="32" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A32" s="76" t="s">
-[...5 lines deleted...]
-      <c r="E32" s="50" t="s">
+      <c r="A32" s="72" t="s">
         <v>29</v>
       </c>
-      <c r="F32" s="51"/>
-[...13 lines deleted...]
-      <c r="T32" s="59"/>
+      <c r="B32" s="72"/>
+      <c r="C32" s="72"/>
+      <c r="D32" s="72"/>
+      <c r="E32" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="F32" s="55"/>
+      <c r="G32" s="55"/>
+      <c r="H32" s="55"/>
+      <c r="I32" s="14"/>
+      <c r="J32" s="14"/>
+      <c r="K32" s="15"/>
+      <c r="L32" s="15"/>
+      <c r="M32" s="16"/>
+      <c r="N32" s="16"/>
+      <c r="O32" s="16"/>
+      <c r="P32" s="16"/>
+      <c r="Q32" s="16"/>
+      <c r="R32" s="16"/>
+      <c r="S32" s="16"/>
+      <c r="T32" s="16"/>
     </row>
     <row r="33" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A33" s="76"/>
-[...18 lines deleted...]
-      <c r="T33" s="59"/>
+      <c r="A33" s="72"/>
+      <c r="B33" s="72"/>
+      <c r="C33" s="72"/>
+      <c r="D33" s="72"/>
+      <c r="E33" s="67"/>
+      <c r="F33" s="68"/>
+      <c r="G33" s="68"/>
+      <c r="H33" s="68"/>
+      <c r="I33" s="14"/>
+      <c r="J33" s="14"/>
+      <c r="K33" s="15"/>
+      <c r="L33" s="15"/>
+      <c r="M33" s="16"/>
+      <c r="N33" s="16"/>
+      <c r="O33" s="16"/>
+      <c r="P33" s="16"/>
+      <c r="Q33" s="16"/>
+      <c r="R33" s="16"/>
+      <c r="S33" s="16"/>
+      <c r="T33" s="16"/>
     </row>
     <row r="34" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A34" s="76"/>
-[...18 lines deleted...]
-      <c r="T34" s="61"/>
+      <c r="A34" s="72"/>
+      <c r="B34" s="72"/>
+      <c r="C34" s="72"/>
+      <c r="D34" s="72"/>
+      <c r="E34" s="67"/>
+      <c r="F34" s="68"/>
+      <c r="G34" s="68"/>
+      <c r="H34" s="68"/>
+      <c r="I34" s="14"/>
+      <c r="J34" s="14"/>
+      <c r="K34" s="15"/>
+      <c r="L34" s="15"/>
+      <c r="M34" s="16"/>
+      <c r="N34" s="16"/>
+      <c r="O34" s="16"/>
+      <c r="P34" s="16"/>
+      <c r="Q34" s="16"/>
+      <c r="R34" s="16"/>
+      <c r="S34" s="16"/>
+      <c r="T34" s="16"/>
     </row>
     <row r="35" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A35" s="76"/>
-[...12 lines deleted...]
-      <c r="L35" s="12"/>
+      <c r="A35" s="72"/>
+      <c r="B35" s="72"/>
+      <c r="C35" s="72"/>
+      <c r="D35" s="72"/>
+      <c r="E35" s="57"/>
+      <c r="F35" s="58"/>
+      <c r="G35" s="58"/>
+      <c r="H35" s="58"/>
+      <c r="I35" s="14"/>
+      <c r="J35" s="14"/>
+      <c r="K35" s="15"/>
+      <c r="L35" s="15"/>
+      <c r="M35" s="16"/>
+      <c r="N35" s="16"/>
+      <c r="O35" s="16"/>
+      <c r="P35" s="16"/>
+      <c r="Q35" s="16"/>
+      <c r="R35" s="16"/>
+      <c r="S35" s="16"/>
+      <c r="T35" s="16"/>
     </row>
     <row r="37" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D38" s="4"/>
       <c r="I38" s="4"/>
       <c r="M38" s="4"/>
     </row>
+    <row r="39" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A39" s="1" t="s">
+        <v>45</v>
+      </c>
+    </row>
     <row r="40" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A40" s="28">
-[...28 lines deleted...]
-      <c r="T40" s="75"/>
+      <c r="A40" s="43">
+        <v>46006</v>
+      </c>
+      <c r="B40" s="43"/>
+      <c r="C40" s="43"/>
+      <c r="D40" s="43"/>
+      <c r="E40" s="43">
+        <v>46007</v>
+      </c>
+      <c r="F40" s="43"/>
+      <c r="G40" s="43"/>
+      <c r="H40" s="43"/>
+      <c r="I40" s="43">
+        <v>46008</v>
+      </c>
+      <c r="J40" s="43"/>
+      <c r="K40" s="43"/>
+      <c r="L40" s="43"/>
+      <c r="M40" s="43">
+        <v>46009</v>
+      </c>
+      <c r="N40" s="43"/>
+      <c r="O40" s="43"/>
+      <c r="P40" s="43"/>
+      <c r="Q40" s="62">
+        <v>46010</v>
+      </c>
+      <c r="R40" s="62"/>
+      <c r="S40" s="62"/>
+      <c r="T40" s="62"/>
     </row>
     <row r="41" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A41" s="13" t="s">
-[...3 lines deleted...]
-      <c r="C41" s="29" t="s">
+      <c r="A41" s="85" t="s">
+        <v>35</v>
+      </c>
+      <c r="B41" s="87"/>
+      <c r="C41" s="47" t="s">
         <v>27</v>
       </c>
-      <c r="D41" s="22"/>
-[...4 lines deleted...]
-      <c r="G41" s="29" t="s">
+      <c r="D41" s="87"/>
+      <c r="E41" s="85" t="s">
+        <v>36</v>
+      </c>
+      <c r="F41" s="49"/>
+      <c r="G41" s="69" t="s">
         <v>25</v>
       </c>
-      <c r="H41" s="22"/>
-      <c r="I41" s="15" t="s">
+      <c r="H41" s="48"/>
+      <c r="I41" s="35" t="s">
+        <v>95</v>
+      </c>
+      <c r="J41" s="36"/>
+      <c r="K41" s="39" t="s">
+        <v>27</v>
+      </c>
+      <c r="L41" s="40"/>
+      <c r="M41" s="85" t="s">
+        <v>36</v>
+      </c>
+      <c r="N41" s="86"/>
+      <c r="O41" s="47" t="s">
+        <v>25</v>
+      </c>
+      <c r="P41" s="48"/>
+      <c r="Q41" s="10"/>
+      <c r="R41" s="11"/>
+      <c r="S41" s="11"/>
+      <c r="T41" s="11"/>
+    </row>
+    <row r="42" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A42" s="88"/>
+      <c r="B42" s="89"/>
+      <c r="C42" s="90"/>
+      <c r="D42" s="91"/>
+      <c r="E42" s="35"/>
+      <c r="F42" s="50"/>
+      <c r="G42" s="70"/>
+      <c r="H42" s="40"/>
+      <c r="I42" s="35"/>
+      <c r="J42" s="36"/>
+      <c r="K42" s="39"/>
+      <c r="L42" s="40"/>
+      <c r="M42" s="35"/>
+      <c r="N42" s="36"/>
+      <c r="O42" s="39"/>
+      <c r="P42" s="40"/>
+      <c r="Q42" s="64" t="s">
         <v>71</v>
       </c>
-      <c r="J41" s="16"/>
-      <c r="K41" s="29" t="s">
+      <c r="R42" s="65"/>
+      <c r="S42" s="65"/>
+      <c r="T42" s="66"/>
+    </row>
+    <row r="43" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A43" s="64" t="s">
+        <v>92</v>
+      </c>
+      <c r="B43" s="65"/>
+      <c r="C43" s="65"/>
+      <c r="D43" s="66"/>
+      <c r="E43" s="37"/>
+      <c r="F43" s="51"/>
+      <c r="G43" s="71"/>
+      <c r="H43" s="42"/>
+      <c r="I43" s="35"/>
+      <c r="J43" s="36"/>
+      <c r="K43" s="39"/>
+      <c r="L43" s="40"/>
+      <c r="M43" s="82" t="s">
+        <v>89</v>
+      </c>
+      <c r="N43" s="83"/>
+      <c r="O43" s="83"/>
+      <c r="P43" s="84"/>
+      <c r="Q43" s="64" t="s">
+        <v>56</v>
+      </c>
+      <c r="R43" s="65"/>
+      <c r="S43" s="65"/>
+      <c r="T43" s="66"/>
+    </row>
+    <row r="44" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A44" s="61" t="s">
+        <v>34</v>
+      </c>
+      <c r="B44" s="52"/>
+      <c r="C44" s="52"/>
+      <c r="D44" s="53"/>
+      <c r="E44" s="52" t="s">
+        <v>34</v>
+      </c>
+      <c r="F44" s="52"/>
+      <c r="G44" s="52"/>
+      <c r="H44" s="53"/>
+      <c r="I44" s="35"/>
+      <c r="J44" s="36"/>
+      <c r="K44" s="39"/>
+      <c r="L44" s="40"/>
+      <c r="M44" s="61" t="s">
+        <v>34</v>
+      </c>
+      <c r="N44" s="52"/>
+      <c r="O44" s="52"/>
+      <c r="P44" s="53"/>
+      <c r="Q44" s="61" t="s">
+        <v>34</v>
+      </c>
+      <c r="R44" s="52"/>
+      <c r="S44" s="52"/>
+      <c r="T44" s="53"/>
+    </row>
+    <row r="45" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A45" s="49" t="s">
+        <v>88</v>
+      </c>
+      <c r="B45" s="49"/>
+      <c r="C45" s="47" t="s">
+        <v>27</v>
+      </c>
+      <c r="D45" s="48"/>
+      <c r="E45" s="72" t="s">
+        <v>96</v>
+      </c>
+      <c r="F45" s="72"/>
+      <c r="G45" s="72"/>
+      <c r="H45" s="72"/>
+      <c r="I45" s="35"/>
+      <c r="J45" s="36"/>
+      <c r="K45" s="39"/>
+      <c r="L45" s="40"/>
+      <c r="M45" s="76" t="s">
+        <v>78</v>
+      </c>
+      <c r="N45" s="77"/>
+      <c r="O45" s="77"/>
+      <c r="P45" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="L41" s="22"/>
-[...4 lines deleted...]
-      <c r="O41" s="29" t="s">
+      <c r="Q45" s="21" t="s">
+        <v>97</v>
+      </c>
+      <c r="R45" s="17"/>
+      <c r="S45" s="17"/>
+      <c r="T45" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="P41" s="22"/>
-[...121 lines deleted...]
-      <c r="T45" s="37"/>
     </row>
     <row r="46" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A46" s="45"/>
-[...7 lines deleted...]
-      <c r="G46" s="42" t="s">
+      <c r="A46" s="50"/>
+      <c r="B46" s="50"/>
+      <c r="C46" s="39"/>
+      <c r="D46" s="40"/>
+      <c r="E46" s="78" t="s">
+        <v>37</v>
+      </c>
+      <c r="F46" s="120"/>
+      <c r="G46" s="69" t="s">
         <v>25</v>
       </c>
-      <c r="H46" s="20"/>
-[...13 lines deleted...]
-      <c r="T46" s="37"/>
+      <c r="H46" s="48"/>
+      <c r="I46" s="35"/>
+      <c r="J46" s="36"/>
+      <c r="K46" s="39"/>
+      <c r="L46" s="40"/>
+      <c r="M46" s="78"/>
+      <c r="N46" s="79"/>
+      <c r="O46" s="79"/>
+      <c r="P46" s="15"/>
+      <c r="Q46" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="R46" s="45"/>
+      <c r="S46" s="45"/>
+      <c r="T46" s="46"/>
     </row>
     <row r="47" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A47" s="27"/>
-[...14 lines deleted...]
-      <c r="P47" s="130"/>
+      <c r="A47" s="51"/>
+      <c r="B47" s="51"/>
+      <c r="C47" s="41"/>
+      <c r="D47" s="42"/>
+      <c r="E47" s="80"/>
+      <c r="F47" s="118"/>
+      <c r="G47" s="70"/>
+      <c r="H47" s="40"/>
+      <c r="I47" s="37"/>
+      <c r="J47" s="38"/>
+      <c r="K47" s="41"/>
+      <c r="L47" s="42"/>
+      <c r="M47" s="80"/>
+      <c r="N47" s="81"/>
+      <c r="O47" s="81"/>
+      <c r="P47" s="15"/>
+      <c r="Q47" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="R47" s="13"/>
+      <c r="S47" s="13"/>
+      <c r="T47" s="13"/>
     </row>
     <row r="48" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A48" s="11" t="s">
-[...22 lines deleted...]
-      <c r="P48" s="128"/>
+      <c r="A48" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B48" s="20"/>
+      <c r="C48" s="20"/>
+      <c r="D48" s="20"/>
+      <c r="E48" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F48" s="20"/>
+      <c r="G48" s="20"/>
+      <c r="H48" s="20"/>
+      <c r="I48" s="19" t="s">
+        <v>82</v>
+      </c>
+      <c r="J48" s="20"/>
+      <c r="K48" s="20"/>
+      <c r="L48" s="20"/>
+      <c r="M48" s="32" t="s">
+        <v>83</v>
+      </c>
+      <c r="N48" s="33"/>
+      <c r="O48" s="33"/>
+      <c r="P48" s="34"/>
+      <c r="Q48" s="13"/>
+      <c r="R48" s="13"/>
+      <c r="S48" s="13"/>
+      <c r="T48" s="13"/>
     </row>
     <row r="49" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A49" s="3"/>
       <c r="B49" s="3"/>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
     </row>
     <row r="50" spans="1:20" x14ac:dyDescent="0.2">
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="K50" s="3"/>
       <c r="L50" s="3"/>
       <c r="Q50" s="3"/>
       <c r="R50" s="3"/>
       <c r="S50" s="3"/>
       <c r="T50" s="3"/>
     </row>
     <row r="51" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A51" s="1" t="s">
+        <v>46</v>
+      </c>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="K51" s="3"/>
       <c r="L51" s="3"/>
       <c r="Q51" s="3"/>
       <c r="R51" s="3"/>
       <c r="S51" s="3"/>
       <c r="T51" s="3"/>
     </row>
     <row r="52" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A52" s="28">
-[...28 lines deleted...]
-      <c r="T52" s="28"/>
+      <c r="A52" s="43">
+        <v>46013</v>
+      </c>
+      <c r="B52" s="43"/>
+      <c r="C52" s="43"/>
+      <c r="D52" s="43"/>
+      <c r="E52" s="43">
+        <v>46014</v>
+      </c>
+      <c r="F52" s="43"/>
+      <c r="G52" s="43"/>
+      <c r="H52" s="43"/>
+      <c r="I52" s="43">
+        <v>46015</v>
+      </c>
+      <c r="J52" s="43"/>
+      <c r="K52" s="43"/>
+      <c r="L52" s="43"/>
+      <c r="M52" s="43">
+        <v>46016</v>
+      </c>
+      <c r="N52" s="43"/>
+      <c r="O52" s="43"/>
+      <c r="P52" s="43"/>
+      <c r="Q52" s="43">
+        <v>46017</v>
+      </c>
+      <c r="R52" s="43"/>
+      <c r="S52" s="43"/>
+      <c r="T52" s="43"/>
     </row>
     <row r="53" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A53" s="25" t="s">
-[...3 lines deleted...]
-      <c r="C53" s="19" t="s">
+      <c r="A53" s="49" t="s">
+        <v>39</v>
+      </c>
+      <c r="B53" s="49"/>
+      <c r="C53" s="69" t="s">
         <v>25</v>
       </c>
-      <c r="D53" s="20"/>
-      <c r="E53" s="13" t="s">
+      <c r="D53" s="48"/>
+      <c r="E53" s="85" t="s">
         <v>26</v>
       </c>
-      <c r="F53" s="14"/>
-      <c r="G53" s="19" t="s">
+      <c r="F53" s="86"/>
+      <c r="G53" s="69" t="s">
         <v>27</v>
       </c>
-      <c r="H53" s="20"/>
-[...4 lines deleted...]
-      <c r="K53" s="42" t="s">
+      <c r="H53" s="48"/>
+      <c r="I53" s="22" t="s">
+        <v>53</v>
+      </c>
+      <c r="J53" s="23"/>
+      <c r="K53" s="23"/>
+      <c r="L53" s="24"/>
+      <c r="M53" s="22" t="s">
+        <v>54</v>
+      </c>
+      <c r="N53" s="23"/>
+      <c r="O53" s="23"/>
+      <c r="P53" s="24"/>
+      <c r="Q53" s="22" t="s">
+        <v>99</v>
+      </c>
+      <c r="R53" s="23"/>
+      <c r="S53" s="23"/>
+      <c r="T53" s="24"/>
+    </row>
+    <row r="54" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A54" s="50"/>
+      <c r="B54" s="50"/>
+      <c r="C54" s="70"/>
+      <c r="D54" s="40"/>
+      <c r="E54" s="35"/>
+      <c r="F54" s="36"/>
+      <c r="G54" s="70"/>
+      <c r="H54" s="40"/>
+      <c r="I54" s="25"/>
+      <c r="J54" s="26"/>
+      <c r="K54" s="26"/>
+      <c r="L54" s="27"/>
+      <c r="M54" s="25"/>
+      <c r="N54" s="26"/>
+      <c r="O54" s="26"/>
+      <c r="P54" s="27"/>
+      <c r="Q54" s="25"/>
+      <c r="R54" s="26"/>
+      <c r="S54" s="26"/>
+      <c r="T54" s="27"/>
+    </row>
+    <row r="55" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A55" s="50"/>
+      <c r="B55" s="50"/>
+      <c r="C55" s="70"/>
+      <c r="D55" s="40"/>
+      <c r="E55" s="35"/>
+      <c r="F55" s="36"/>
+      <c r="G55" s="70"/>
+      <c r="H55" s="40"/>
+      <c r="I55" s="25"/>
+      <c r="J55" s="26"/>
+      <c r="K55" s="26"/>
+      <c r="L55" s="27"/>
+      <c r="M55" s="25"/>
+      <c r="N55" s="26"/>
+      <c r="O55" s="26"/>
+      <c r="P55" s="27"/>
+      <c r="Q55" s="25"/>
+      <c r="R55" s="26"/>
+      <c r="S55" s="26"/>
+      <c r="T55" s="27"/>
+    </row>
+    <row r="56" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A56" s="51"/>
+      <c r="B56" s="51"/>
+      <c r="C56" s="71"/>
+      <c r="D56" s="42"/>
+      <c r="E56" s="37"/>
+      <c r="F56" s="38"/>
+      <c r="G56" s="71"/>
+      <c r="H56" s="42"/>
+      <c r="I56" s="25"/>
+      <c r="J56" s="26"/>
+      <c r="K56" s="26"/>
+      <c r="L56" s="27"/>
+      <c r="M56" s="25"/>
+      <c r="N56" s="26"/>
+      <c r="O56" s="26"/>
+      <c r="P56" s="27"/>
+      <c r="Q56" s="25"/>
+      <c r="R56" s="26"/>
+      <c r="S56" s="26"/>
+      <c r="T56" s="27"/>
+    </row>
+    <row r="57" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A57" s="61" t="s">
+        <v>34</v>
+      </c>
+      <c r="B57" s="52"/>
+      <c r="C57" s="52"/>
+      <c r="D57" s="53"/>
+      <c r="E57" s="52" t="s">
+        <v>34</v>
+      </c>
+      <c r="F57" s="52"/>
+      <c r="G57" s="52"/>
+      <c r="H57" s="53"/>
+      <c r="I57" s="25"/>
+      <c r="J57" s="26"/>
+      <c r="K57" s="26"/>
+      <c r="L57" s="27"/>
+      <c r="M57" s="25"/>
+      <c r="N57" s="26"/>
+      <c r="O57" s="26"/>
+      <c r="P57" s="27"/>
+      <c r="Q57" s="25"/>
+      <c r="R57" s="26"/>
+      <c r="S57" s="26"/>
+      <c r="T57" s="27"/>
+    </row>
+    <row r="58" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="49" t="s">
+        <v>90</v>
+      </c>
+      <c r="B58" s="49"/>
+      <c r="C58" s="47" t="s">
+        <v>25</v>
+      </c>
+      <c r="D58" s="48"/>
+      <c r="E58" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="F58" s="14"/>
+      <c r="G58" s="69" t="s">
         <v>27</v>
       </c>
-      <c r="L53" s="20"/>
-[...145 lines deleted...]
-      <c r="T58" s="119"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="25"/>
+      <c r="J58" s="26"/>
+      <c r="K58" s="26"/>
+      <c r="L58" s="27"/>
+      <c r="M58" s="25"/>
+      <c r="N58" s="26"/>
+      <c r="O58" s="26"/>
+      <c r="P58" s="27"/>
+      <c r="Q58" s="25"/>
+      <c r="R58" s="26"/>
+      <c r="S58" s="26"/>
+      <c r="T58" s="27"/>
     </row>
     <row r="59" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A59" s="45"/>
-[...18 lines deleted...]
-      <c r="P59" s="125"/>
+      <c r="A59" s="50"/>
+      <c r="B59" s="50"/>
+      <c r="C59" s="39"/>
+      <c r="D59" s="40"/>
+      <c r="E59" s="76" t="s">
+        <v>32</v>
+      </c>
+      <c r="F59" s="117"/>
+      <c r="G59" s="70"/>
+      <c r="H59" s="40"/>
+      <c r="I59" s="25"/>
+      <c r="J59" s="26"/>
+      <c r="K59" s="26"/>
+      <c r="L59" s="27"/>
+      <c r="M59" s="25"/>
+      <c r="N59" s="26"/>
+      <c r="O59" s="26"/>
+      <c r="P59" s="27"/>
+      <c r="Q59" s="25"/>
+      <c r="R59" s="26"/>
+      <c r="S59" s="26"/>
+      <c r="T59" s="27"/>
     </row>
     <row r="60" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A60" s="27"/>
-[...14 lines deleted...]
-      <c r="P60" s="125"/>
+      <c r="A60" s="51"/>
+      <c r="B60" s="51"/>
+      <c r="C60" s="41"/>
+      <c r="D60" s="42"/>
+      <c r="E60" s="80"/>
+      <c r="F60" s="118"/>
+      <c r="G60" s="71"/>
+      <c r="H60" s="42"/>
+      <c r="I60" s="28"/>
+      <c r="J60" s="29"/>
+      <c r="K60" s="29"/>
+      <c r="L60" s="30"/>
+      <c r="M60" s="28"/>
+      <c r="N60" s="29"/>
+      <c r="O60" s="29"/>
+      <c r="P60" s="30"/>
+      <c r="Q60" s="28"/>
+      <c r="R60" s="29"/>
+      <c r="S60" s="29"/>
+      <c r="T60" s="30"/>
     </row>
     <row r="61" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A61" s="11" t="s">
-[...22 lines deleted...]
-      <c r="P61" s="128"/>
+      <c r="A61" s="19" t="s">
+        <v>84</v>
+      </c>
+      <c r="B61" s="20"/>
+      <c r="C61" s="20"/>
+      <c r="D61" s="20"/>
+      <c r="E61" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="F61" s="20"/>
+      <c r="G61" s="20"/>
+      <c r="H61" s="20"/>
     </row>
     <row r="65" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A65" s="1" t="s">
+        <v>47</v>
+      </c>
       <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
       <c r="H65" s="3"/>
       <c r="K65" s="3"/>
       <c r="L65" s="3"/>
       <c r="Q65" s="3"/>
       <c r="R65" s="3"/>
       <c r="S65" s="3"/>
       <c r="T65" s="3"/>
     </row>
     <row r="66" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A66" s="28">
-[...28 lines deleted...]
-      <c r="T66" s="28"/>
+      <c r="A66" s="43">
+        <v>46027</v>
+      </c>
+      <c r="B66" s="43"/>
+      <c r="C66" s="43"/>
+      <c r="D66" s="43"/>
+      <c r="E66" s="43">
+        <v>46028</v>
+      </c>
+      <c r="F66" s="43"/>
+      <c r="G66" s="43"/>
+      <c r="H66" s="43"/>
+      <c r="I66" s="43">
+        <v>46029</v>
+      </c>
+      <c r="J66" s="43"/>
+      <c r="K66" s="43"/>
+      <c r="L66" s="43"/>
+      <c r="M66" s="43">
+        <v>46030</v>
+      </c>
+      <c r="N66" s="43"/>
+      <c r="O66" s="43"/>
+      <c r="P66" s="43"/>
+      <c r="Q66" s="43">
+        <v>46031</v>
+      </c>
+      <c r="R66" s="43"/>
+      <c r="S66" s="43"/>
+      <c r="T66" s="43"/>
     </row>
     <row r="67" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A67" s="25" t="s">
-[...3 lines deleted...]
-      <c r="C67" s="42" t="s">
+      <c r="A67" s="49" t="s">
+        <v>39</v>
+      </c>
+      <c r="B67" s="49"/>
+      <c r="C67" s="69" t="s">
         <v>25</v>
       </c>
-      <c r="D67" s="20"/>
-      <c r="E67" s="13" t="s">
+      <c r="D67" s="48"/>
+      <c r="E67" s="23" t="s">
+        <v>100</v>
+      </c>
+      <c r="F67" s="23"/>
+      <c r="G67" s="23"/>
+      <c r="H67" s="24"/>
+      <c r="I67" s="85" t="s">
+        <v>80</v>
+      </c>
+      <c r="J67" s="86"/>
+      <c r="K67" s="47" t="s">
+        <v>27</v>
+      </c>
+      <c r="L67" s="48"/>
+      <c r="M67" s="85" t="s">
         <v>26</v>
       </c>
-      <c r="F67" s="14"/>
-      <c r="G67" s="42" t="s">
+      <c r="N67" s="49"/>
+      <c r="O67" s="69" t="s">
         <v>27</v>
       </c>
-      <c r="H67" s="20"/>
-[...8 lines deleted...]
-      <c r="M67" s="79" t="s">
+      <c r="P67" s="48"/>
+      <c r="Q67" s="49" t="s">
         <v>39</v>
       </c>
-      <c r="N67" s="80"/>
-[...6 lines deleted...]
-      <c r="S67" s="42" t="s">
+      <c r="R67" s="49"/>
+      <c r="S67" s="47" t="s">
         <v>25</v>
       </c>
-      <c r="T67" s="20"/>
+      <c r="T67" s="48"/>
     </row>
     <row r="68" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A68" s="45"/>
-[...18 lines deleted...]
-      <c r="T68" s="22"/>
+      <c r="A68" s="50"/>
+      <c r="B68" s="50"/>
+      <c r="C68" s="70"/>
+      <c r="D68" s="40"/>
+      <c r="E68" s="26"/>
+      <c r="F68" s="26"/>
+      <c r="G68" s="26"/>
+      <c r="H68" s="27"/>
+      <c r="I68" s="35"/>
+      <c r="J68" s="36"/>
+      <c r="K68" s="39"/>
+      <c r="L68" s="40"/>
+      <c r="M68" s="37"/>
+      <c r="N68" s="51"/>
+      <c r="O68" s="71"/>
+      <c r="P68" s="42"/>
+      <c r="Q68" s="50"/>
+      <c r="R68" s="50"/>
+      <c r="S68" s="39"/>
+      <c r="T68" s="40"/>
     </row>
     <row r="69" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A69" s="27"/>
-[...18 lines deleted...]
-      <c r="T69" s="22"/>
+      <c r="A69" s="50"/>
+      <c r="B69" s="50"/>
+      <c r="C69" s="70"/>
+      <c r="D69" s="40"/>
+      <c r="E69" s="26"/>
+      <c r="F69" s="26"/>
+      <c r="G69" s="26"/>
+      <c r="H69" s="27"/>
+      <c r="I69" s="35"/>
+      <c r="J69" s="36"/>
+      <c r="K69" s="39"/>
+      <c r="L69" s="40"/>
+      <c r="M69" s="72" t="s">
+        <v>55</v>
+      </c>
+      <c r="N69" s="72"/>
+      <c r="O69" s="72"/>
+      <c r="P69" s="72"/>
+      <c r="Q69" s="50"/>
+      <c r="R69" s="50"/>
+      <c r="S69" s="39"/>
+      <c r="T69" s="40"/>
     </row>
     <row r="70" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A70" s="91"/>
-[...20 lines deleted...]
-      <c r="T70" s="24"/>
+      <c r="A70" s="51"/>
+      <c r="B70" s="51"/>
+      <c r="C70" s="71"/>
+      <c r="D70" s="42"/>
+      <c r="E70" s="26"/>
+      <c r="F70" s="26"/>
+      <c r="G70" s="26"/>
+      <c r="H70" s="27"/>
+      <c r="I70" s="35"/>
+      <c r="J70" s="36"/>
+      <c r="K70" s="39"/>
+      <c r="L70" s="40"/>
+      <c r="M70" s="72"/>
+      <c r="N70" s="72"/>
+      <c r="O70" s="72"/>
+      <c r="P70" s="72"/>
+      <c r="Q70" s="51"/>
+      <c r="R70" s="51"/>
+      <c r="S70" s="41"/>
+      <c r="T70" s="42"/>
     </row>
     <row r="71" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A71" s="43" t="s">
-[...24 lines deleted...]
-      <c r="T71" s="35"/>
+      <c r="A71" s="61" t="s">
+        <v>34</v>
+      </c>
+      <c r="B71" s="52"/>
+      <c r="C71" s="52"/>
+      <c r="D71" s="53"/>
+      <c r="E71" s="26"/>
+      <c r="F71" s="26"/>
+      <c r="G71" s="26"/>
+      <c r="H71" s="27"/>
+      <c r="I71" s="35"/>
+      <c r="J71" s="36"/>
+      <c r="K71" s="39"/>
+      <c r="L71" s="40"/>
+      <c r="M71" s="61" t="s">
+        <v>34</v>
+      </c>
+      <c r="N71" s="52"/>
+      <c r="O71" s="52"/>
+      <c r="P71" s="53"/>
+      <c r="Q71" s="52" t="s">
+        <v>34</v>
+      </c>
+      <c r="R71" s="52"/>
+      <c r="S71" s="52"/>
+      <c r="T71" s="53"/>
     </row>
     <row r="72" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A72" s="25" t="s">
-[...3 lines deleted...]
-      <c r="C72" s="19" t="s">
+      <c r="A72" s="119" t="s">
+        <v>57</v>
+      </c>
+      <c r="B72" s="83"/>
+      <c r="C72" s="83"/>
+      <c r="D72" s="84"/>
+      <c r="E72" s="26"/>
+      <c r="F72" s="26"/>
+      <c r="G72" s="26"/>
+      <c r="H72" s="27"/>
+      <c r="I72" s="35"/>
+      <c r="J72" s="36"/>
+      <c r="K72" s="39"/>
+      <c r="L72" s="40"/>
+      <c r="M72" s="76" t="s">
+        <v>31</v>
+      </c>
+      <c r="N72" s="77"/>
+      <c r="O72" s="77"/>
+      <c r="P72" s="31" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q72" s="17" t="s">
+        <v>98</v>
+      </c>
+      <c r="R72" s="17"/>
+      <c r="S72" s="17"/>
+      <c r="T72" s="18"/>
+    </row>
+    <row r="73" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A73" s="49" t="s">
+        <v>91</v>
+      </c>
+      <c r="B73" s="49"/>
+      <c r="C73" s="69" t="s">
         <v>25</v>
       </c>
-      <c r="D72" s="20"/>
-[...41 lines deleted...]
-      <c r="P73" s="84"/>
+      <c r="D73" s="48"/>
+      <c r="E73" s="26"/>
+      <c r="F73" s="26"/>
+      <c r="G73" s="26"/>
+      <c r="H73" s="27"/>
+      <c r="I73" s="35"/>
+      <c r="J73" s="36"/>
+      <c r="K73" s="39"/>
+      <c r="L73" s="40"/>
+      <c r="M73" s="78"/>
+      <c r="N73" s="79"/>
+      <c r="O73" s="79"/>
+      <c r="P73" s="15"/>
+      <c r="Q73" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="R73" s="13"/>
+      <c r="S73" s="13"/>
+      <c r="T73" s="13"/>
     </row>
     <row r="74" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A74" s="27"/>
-[...14 lines deleted...]
-      <c r="P74" s="87"/>
+      <c r="A74" s="51"/>
+      <c r="B74" s="51"/>
+      <c r="C74" s="71"/>
+      <c r="D74" s="42"/>
+      <c r="E74" s="26"/>
+      <c r="F74" s="26"/>
+      <c r="G74" s="26"/>
+      <c r="H74" s="27"/>
+      <c r="I74" s="37"/>
+      <c r="J74" s="38"/>
+      <c r="K74" s="41"/>
+      <c r="L74" s="42"/>
+      <c r="M74" s="80"/>
+      <c r="N74" s="81"/>
+      <c r="O74" s="81"/>
+      <c r="P74" s="15"/>
+      <c r="Q74" s="13"/>
+      <c r="R74" s="13"/>
+      <c r="S74" s="13"/>
+      <c r="T74" s="13"/>
     </row>
     <row r="75" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A75" s="11" t="s">
-[...16 lines deleted...]
-      <c r="L75" s="12"/>
+      <c r="A75" s="19" t="s">
+        <v>85</v>
+      </c>
+      <c r="B75" s="20"/>
+      <c r="C75" s="20"/>
+      <c r="D75" s="20"/>
+      <c r="E75" s="29"/>
+      <c r="F75" s="29"/>
+      <c r="G75" s="29"/>
+      <c r="H75" s="30"/>
+      <c r="I75" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="J75" s="20"/>
+      <c r="K75" s="20"/>
+      <c r="L75" s="20"/>
+      <c r="M75" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="N75" s="20"/>
+      <c r="O75" s="20"/>
+      <c r="P75" s="20"/>
     </row>
     <row r="77" spans="1:20" x14ac:dyDescent="0.2">
       <c r="D77" s="4"/>
       <c r="I77" s="4"/>
       <c r="M77" s="4"/>
     </row>
+    <row r="78" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A78" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
     <row r="79" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="28">
-[...28 lines deleted...]
-      <c r="T79" s="28"/>
+      <c r="A79" s="43">
+        <v>46034</v>
+      </c>
+      <c r="B79" s="43"/>
+      <c r="C79" s="43"/>
+      <c r="D79" s="43"/>
+      <c r="E79" s="43">
+        <v>46035</v>
+      </c>
+      <c r="F79" s="43"/>
+      <c r="G79" s="43"/>
+      <c r="H79" s="43"/>
+      <c r="I79" s="43">
+        <v>46036</v>
+      </c>
+      <c r="J79" s="43"/>
+      <c r="K79" s="43"/>
+      <c r="L79" s="43"/>
+      <c r="M79" s="43">
+        <v>46037</v>
+      </c>
+      <c r="N79" s="43"/>
+      <c r="O79" s="43"/>
+      <c r="P79" s="43"/>
+      <c r="Q79" s="43">
+        <v>46038</v>
+      </c>
+      <c r="R79" s="43"/>
+      <c r="S79" s="43"/>
+      <c r="T79" s="43"/>
     </row>
     <row r="80" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="50" t="s">
+      <c r="A80" s="54" t="s">
         <v>17</v>
       </c>
-      <c r="B80" s="51"/>
-[...1 lines deleted...]
-      <c r="D80" s="51"/>
+      <c r="B80" s="55"/>
+      <c r="C80" s="55"/>
+      <c r="D80" s="55"/>
       <c r="E80" s="109" t="s">
         <v>18</v>
       </c>
       <c r="F80" s="110"/>
       <c r="G80" s="110"/>
       <c r="H80" s="111"/>
-      <c r="I80" s="80" t="s">
+      <c r="I80" s="23" t="s">
         <v>19</v>
       </c>
-      <c r="J80" s="80"/>
-[...1 lines deleted...]
-      <c r="L80" s="81"/>
+      <c r="J80" s="23"/>
+      <c r="K80" s="23"/>
+      <c r="L80" s="24"/>
       <c r="M80" s="92"/>
       <c r="N80" s="93"/>
       <c r="O80" s="93"/>
       <c r="P80" s="94"/>
       <c r="Q80" s="92"/>
       <c r="R80" s="93"/>
       <c r="S80" s="93"/>
       <c r="T80" s="94"/>
     </row>
     <row r="81" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A81" s="52"/>
-[...2 lines deleted...]
-      <c r="D81" s="53"/>
+      <c r="A81" s="67"/>
+      <c r="B81" s="68"/>
+      <c r="C81" s="68"/>
+      <c r="D81" s="68"/>
       <c r="E81" s="112"/>
-      <c r="F81" s="53"/>
-      <c r="G81" s="53"/>
+      <c r="F81" s="68"/>
+      <c r="G81" s="68"/>
       <c r="H81" s="113"/>
-      <c r="I81" s="83"/>
-[...2 lines deleted...]
-      <c r="L81" s="84"/>
+      <c r="I81" s="26"/>
+      <c r="J81" s="26"/>
+      <c r="K81" s="26"/>
+      <c r="L81" s="27"/>
       <c r="M81" s="95"/>
       <c r="N81" s="96"/>
       <c r="O81" s="96"/>
       <c r="P81" s="97"/>
       <c r="Q81" s="95"/>
       <c r="R81" s="96"/>
       <c r="S81" s="96"/>
       <c r="T81" s="97"/>
     </row>
     <row r="82" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="52"/>
-[...2 lines deleted...]
-      <c r="D82" s="53"/>
+      <c r="A82" s="67"/>
+      <c r="B82" s="68"/>
+      <c r="C82" s="68"/>
+      <c r="D82" s="68"/>
       <c r="E82" s="112"/>
-      <c r="F82" s="53"/>
-      <c r="G82" s="53"/>
+      <c r="F82" s="68"/>
+      <c r="G82" s="68"/>
       <c r="H82" s="113"/>
-      <c r="I82" s="83"/>
-[...2 lines deleted...]
-      <c r="L82" s="84"/>
+      <c r="I82" s="26"/>
+      <c r="J82" s="26"/>
+      <c r="K82" s="26"/>
+      <c r="L82" s="27"/>
       <c r="M82" s="95"/>
       <c r="N82" s="96"/>
       <c r="O82" s="96"/>
       <c r="P82" s="97"/>
       <c r="Q82" s="95"/>
       <c r="R82" s="96"/>
       <c r="S82" s="96"/>
       <c r="T82" s="97"/>
     </row>
     <row r="83" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A83" s="54"/>
-[...2 lines deleted...]
-      <c r="D83" s="55"/>
+      <c r="A83" s="57"/>
+      <c r="B83" s="58"/>
+      <c r="C83" s="58"/>
+      <c r="D83" s="58"/>
       <c r="E83" s="112"/>
-      <c r="F83" s="53"/>
-      <c r="G83" s="53"/>
+      <c r="F83" s="68"/>
+      <c r="G83" s="68"/>
       <c r="H83" s="113"/>
-      <c r="I83" s="83"/>
-[...2 lines deleted...]
-      <c r="L83" s="84"/>
+      <c r="I83" s="26"/>
+      <c r="J83" s="26"/>
+      <c r="K83" s="26"/>
+      <c r="L83" s="27"/>
       <c r="M83" s="95"/>
       <c r="N83" s="96"/>
       <c r="O83" s="96"/>
       <c r="P83" s="97"/>
       <c r="Q83" s="95"/>
       <c r="R83" s="96"/>
       <c r="S83" s="96"/>
       <c r="T83" s="97"/>
     </row>
     <row r="84" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A84" s="101" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="B84" s="102"/>
       <c r="C84" s="102"/>
       <c r="D84" s="102"/>
       <c r="E84" s="114"/>
       <c r="F84" s="115"/>
       <c r="G84" s="115"/>
       <c r="H84" s="116"/>
-      <c r="I84" s="83"/>
-[...2 lines deleted...]
-      <c r="L84" s="84"/>
+      <c r="I84" s="26"/>
+      <c r="J84" s="26"/>
+      <c r="K84" s="26"/>
+      <c r="L84" s="27"/>
       <c r="M84" s="95"/>
       <c r="N84" s="96"/>
       <c r="O84" s="96"/>
       <c r="P84" s="97"/>
       <c r="Q84" s="95"/>
       <c r="R84" s="96"/>
       <c r="S84" s="96"/>
       <c r="T84" s="97"/>
     </row>
     <row r="85" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A85" s="50" t="s">
+      <c r="A85" s="54" t="s">
         <v>20</v>
       </c>
-      <c r="B85" s="51"/>
-[...2 lines deleted...]
-      <c r="E85" s="82" t="s">
+      <c r="B85" s="55"/>
+      <c r="C85" s="55"/>
+      <c r="D85" s="55"/>
+      <c r="E85" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F85" s="103"/>
       <c r="G85" s="103"/>
       <c r="H85" s="104"/>
-      <c r="I85" s="82"/>
-[...2 lines deleted...]
-      <c r="L85" s="84"/>
+      <c r="I85" s="25"/>
+      <c r="J85" s="26"/>
+      <c r="K85" s="26"/>
+      <c r="L85" s="27"/>
       <c r="M85" s="95"/>
       <c r="N85" s="96"/>
       <c r="O85" s="96"/>
       <c r="P85" s="97"/>
       <c r="Q85" s="95"/>
       <c r="R85" s="96"/>
       <c r="S85" s="96"/>
       <c r="T85" s="97"/>
     </row>
     <row r="86" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A86" s="54"/>
-[...2 lines deleted...]
-      <c r="D86" s="55"/>
+      <c r="A86" s="57"/>
+      <c r="B86" s="58"/>
+      <c r="C86" s="58"/>
+      <c r="D86" s="58"/>
       <c r="E86" s="105"/>
       <c r="F86" s="103"/>
       <c r="G86" s="103"/>
       <c r="H86" s="104"/>
-      <c r="I86" s="82"/>
-[...2 lines deleted...]
-      <c r="L86" s="84"/>
+      <c r="I86" s="25"/>
+      <c r="J86" s="26"/>
+      <c r="K86" s="26"/>
+      <c r="L86" s="27"/>
       <c r="M86" s="95"/>
       <c r="N86" s="96"/>
       <c r="O86" s="96"/>
       <c r="P86" s="97"/>
       <c r="Q86" s="95"/>
       <c r="R86" s="96"/>
       <c r="S86" s="96"/>
       <c r="T86" s="97"/>
     </row>
     <row r="87" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E87" s="106"/>
       <c r="F87" s="107"/>
       <c r="G87" s="107"/>
       <c r="H87" s="108"/>
-      <c r="I87" s="85"/>
-[...2 lines deleted...]
-      <c r="L87" s="87"/>
+      <c r="I87" s="28"/>
+      <c r="J87" s="29"/>
+      <c r="K87" s="29"/>
+      <c r="L87" s="30"/>
       <c r="M87" s="98"/>
       <c r="N87" s="99"/>
       <c r="O87" s="99"/>
       <c r="P87" s="100"/>
       <c r="Q87" s="98"/>
       <c r="R87" s="99"/>
       <c r="S87" s="99"/>
       <c r="T87" s="100"/>
     </row>
     <row r="88" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="89" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="134">
-[...23 lines deleted...]
-    <mergeCell ref="E67:F69"/>
+  <mergeCells count="129">
+    <mergeCell ref="E46:F47"/>
+    <mergeCell ref="E48:H48"/>
+    <mergeCell ref="C45:D47"/>
+    <mergeCell ref="A45:B47"/>
+    <mergeCell ref="A48:D48"/>
+    <mergeCell ref="M53:P60"/>
     <mergeCell ref="A57:D57"/>
     <mergeCell ref="A58:B60"/>
     <mergeCell ref="C58:D60"/>
-    <mergeCell ref="A67:B69"/>
-[...17 lines deleted...]
-    <mergeCell ref="Q57:T57"/>
+    <mergeCell ref="E67:H75"/>
+    <mergeCell ref="M71:P71"/>
+    <mergeCell ref="M69:P70"/>
+    <mergeCell ref="M67:N68"/>
+    <mergeCell ref="A61:D61"/>
+    <mergeCell ref="E53:F56"/>
+    <mergeCell ref="G53:H56"/>
+    <mergeCell ref="O67:P68"/>
+    <mergeCell ref="G58:H60"/>
+    <mergeCell ref="A75:D75"/>
+    <mergeCell ref="A71:D71"/>
+    <mergeCell ref="A72:D72"/>
+    <mergeCell ref="A53:B56"/>
+    <mergeCell ref="C53:D56"/>
+    <mergeCell ref="I53:L60"/>
+    <mergeCell ref="M66:P66"/>
+    <mergeCell ref="A67:B70"/>
+    <mergeCell ref="C67:D70"/>
     <mergeCell ref="E57:H57"/>
-    <mergeCell ref="G59:H60"/>
-    <mergeCell ref="S67:T70"/>
+    <mergeCell ref="M72:O74"/>
+    <mergeCell ref="P72:P74"/>
+    <mergeCell ref="A43:D43"/>
+    <mergeCell ref="C41:D42"/>
     <mergeCell ref="Q80:T87"/>
     <mergeCell ref="A84:D84"/>
     <mergeCell ref="A85:D86"/>
     <mergeCell ref="E85:H87"/>
     <mergeCell ref="A79:D79"/>
     <mergeCell ref="E79:H79"/>
     <mergeCell ref="I79:L79"/>
     <mergeCell ref="M79:P79"/>
     <mergeCell ref="Q79:T79"/>
     <mergeCell ref="A80:D83"/>
     <mergeCell ref="E80:H84"/>
     <mergeCell ref="I80:L87"/>
     <mergeCell ref="M80:P87"/>
-    <mergeCell ref="I40:L40"/>
-    <mergeCell ref="M40:P40"/>
+    <mergeCell ref="A73:B74"/>
+    <mergeCell ref="C73:D74"/>
+    <mergeCell ref="I75:L75"/>
+    <mergeCell ref="E61:H61"/>
+    <mergeCell ref="E59:F60"/>
+    <mergeCell ref="Q66:T66"/>
+    <mergeCell ref="E41:F43"/>
+    <mergeCell ref="S67:T70"/>
+    <mergeCell ref="I67:J74"/>
     <mergeCell ref="A32:D35"/>
     <mergeCell ref="E27:H30"/>
     <mergeCell ref="E31:H31"/>
-    <mergeCell ref="G73:H74"/>
-    <mergeCell ref="M67:P74"/>
     <mergeCell ref="A27:D30"/>
-    <mergeCell ref="E58:H58"/>
     <mergeCell ref="M52:P52"/>
     <mergeCell ref="I52:L52"/>
     <mergeCell ref="E52:H52"/>
-    <mergeCell ref="M53:N56"/>
-    <mergeCell ref="O53:P56"/>
     <mergeCell ref="E40:H40"/>
     <mergeCell ref="A66:D66"/>
     <mergeCell ref="E66:H66"/>
     <mergeCell ref="I66:L66"/>
-    <mergeCell ref="M57:P57"/>
     <mergeCell ref="A52:D52"/>
-    <mergeCell ref="E71:H71"/>
-[...17 lines deleted...]
-    <mergeCell ref="K27:L34"/>
+    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="A31:D31"/>
+    <mergeCell ref="G46:H47"/>
+    <mergeCell ref="M45:O47"/>
+    <mergeCell ref="E58:F58"/>
+    <mergeCell ref="E45:H45"/>
+    <mergeCell ref="M43:P43"/>
+    <mergeCell ref="M41:N42"/>
+    <mergeCell ref="O41:P42"/>
+    <mergeCell ref="A44:D44"/>
+    <mergeCell ref="M44:P44"/>
+    <mergeCell ref="A41:B42"/>
     <mergeCell ref="Q13:T13"/>
     <mergeCell ref="M14:P14"/>
     <mergeCell ref="Q44:T44"/>
     <mergeCell ref="Q18:T18"/>
     <mergeCell ref="Q15:T15"/>
-    <mergeCell ref="Q17:T17"/>
-[...1 lines deleted...]
-    <mergeCell ref="Q16:T16"/>
     <mergeCell ref="Q40:T40"/>
-    <mergeCell ref="A61:D61"/>
-[...4 lines deleted...]
-    <mergeCell ref="C53:D56"/>
+    <mergeCell ref="M40:P40"/>
+    <mergeCell ref="E44:H44"/>
+    <mergeCell ref="E32:H35"/>
+    <mergeCell ref="I13:L13"/>
+    <mergeCell ref="M13:P13"/>
+    <mergeCell ref="I26:L26"/>
+    <mergeCell ref="M26:P26"/>
+    <mergeCell ref="Q26:T26"/>
+    <mergeCell ref="I40:L40"/>
+    <mergeCell ref="Q42:T42"/>
+    <mergeCell ref="Q43:T43"/>
+    <mergeCell ref="Q16:T17"/>
+    <mergeCell ref="Q19:T21"/>
+    <mergeCell ref="G41:H43"/>
     <mergeCell ref="A26:D26"/>
-    <mergeCell ref="G41:H42"/>
-[...15 lines deleted...]
-    <mergeCell ref="C72:D74"/>
+    <mergeCell ref="E26:H26"/>
+    <mergeCell ref="I15:L16"/>
+    <mergeCell ref="I19:L19"/>
+    <mergeCell ref="M16:P16"/>
+    <mergeCell ref="M17:P17"/>
+    <mergeCell ref="M18:P18"/>
+    <mergeCell ref="M19:P19"/>
+    <mergeCell ref="I17:L17"/>
+    <mergeCell ref="I18:L18"/>
+    <mergeCell ref="M15:P15"/>
+    <mergeCell ref="Q73:T74"/>
+    <mergeCell ref="Q47:T48"/>
+    <mergeCell ref="I27:J35"/>
+    <mergeCell ref="K27:L35"/>
+    <mergeCell ref="M27:P35"/>
+    <mergeCell ref="Q27:T35"/>
+    <mergeCell ref="Q72:T72"/>
+    <mergeCell ref="M75:P75"/>
+    <mergeCell ref="Q45:S45"/>
+    <mergeCell ref="Q53:T60"/>
+    <mergeCell ref="P45:P47"/>
+    <mergeCell ref="M48:P48"/>
+    <mergeCell ref="I41:J47"/>
+    <mergeCell ref="K41:L47"/>
+    <mergeCell ref="I48:L48"/>
+    <mergeCell ref="Q52:T52"/>
+    <mergeCell ref="Q46:T46"/>
+    <mergeCell ref="K67:L74"/>
+    <mergeCell ref="Q67:R70"/>
+    <mergeCell ref="Q71:T71"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
-  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="43" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101008D2B7CB7E1E71E45911D9F601494A18F" ma:contentTypeVersion="2" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="66faeaf2b59d9adc25df9f5a5a270b60">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2c3f370f-94f4-4a2e-a291-736618d2c2ec" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3916c9c17f348b8f539bbb72234f1332" ns2:_="">
     <xsd:import namespace="2c3f370f-94f4-4a2e-a291-736618d2c2ec"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2c3f370f-94f4-4a2e-a291-736618d2c2ec" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
@@ -3274,88 +3327,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA23EF97-46F8-4EAD-8086-2505343720EC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2c3f370f-94f4-4a2e-a291-736618d2c2ec"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D504125A-BFAD-49E7-BF97-2CB6E1A592C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07FF066B-5048-4DA7-8515-E69683775D0D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="2c3f370f-94f4-4a2e-a291-736618d2c2ec"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>schema </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>